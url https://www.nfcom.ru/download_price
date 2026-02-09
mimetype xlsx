--- v1 (2025-12-25)
+++ v2 (2026-02-09)
@@ -68,12128 +68,12227 @@
     <sheet name="Пожарная арматура" sheetId="11" r:id="rId14"/>
     <sheet name="Щиты пожарные и комплектация к" sheetId="12" r:id="rId15"/>
     <sheet name="Противопожарные муфты" sheetId="13" r:id="rId16"/>
     <sheet name="Противопожарная лента" sheetId="14" r:id="rId17"/>
     <sheet name="Противопожарные двери" sheetId="15" r:id="rId18"/>
     <sheet name="Мотопомпы и шламовые насосы" sheetId="16" r:id="rId19"/>
     <sheet name="Водопенное оборудование" sheetId="17" r:id="rId20"/>
     <sheet name="Оросители" sheetId="18" r:id="rId21"/>
     <sheet name="Гидранты пожарные, подставки, " sheetId="19" r:id="rId22"/>
     <sheet name="Фонари, мегафоны, аптечки" sheetId="20" r:id="rId23"/>
     <sheet name="Знаки, журналы, плакаты" sheetId="21" r:id="rId24"/>
     <sheet name="СИЗОД (средства индивидуальной" sheetId="22" r:id="rId25"/>
     <sheet name="Диэлектрические средства защит" sheetId="23" r:id="rId26"/>
     <sheet name="Аварийно-спасательное оборудов" sheetId="24" r:id="rId27"/>
     <sheet name="Боевая одежда пожарного и снар" sheetId="25" r:id="rId28"/>
     <sheet name="Пожарно-охранная сигнализация " sheetId="26" r:id="rId29"/>
     <sheet name="Лесопожарное оборудование" sheetId="27" r:id="rId30"/>
     <sheet name="Прочие изделия Балтика-01" sheetId="28" r:id="rId31"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4025">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4058">
   <si>
     <t>«Национальная Пожарная Компания»
 +7 (812) 454 43 42   Химиков, 18 
 +7 (812) 670 37 37   Иркутская, 4
 Info@nfcom.ru, www.nfcom.ru</t>
   </si>
   <si>
-    <t>Прайс-лист от 25.12.2025</t>
+    <t>Прайс-лист от 09.02.2026</t>
   </si>
   <si>
     <t>Цены указаны в рублях с учетом НДС</t>
   </si>
   <si>
     <t>Огнетушители</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>розничная</t>
   </si>
   <si>
     <t>Порошковые огнетушители (ОП)</t>
   </si>
   <si>
     <t xml:space="preserve">Огнетушитель ОП-70 ABCE передвижной Огнеборец </t>
   </si>
   <si>
     <t>6 765</t>
   </si>
   <si>
     <t>7 150</t>
   </si>
   <si>
     <t xml:space="preserve">Огнетушитель ОП-35 ABCE передвижной Огнеборец </t>
   </si>
   <si>
-    <t>3 580</t>
+    <t>3 617</t>
+  </si>
+  <si>
+    <t>3 822</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОП-2 АВСЕ Огнеборец </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОП-3 АВСЕ Огнеборец </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОП-4 АВСЕ Огнеборец </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОП-8 АВСЕ Огнеборец </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОП-5  АВСЕ Огнеборец </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОП-10 АВСЕ Огнеборец </t>
+  </si>
+  <si>
+    <t>1 050</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОП-50 ABCE передвижной Огнеборец </t>
+  </si>
+  <si>
+    <t>5 173</t>
+  </si>
+  <si>
+    <t>5 467</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОП-6 АВСЕ Огнеборец </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОП-9 АВСЕ Ярпожинвест </t>
+  </si>
+  <si>
+    <t>1 010</t>
+  </si>
+  <si>
+    <t>1 068</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОП-25 ABCE передвижной Огнеборец </t>
+  </si>
+  <si>
+    <t>3 168</t>
+  </si>
+  <si>
+    <t>3 349</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОП-100 ABCE передвижной Огнеборец </t>
+  </si>
+  <si>
+    <t>10 332</t>
+  </si>
+  <si>
+    <t>10 920</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОП-2 АВСЕ Ярпожинвест </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОП-3 АВСЕ Ярпожинвест </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОП-4 АВСЕ Ярпожинвест </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОП-5 АВСЕ Ярпожинвест </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОП-6 АВСЕ Ярпожинвест </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОП-8 АВСЕ Ярпожинвест </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОП-10 АВСЕ Ярпожинвест </t>
+  </si>
+  <si>
+    <t>1 021</t>
+  </si>
+  <si>
+    <t>1 079</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОП-25 ABCE передвижной Ярпожинвест </t>
+  </si>
+  <si>
+    <t>3 431</t>
+  </si>
+  <si>
+    <t>3 626</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОП-35 ABCE передвижной Ярпожинвест </t>
+  </si>
+  <si>
+    <t>3 935</t>
+  </si>
+  <si>
+    <t>4 159</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОП-50 ABCE передвижной Ярпожинвест </t>
+  </si>
+  <si>
+    <t>5 596</t>
+  </si>
+  <si>
+    <t>5 914</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОП-70 ABCE передвижной Ярпожинвест </t>
+  </si>
+  <si>
+    <t>7 278</t>
+  </si>
+  <si>
+    <t>7 693</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОП-100 ABCE передвижной Ярпожинвест </t>
+  </si>
+  <si>
+    <t>10 667</t>
+  </si>
+  <si>
+    <t>11 274</t>
+  </si>
+  <si>
+    <t>Порошковые специальные огнетушители (ОПС)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОПС-5 (класс D1) </t>
+  </si>
+  <si>
+    <t>12 057</t>
+  </si>
+  <si>
+    <t>12 539</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОПС-10 (класс D1) </t>
+  </si>
+  <si>
+    <t>17 559</t>
+  </si>
+  <si>
+    <t>18 262</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОПС-25 (класс D1) </t>
+  </si>
+  <si>
+    <t>37 258</t>
+  </si>
+  <si>
+    <t>38 748</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОПС-40 (класс D1) </t>
+  </si>
+  <si>
+    <t>48 217</t>
+  </si>
+  <si>
+    <t>50 145</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОПС-50 (класс D1) </t>
+  </si>
+  <si>
+    <t>52 599</t>
+  </si>
+  <si>
+    <t>54 703</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОПС-70 (класс D1) </t>
+  </si>
+  <si>
+    <t>85 473</t>
+  </si>
+  <si>
+    <t>88 892</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОПС-100 (класс D1) </t>
+  </si>
+  <si>
+    <t>107 389</t>
+  </si>
+  <si>
+    <t>111 685</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОПС-5 (класс D2) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОПС-5 (класс D3) </t>
+  </si>
+  <si>
+    <t>12 713</t>
+  </si>
+  <si>
+    <t>13 221</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОПС-10 (класс D2) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОПС-10 (класс D3) </t>
+  </si>
+  <si>
+    <t>18 847</t>
+  </si>
+  <si>
+    <t>19 601</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОПС-25 (класс D2) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОПС-25 (класс D3) </t>
+  </si>
+  <si>
+    <t>39 037</t>
+  </si>
+  <si>
+    <t>40 598</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОПС-40 (класс D2) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОПС-40 (класс D3) </t>
+  </si>
+  <si>
+    <t>51 104</t>
+  </si>
+  <si>
+    <t>53 148</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОПС-50 (класс D2) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОПС-50 (класс D3) </t>
+  </si>
+  <si>
+    <t>56 143</t>
+  </si>
+  <si>
+    <t>58 389</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОПС-70 (класс D2) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОПС-70 (класс D3) </t>
+  </si>
+  <si>
+    <t>90 553</t>
+  </si>
+  <si>
+    <t>94 175</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОПС-100 (класс D2) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОПС-100 (класс D3) </t>
+  </si>
+  <si>
+    <t>114 477</t>
+  </si>
+  <si>
+    <t>119 056</t>
+  </si>
+  <si>
+    <t>Чехлы для огнетушителей</t>
+  </si>
+  <si>
+    <t>Чехол для огнетушителя ЧП-ОП-35</t>
+  </si>
+  <si>
+    <t>Чехол для огнетушителя ЧП-ОП-50</t>
+  </si>
+  <si>
+    <t>Чехол для огнетушителя ЧП-ОП-70</t>
+  </si>
+  <si>
+    <t>Чехол для огнетушителя ЧП-ОП-100</t>
+  </si>
+  <si>
+    <t>1 060</t>
+  </si>
+  <si>
+    <t>1 103</t>
+  </si>
+  <si>
+    <t>Чехол для огнетушителя ЧП-ОУ-1</t>
+  </si>
+  <si>
+    <t>Чехол для огнетушителя ЧП-ОУ-2</t>
+  </si>
+  <si>
+    <t>Чехол для огнетушителя ЧП-ОУ-3</t>
+  </si>
+  <si>
+    <t>Чехол для огнетушителя ЧП-ОУ-5</t>
+  </si>
+  <si>
+    <t>Чехол для огнетушителя ЧП-ОУ-7</t>
+  </si>
+  <si>
+    <t>Чехол для огнетушителя ЧП-ОУ-8</t>
+  </si>
+  <si>
+    <t>Чехол для огнетушителя ЧП-ОУ-10</t>
+  </si>
+  <si>
+    <t>Чехол для огнетушителя ЧП-ОУ-15</t>
+  </si>
+  <si>
+    <t>Чехол для огнетушителя ЧП-ОУ-20</t>
+  </si>
+  <si>
+    <t>Чехол для огнетушителя ЧП-ОУ-25</t>
+  </si>
+  <si>
+    <t>1 016</t>
+  </si>
+  <si>
+    <t>Чехол для огнетушителя ЧП-ОУ-40</t>
+  </si>
+  <si>
+    <t>1 300</t>
+  </si>
+  <si>
+    <t>1 352</t>
+  </si>
+  <si>
+    <t>Чехол для огнетушителя ЧП-ОУ-50</t>
+  </si>
+  <si>
+    <t>1 544</t>
+  </si>
+  <si>
+    <t>1 606</t>
+  </si>
+  <si>
+    <t>Углекислотные огнетушители (ОУ)</t>
+  </si>
+  <si>
+    <t>Огнетушитель ОУ-5 BCE</t>
+  </si>
+  <si>
+    <t>1 972</t>
+  </si>
+  <si>
+    <t>2 084</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОУ-3 BCE (5 литров) d=114 мм </t>
+  </si>
+  <si>
+    <t>1 346</t>
+  </si>
+  <si>
+    <t>1 423</t>
+  </si>
+  <si>
+    <t>Огнетушитель ОУ-7 BCE</t>
+  </si>
+  <si>
+    <t>2 553</t>
+  </si>
+  <si>
+    <t>2 698</t>
+  </si>
+  <si>
+    <t>Огнетушитель ОУ-15 (ОУ-20) BCE передвижной</t>
+  </si>
+  <si>
+    <t>6 462</t>
+  </si>
+  <si>
+    <t>6 829</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОУ-2 BCE (3 литра) d=114 мм </t>
+  </si>
+  <si>
+    <t>1 069</t>
+  </si>
+  <si>
+    <t>1 130</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОУ-25 (ОУ-40) BCE передвижной </t>
+  </si>
+  <si>
+    <t>11 148</t>
+  </si>
+  <si>
+    <t>11 782</t>
+  </si>
+  <si>
+    <t>Огнетушитель ОУ-55 (ОУ-80) BCE передвижной</t>
+  </si>
+  <si>
+    <t>24 755</t>
+  </si>
+  <si>
+    <t>26 164</t>
+  </si>
+  <si>
+    <t>Огнетушитель ОУ-1 BCE (2 литра)</t>
+  </si>
+  <si>
+    <t>1 194</t>
+  </si>
+  <si>
+    <t>Огнетушитель ОУ-4 BCE</t>
+  </si>
+  <si>
+    <t>2 875</t>
+  </si>
+  <si>
+    <t>3 039</t>
+  </si>
+  <si>
+    <t>Огнетушитель ОУ-10 BCE передвижной</t>
+  </si>
+  <si>
+    <t>4 542</t>
+  </si>
+  <si>
+    <t>4 800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОУ-6 BCE </t>
+  </si>
+  <si>
+    <t>3 553</t>
+  </si>
+  <si>
+    <t>3 755</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОУ-8 BCE </t>
+  </si>
+  <si>
+    <t>4 802</t>
+  </si>
+  <si>
+    <t>5 076</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОУ-2 BCE (3 литра) d=108 мм </t>
+  </si>
+  <si>
+    <t>1 879</t>
+  </si>
+  <si>
+    <t>1 986</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОУ-3 BCE (5 литров) d=133 мм </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОУ-20 BCE передвижной </t>
+  </si>
+  <si>
+    <t>8 676</t>
+  </si>
+  <si>
+    <t>9 169</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОУ-40 BCE передвижной </t>
+  </si>
+  <si>
+    <t>18 679</t>
+  </si>
+  <si>
+    <t>19 742</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОУ-50 BCE передвижной </t>
+  </si>
+  <si>
+    <t>24 426</t>
+  </si>
+  <si>
+    <t>25 816</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОУ-3 BCE, d=133 мм (Огнеборец) </t>
+  </si>
+  <si>
+    <t>1 237</t>
+  </si>
+  <si>
+    <t>1 307</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОУ-5 BCE (Огнеборец) </t>
+  </si>
+  <si>
+    <t>1 821</t>
+  </si>
+  <si>
+    <t>1 924</t>
+  </si>
+  <si>
+    <t>Воздушно-пенные огнетушители (ОВП)</t>
+  </si>
+  <si>
+    <t>Огнетушитель ОВП-4 МИГ (5 литров) лето</t>
+  </si>
+  <si>
+    <t>7 261</t>
+  </si>
+  <si>
+    <t>7 674</t>
+  </si>
+  <si>
+    <t>Огнетушитель ОВП-4 МИГ (5 литров) зима</t>
+  </si>
+  <si>
+    <t>11 047</t>
+  </si>
+  <si>
+    <t>11 676</t>
+  </si>
+  <si>
+    <t>Огнетушитель ОВП-8 МИГ (10 литров) лето</t>
+  </si>
+  <si>
+    <t>8 797</t>
+  </si>
+  <si>
+    <t>9 298</t>
+  </si>
+  <si>
+    <t>Огнетушитель ОВП-8 МИГ (10 литров) зима</t>
+  </si>
+  <si>
+    <t>17 703</t>
+  </si>
+  <si>
+    <t>18 710</t>
+  </si>
+  <si>
+    <t>Огнетушитель ОВП-40 МИГ (передвижной) лето</t>
+  </si>
+  <si>
+    <t>41 670</t>
+  </si>
+  <si>
+    <t>44 042</t>
+  </si>
+  <si>
+    <t>Огнетушитель ОВП-40 МИГ (передвижной) зима</t>
+  </si>
+  <si>
+    <t>83 157</t>
+  </si>
+  <si>
+    <t>87 890</t>
+  </si>
+  <si>
+    <t>Огнетушитель ОВП-10 МИГ (12 литров) зима</t>
+  </si>
+  <si>
+    <t>20 810</t>
+  </si>
+  <si>
+    <t>21 994</t>
+  </si>
+  <si>
+    <t>Огнетушитель ОВП-80 МИГ (передвижной) лето</t>
+  </si>
+  <si>
+    <t>79 121</t>
+  </si>
+  <si>
+    <t>83 624</t>
+  </si>
+  <si>
+    <t>Огнетушитель ОВП-80 МИГ (передвижной) зима</t>
+  </si>
+  <si>
+    <t>156 924</t>
+  </si>
+  <si>
+    <t>165 854</t>
+  </si>
+  <si>
+    <t>Огнетушитель ОВП-10 МИГ (12 литров) лето</t>
+  </si>
+  <si>
+    <t>11 907</t>
+  </si>
+  <si>
+    <t>12 584</t>
+  </si>
+  <si>
+    <t>Огнетушитель ОВП-50 МИГ (передвижной) лето</t>
+  </si>
+  <si>
+    <t>58 350</t>
+  </si>
+  <si>
+    <t>61 671</t>
+  </si>
+  <si>
+    <t>Огнетушитель ОВП-50 МИГ (передвижной) зима</t>
+  </si>
+  <si>
+    <t>109 029</t>
+  </si>
+  <si>
+    <t>115 234</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОВП-100 (передвижной) Пожнанотех лето </t>
+  </si>
+  <si>
+    <t>36 979</t>
+  </si>
+  <si>
+    <t>38 458</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОВП-100 (передвижной) Пожнанотех зима </t>
+  </si>
+  <si>
+    <t>69 293</t>
+  </si>
+  <si>
+    <t>72 065</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОВП-4 (5 литров) Пожнанотех лето </t>
+  </si>
+  <si>
+    <t>2 184</t>
+  </si>
+  <si>
+    <t>2 272</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОВП-4 (5 литров) Пожнанотех зима </t>
+  </si>
+  <si>
+    <t>3 342</t>
+  </si>
+  <si>
+    <t>3 475</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОВП-8 (10 литров) Пожнанотех лето </t>
+  </si>
+  <si>
+    <t>3 322</t>
+  </si>
+  <si>
+    <t>3 455</t>
+  </si>
+  <si>
+    <t>Огнетушитель ОВП-8 (10 литров) Пожнанотех зима</t>
+  </si>
+  <si>
+    <t>5 630</t>
+  </si>
+  <si>
+    <t>5 856</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОВП-10 (12 литров) Пожнанотех лето </t>
+  </si>
+  <si>
+    <t>4 123</t>
+  </si>
+  <si>
+    <t>4 288</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОВП-10 (12 литров) Пожнанотех зима </t>
+  </si>
+  <si>
+    <t>6 963</t>
+  </si>
+  <si>
+    <t>7 241</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОВП-40 (передвижной) Пожнанотех лето </t>
+  </si>
+  <si>
+    <t>18 267</t>
+  </si>
+  <si>
+    <t>18 997</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОВП-40 (передвижной) Пожнанотех зима </t>
+  </si>
+  <si>
+    <t>29 659</t>
+  </si>
+  <si>
+    <t>30 846</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОВП-80 (передвижной) Пожнанотех лето </t>
+  </si>
+  <si>
+    <t>34 508</t>
+  </si>
+  <si>
+    <t>35 888</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОВП-80 (передвижной) Пожнанотех зима </t>
+  </si>
+  <si>
+    <t>56 477</t>
+  </si>
+  <si>
+    <t>58 736</t>
+  </si>
+  <si>
+    <t>Воздушно-эмульсионные огнетушители (ОВЭ)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОВЭ-2 (з) АВCЕ “BONTEL” </t>
+  </si>
+  <si>
+    <t>10 500</t>
+  </si>
+  <si>
+    <t>Огнетушитель ОВЭ-2(з) АВCЕ Русинтэк</t>
+  </si>
+  <si>
+    <t>8 375</t>
+  </si>
+  <si>
+    <t>8 710</t>
+  </si>
+  <si>
+    <t>Огнетушитель ОВЭ-4(з) АВCЕ Русинтэк</t>
+  </si>
+  <si>
+    <t>10 125</t>
+  </si>
+  <si>
+    <t>10 530</t>
+  </si>
+  <si>
+    <t>Огнетушитель ОВЭ-5(з) АВCЕ Русинтэк</t>
+  </si>
+  <si>
+    <t>10 625</t>
+  </si>
+  <si>
+    <t>11 050</t>
+  </si>
+  <si>
+    <t>Огнетушитель ОВЭ-6(з) АВCЕ Русинтэк</t>
+  </si>
+  <si>
+    <t>11 875</t>
+  </si>
+  <si>
+    <t>12 350</t>
+  </si>
+  <si>
+    <t>Огнетушитель ОВЭ-40(з) АВCЕ передвижной Русинтэк</t>
+  </si>
+  <si>
+    <t>106 250</t>
+  </si>
+  <si>
+    <t>110 500</t>
+  </si>
+  <si>
+    <t>Огнетушитель ОВЭ-50(з) АВCЕ передвижной Русинтэк</t>
+  </si>
+  <si>
+    <t>116 250</t>
+  </si>
+  <si>
+    <t>120 900</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОВЭ-5 (з) АВCЕ “BONTEL” </t>
+  </si>
+  <si>
+    <t>16 188</t>
+  </si>
+  <si>
+    <t>16 835</t>
+  </si>
+  <si>
+    <t>Огнетушитель ОВЭ-2(з) АВСЕ Пожнанотех</t>
+  </si>
+  <si>
+    <t>4 410</t>
+  </si>
+  <si>
+    <t>4 587</t>
+  </si>
+  <si>
+    <t>Огнетушитель ОВЭ-4(з) АВСЕ Пожнанотех</t>
+  </si>
+  <si>
+    <t>5 223</t>
+  </si>
+  <si>
+    <t>5 432</t>
+  </si>
+  <si>
+    <t>Огнетушитель ОВЭ-5(з) АВСЕ Пожнанотех</t>
+  </si>
+  <si>
+    <t>5 455</t>
+  </si>
+  <si>
+    <t>5 674</t>
+  </si>
+  <si>
+    <t>Огнетушитель ОВЭ-6(з) АВСЕ Пожнанотех</t>
+  </si>
+  <si>
+    <t>5 919</t>
+  </si>
+  <si>
+    <t>6 156</t>
+  </si>
+  <si>
+    <t>Огнетушитель ОВЭ-8(з) АВСЕ Пожнанотех</t>
+  </si>
+  <si>
+    <t>6 848</t>
+  </si>
+  <si>
+    <t>7 122</t>
+  </si>
+  <si>
+    <t>Огнетушитель ОВЭ-10(з) АВСЕ Пожнанотех</t>
+  </si>
+  <si>
+    <t>9 865</t>
+  </si>
+  <si>
+    <t>10 260</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОВЭ-2(з) АВСЕ Пожнанотех, морозостойкий </t>
+  </si>
+  <si>
+    <t>4 643</t>
+  </si>
+  <si>
+    <t>4 829</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОВЭ-4(з) АВСЕ Пожнанотех, морозостойкий </t>
+  </si>
+  <si>
+    <t>5 687</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОВЭ-5(з) АВСЕ Пожнанотех, морозостойкий </t>
+  </si>
+  <si>
+    <t>6 035</t>
+  </si>
+  <si>
+    <t>6 277</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОВЭ-6(з) АВСЕ Пожнанотех, морозостойкий </t>
+  </si>
+  <si>
+    <t>6 615</t>
+  </si>
+  <si>
+    <t>6 880</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОВЭ-8(з) АВСЕ Пожнанотех, морозостойкий </t>
+  </si>
+  <si>
+    <t>7 775</t>
+  </si>
+  <si>
+    <t>8 086</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОВЭ-10(з) АВСЕ Пожнанотех, морозостойкий </t>
+  </si>
+  <si>
+    <t>10 329</t>
+  </si>
+  <si>
+    <t>10 742</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОВЭ-20(з) АВСЕ Пожнанотех </t>
+  </si>
+  <si>
+    <t>47 582</t>
+  </si>
+  <si>
+    <t>49 485</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОВЭ-20(з) АВСЕ Пожнанотех, морозостойкий </t>
+  </si>
+  <si>
+    <t>53 017</t>
+  </si>
+  <si>
+    <t>55 137</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОВЭ-40(з) АВСЕ Пожнанотех </t>
+  </si>
+  <si>
+    <t>53 384</t>
+  </si>
+  <si>
+    <t>55 520</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОВЭ-40(з) АВСЕ Пожнанотех, морозостойкий </t>
+  </si>
+  <si>
+    <t>58 027</t>
+  </si>
+  <si>
+    <t>60 348</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОВЭ-50(з) АВСЕ Пожнанотех </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОВЭ-50(з) АВСЕ Пожнанотех, морозостойкий </t>
+  </si>
+  <si>
+    <t>63 829</t>
+  </si>
+  <si>
+    <t>66 382</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОВЭ-80(з) АВСЕ Пожнанотех </t>
+  </si>
+  <si>
+    <t>75 434</t>
+  </si>
+  <si>
+    <t>78 452</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОВЭ-80(з) АВСЕ Пожнанотех, морозостойкий </t>
+  </si>
+  <si>
+    <t>81 237</t>
+  </si>
+  <si>
+    <t>84 486</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОВЭ-100(з) АВСЕ Пожнанотех </t>
+  </si>
+  <si>
+    <t>87 040</t>
+  </si>
+  <si>
+    <t>90 522</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель ОВЭ-100(з) АВСЕ Пожнанотех, морозостойкий </t>
+  </si>
+  <si>
+    <t>92 843</t>
+  </si>
+  <si>
+    <t>96 557</t>
+  </si>
+  <si>
+    <t>Самосрабатывающие огнетушители</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель самосрабатывающий порошковый (модуль) ОСП-1 </t>
+  </si>
+  <si>
+    <t>2 443</t>
+  </si>
+  <si>
+    <t>2 541</t>
+  </si>
+  <si>
+    <t>Противопожарная ампула "Bontel"</t>
+  </si>
+  <si>
+    <t>Огнетушащий спрей "Bontel"</t>
+  </si>
+  <si>
+    <t>3 008</t>
+  </si>
+  <si>
+    <t>3 173</t>
+  </si>
+  <si>
+    <t>Огнетушитель самосрабатывающий порошковый ОСП-1 (мини)</t>
+  </si>
+  <si>
+    <t>2 187</t>
+  </si>
+  <si>
+    <t>2 275</t>
+  </si>
+  <si>
+    <t>Огнетушитель самосрабатывающий Шар "БАЛТИКА-01"</t>
+  </si>
+  <si>
+    <t>1 415</t>
+  </si>
+  <si>
+    <t>1 495</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Огнетушитель самосрабатывающий порошковый (модуль) ОСП-2 </t>
+  </si>
+  <si>
+    <t>Автономные установки пожаротушения</t>
+  </si>
+  <si>
+    <t>Парабола 30</t>
+  </si>
+  <si>
+    <t>2 888</t>
+  </si>
+  <si>
+    <t>3 003</t>
+  </si>
+  <si>
+    <t>Парабола 50</t>
+  </si>
+  <si>
+    <t>5 294</t>
+  </si>
+  <si>
+    <t>5 506</t>
+  </si>
+  <si>
+    <t>Парабола 100</t>
+  </si>
+  <si>
+    <t>10 225</t>
+  </si>
+  <si>
+    <t>10 634</t>
+  </si>
+  <si>
+    <t>Парабола 200</t>
+  </si>
+  <si>
+    <t>17 563</t>
+  </si>
+  <si>
+    <t>18 265</t>
+  </si>
+  <si>
+    <t>Парабола 500</t>
+  </si>
+  <si>
+    <t>21 663</t>
+  </si>
+  <si>
+    <t>22 529</t>
+  </si>
+  <si>
+    <t>Парабола 1000</t>
+  </si>
+  <si>
+    <t>27 319</t>
+  </si>
+  <si>
+    <t>28 412</t>
+  </si>
+  <si>
+    <t>Парабола 2000</t>
+  </si>
+  <si>
+    <t>37 738</t>
+  </si>
+  <si>
+    <t>39 247</t>
+  </si>
+  <si>
+    <t>Автономная установка пожаротушения Корд "Шнур М" 100</t>
+  </si>
+  <si>
+    <t>4 413</t>
+  </si>
+  <si>
+    <t>4 589</t>
+  </si>
+  <si>
+    <t>Автономная установка пожаротушения Корд "Шнур М" 200</t>
+  </si>
+  <si>
+    <t>6 513</t>
+  </si>
+  <si>
+    <t>6 773</t>
+  </si>
+  <si>
+    <t>Автономная установка пожаротушения Корд "Шнур М" 300</t>
+  </si>
+  <si>
+    <t>8 638</t>
+  </si>
+  <si>
+    <t>8 983</t>
+  </si>
+  <si>
+    <t>Автономная установка пожаротушения Корд "Шнур М" 500</t>
+  </si>
+  <si>
+    <t>12 082</t>
+  </si>
+  <si>
+    <t>12 565</t>
+  </si>
+  <si>
+    <t>Автономная установка пожаротушения Корд "Шнур М" 750</t>
+  </si>
+  <si>
+    <t>16 275</t>
+  </si>
+  <si>
+    <t>16 926</t>
+  </si>
+  <si>
+    <t>Автономная установка пожаротушения Корд "Шнур М" 1000</t>
+  </si>
+  <si>
+    <t>20 132</t>
+  </si>
+  <si>
+    <t>20 937</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПироПластина АСТ-Р </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПироПластина АСТ-15 </t>
+  </si>
+  <si>
+    <t>1 588</t>
+  </si>
+  <si>
+    <t>1 651</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПироПластина АСТ-25 </t>
+  </si>
+  <si>
+    <t>2 319</t>
+  </si>
+  <si>
+    <t>2 412</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПироПластина АСТ-45 </t>
+  </si>
+  <si>
+    <t>3 638</t>
   </si>
   <si>
     <t>3 783</t>
   </si>
   <si>
-    <t xml:space="preserve">Огнетушитель ОП-2 АВСЕ Огнеборец </t>
-[...14 lines deleted...]
-    <t xml:space="preserve">Огнетушитель ОП-10 АВСЕ Огнеборец </t>
+    <t xml:space="preserve">ПироПластина АСТ-60 </t>
+  </si>
+  <si>
+    <t>4 994</t>
+  </si>
+  <si>
+    <t>5 194</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ГОАП Пиростраж 01-2 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПироПластина Ф-Р </t>
+  </si>
+  <si>
+    <t>1 200</t>
+  </si>
+  <si>
+    <t>1 248</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПироПластина Ф-20 </t>
+  </si>
+  <si>
+    <t>1 394</t>
+  </si>
+  <si>
+    <t>1 450</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПироПластина Ф-30 </t>
+  </si>
+  <si>
+    <t>1 963</t>
+  </si>
+  <si>
+    <t>2 041</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПироПластина Ф-50 </t>
+  </si>
+  <si>
+    <t>2 832</t>
+  </si>
+  <si>
+    <t>2 945</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПироПластина Ф-65 </t>
+  </si>
+  <si>
+    <t>4 238</t>
+  </si>
+  <si>
+    <t>4 407</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ГОАП Пиростраж 20 (с креплением на Din-рейку) </t>
+  </si>
+  <si>
+    <t>3 588</t>
+  </si>
+  <si>
+    <t>3 731</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ГОАП Пиростраж 01-1 </t>
+  </si>
+  <si>
+    <t>3 450</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ГОАП Пиростраж 01-3 </t>
+  </si>
+  <si>
+    <t>3 850</t>
+  </si>
+  <si>
+    <t>4 004</t>
+  </si>
+  <si>
+    <t>Ранцевые лесные огнетушители</t>
+  </si>
+  <si>
+    <t>Огнетушитель ранцевый лесной РЛО-М, Ермак-18</t>
+  </si>
+  <si>
+    <t>14 195</t>
+  </si>
+  <si>
+    <t>15 002</t>
+  </si>
+  <si>
+    <t>Огнетушитель ранцевый лесной РЛО-М, "Ермак-15"</t>
+  </si>
+  <si>
+    <t>9 459</t>
+  </si>
+  <si>
+    <t>9 997</t>
+  </si>
+  <si>
+    <t>Крепления и подставки для огнетушителей</t>
+  </si>
+  <si>
+    <t>Подставки для огнетушителя</t>
+  </si>
+  <si>
+    <t>Подставка под огнетушитель П-15 “Урна”</t>
+  </si>
+  <si>
+    <t>Подставка под огнетушитель "Эконом"</t>
+  </si>
+  <si>
+    <t>Подставка под огнетушитель "Эконом - max"</t>
+  </si>
+  <si>
+    <t>Подставка под огнетушитель П-20 “Урна - max”</t>
+  </si>
+  <si>
+    <t>Подставка под огнетушитель П-10 “Урна”</t>
+  </si>
+  <si>
+    <t>Подставка для двух огнетушителей П-15-2 "Урна"</t>
+  </si>
+  <si>
+    <t>Подставка для двух огнетушителей П-20-2 "Урна"</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Подставка под огнетушитель П-10 “Урна” из нержавеющей стали </t>
+  </si>
+  <si>
+    <t>1 805</t>
+  </si>
+  <si>
+    <t>1 908</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Подставка под огнетушитель П-15 “Урна” из нержавеющей стали </t>
+  </si>
+  <si>
+    <t>2 023</t>
+  </si>
+  <si>
+    <t>2 138</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Подставка под огнетушитель П-20 “Урна - max” из нержавеющей стали </t>
+  </si>
+  <si>
+    <t>2 298</t>
+  </si>
+  <si>
+    <t>2 429</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Подставка для двух огнетушителей П-15-2 "Урна" из нержавеющей стали </t>
+  </si>
+  <si>
+    <t>4 052</t>
+  </si>
+  <si>
+    <t>4 283</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Подставка для двух огнетушителей П-20-2 "Урна" из нержавеющей стали </t>
+  </si>
+  <si>
+    <t>4 595</t>
+  </si>
+  <si>
+    <t>4 856</t>
+  </si>
+  <si>
+    <t>Подставка под огнетушитель "FIREBOX"</t>
+  </si>
+  <si>
+    <t>1 030</t>
+  </si>
+  <si>
+    <t>1 072</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Подставка под огнетушитель П-15 “Урна” разборная </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Подставка под огнетушитель П-10 “Урна” разборная </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Подставка под огнетушитель П-20 “Урна” разборная </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Подставка под огнетушитель настенная ПН-10 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Подставка под огнетушитель настенная ПН-15 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Подставка под огнетушитель настенная ПН-20 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Подставка под огнетушитель настенная ПН-20 Премиум </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Подставка под огнетушитель настенная ПН-15 Премиум </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Подставка под огнетушитель настенная ПН-10 Премиум </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн для огнетушителя Премиум </t>
+  </si>
+  <si>
+    <t>1 134</t>
+  </si>
+  <si>
+    <t>1 180</t>
+  </si>
+  <si>
+    <t>Крепления для огнетушителя в машину</t>
+  </si>
+  <si>
+    <t>Кронштейн транспортный Т-2</t>
+  </si>
+  <si>
+    <t>Кронштейн транспортный Т-3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн транспортный ТВ-2 (d=110) для ОП-2 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн транспортный ТВ-4 (d=133) для ОП-3, ОП-4 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн транспортный ТВ-3 (d=114) для ОУ-3 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн транспортный ТВ-5 (370х133) для ОУ-3, ОП-5, ОП-6 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн транспортный ТВ-8 (d=160) для ОП-8, ОП-9, ОП-10 </t>
+  </si>
+  <si>
+    <t>Кронштейн транспортный ТВ-10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн транспортный ТВ-6 (d=160) для ОП-6 </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Кронштейн транспортный КТР-1 "БАЛТИКА" (для ОП/ОУ-1 d105-115)</t>
+  </si>
+  <si>
+    <t>1 389</t>
+  </si>
+  <si>
+    <t>1 468</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Кронштейн транспортный КТР-2 "БАЛТИКА" (для ОП-2 d105-115)</t>
+  </si>
+  <si>
+    <t>Кронштейн транспортный КТР-3 "БАЛТИКА" (для ОП-3, ОУ-2 d105-115)</t>
+  </si>
+  <si>
+    <t>1 473</t>
+  </si>
+  <si>
+    <t>1 557</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Кронштейн транспортный КТР-4/5 "БАЛТИКА" (для ОП-4, ОП-5, ОУ-3 d130-160) </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Кронштейн транспортный КТР-ОУ-5 "БАЛТИКА" (для ОУ-5 d130-160) </t>
+  </si>
+  <si>
+    <t>1 666</t>
+  </si>
+  <si>
+    <t>1 761</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн транспортный КТР-6 "БАЛТИКА" (для ОП-6 d130-160) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн транспортный КТР-ОУ-7 "БАЛТИКА" (для ОУ-6, ОУ-7 d130-160) </t>
+  </si>
+  <si>
+    <t>2 208</t>
+  </si>
+  <si>
+    <t>2 334</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Кронштейн транспортный КТР-8/9 "БАЛТИКА (для ОП-8, ОП-9 d160-180) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн транспортный КТР-10/12 "БАЛТИКА" (для ОП-10, ОП-12 d160-180) </t>
+  </si>
+  <si>
+    <t>Кронштейн транспортный КТХ-1 "БАЛТИКА" (для ОП-1 d110)</t>
+  </si>
+  <si>
+    <t>Кронштейн транспортный КТХ-1+ "БАЛТИКА" (для ОУ-1 d110)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Кронштейн транспортный КТХ-2 "БАЛТИКА" (для ОП-2 d110)</t>
+  </si>
+  <si>
+    <t>Кронштейн транспортный КТХ-8 "БАЛТИКА" (для ОП-8/9/10, ОВП-8/10, ОВЭ-9 d180)</t>
+  </si>
+  <si>
+    <t>Кронштейн транспортный КТХ-3 "БАЛТИКА" (для ОУ-2 d110)</t>
+  </si>
+  <si>
+    <t>Кронштейн транспортный КТХ-3+ "БАЛТИКА" (для ОП-3 d147)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн транспортный КТХ-4 "БАЛТИКА" (для ОП/ОВП-4 d147) </t>
+  </si>
+  <si>
+    <t>Кронштейн транспортный КТХ-4+ "БАЛТИКА" (для ОУ-3 d140)</t>
+  </si>
+  <si>
+    <t>Кронштейн транспортный КТХ-5 "БАЛТИКА" (для ОП-5 d147)</t>
+  </si>
+  <si>
+    <t>1 547</t>
+  </si>
+  <si>
+    <t>1 635</t>
+  </si>
+  <si>
+    <t>Кронштейн транспортный КТХ-5+ "БАЛТИКА" (для ОУ-5 d140)</t>
+  </si>
+  <si>
+    <t>1 577</t>
+  </si>
+  <si>
+    <t>1 667</t>
+  </si>
+  <si>
+    <t>Кронштейн транспортный КТХ-6 "БАЛТИКА" (для ОП/ОВЭ-6 d147)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн транспортный КТМ-1 "БАЛТИКА" (для ОП-1 d110) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн транспортный КТМ-2 "БАЛТИКА" (для ОП-2 d110) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн транспортный КТМ-3 "БАЛТИКА" (для ОП-3 d110) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн транспортный КТМ-4 "БАЛТИКА" (для ОП/ОВП-4 d147) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн транспортный КТМ-5 "БАЛТИКА" (для ОП-5 d147) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн транспортный КТМ-6 "БАЛТИКА" (для ОП/ОВП-6 d147) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн транспортный КТМ-3+ "БАЛТИКА" (для ОП-3 d147) </t>
+  </si>
+  <si>
+    <t>Кронштейн транспортный раздвижной КТРР "БАЛТИКА"</t>
+  </si>
+  <si>
+    <t>2 659</t>
+  </si>
+  <si>
+    <t>2 810</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пенал для огнетушителя "FIREBOX 6" </t>
+  </si>
+  <si>
+    <t>2 933</t>
+  </si>
+  <si>
+    <t>3 050</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пенал для огнетушителя "FIREBOX 8" </t>
+  </si>
+  <si>
+    <t>3 803</t>
+  </si>
+  <si>
+    <t>3 955</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пенал для огнетушителя "FIREBOX 10" </t>
+  </si>
+  <si>
+    <t>6 179</t>
+  </si>
+  <si>
+    <t>6 426</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн транспортный ТВ-1 (d=90) для ОУ-1 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн транспортный ТВ-2 (d=114) для ОУ-2 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн транспортный ТВ-3 (d=110) для ОУ-2, ОП-3 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн транспортный КТХ-4 "БАЛТИКА" (для ОУ-3/ОУ-4 d133) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн транспортный ТВ-5 (500х133) для ОУ-4, ОУ-5 </t>
+  </si>
+  <si>
+    <t>Кронштейн для огнетушителя</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн для огнетушителя универсальный </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн для модулей МПП-5, МПП-7 и МПП-12 Ярпожинвест </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн для огнетушителя универсальный пластиковый </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн Н3 настенный универсальный </t>
+  </si>
+  <si>
+    <t>Модули пожаротушения</t>
+  </si>
+  <si>
+    <t>Модули порошкового пожаротушения</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Модуль порошкового пожаротушения МПП-2,5 МИГ </t>
+  </si>
+  <si>
+    <t>5 080</t>
+  </si>
+  <si>
+    <t>5 369</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Модуль порошкового пожаротушения МПП Буран-2,5-2C (с комбинированным запуском) </t>
+  </si>
+  <si>
+    <t>6 184</t>
+  </si>
+  <si>
+    <t>6 432</t>
+  </si>
+  <si>
+    <t>Модуль порошкового пожаротушения МПП Буран-8Н настенный</t>
+  </si>
+  <si>
+    <t>11 424</t>
+  </si>
+  <si>
+    <t>11 881</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Модуль порошкового пожаротушения МПП-7 МИГ </t>
+  </si>
+  <si>
+    <t>9 690</t>
+  </si>
+  <si>
+    <t>10 242</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Модуль порошкового пожаротушения МПП-5 МИГ </t>
+  </si>
+  <si>
+    <t>7 207</t>
+  </si>
+  <si>
+    <t>7 617</t>
+  </si>
+  <si>
+    <t>Модуль порошкового пожаротушения МПП Буран-0,5</t>
+  </si>
+  <si>
+    <t>10 073</t>
+  </si>
+  <si>
+    <t>10 476</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Модуль порошкового пожаротушения МПП-12 МИГ </t>
+  </si>
+  <si>
+    <t>14 009</t>
+  </si>
+  <si>
+    <t>14 806</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Модуль порошкового пожаротушения МПП Буран-0,3 </t>
+  </si>
+  <si>
+    <t>9 238</t>
+  </si>
+  <si>
+    <t>9 607</t>
+  </si>
+  <si>
+    <t>Модуль порошкового пожаротушения МПП(Н)-2,5 Ярпожинвест</t>
+  </si>
+  <si>
+    <t>Модуль порошкового пожаротушения МПП(Н)-5 Ярпожинвест</t>
+  </si>
+  <si>
+    <t>2 766</t>
+  </si>
+  <si>
+    <t>2 923</t>
+  </si>
+  <si>
+    <t>Модуль порошкового пожаротушения МПП(Н)-7 Ярпожинвест</t>
+  </si>
+  <si>
+    <t>3 147</t>
+  </si>
+  <si>
+    <t>3 326</t>
+  </si>
+  <si>
+    <t>Модуль порошкового пожаротушения МПП(Н)-12 Ярпожинвест</t>
+  </si>
+  <si>
+    <t>4 128</t>
+  </si>
+  <si>
+    <t>4 363</t>
+  </si>
+  <si>
+    <t>Модуль порошкового пожаротушения МПП Буран-8У потолочный</t>
+  </si>
+  <si>
+    <t>11 157</t>
+  </si>
+  <si>
+    <t>11 603</t>
+  </si>
+  <si>
+    <t>Модули пожаротушения тонкораспыленной водой</t>
+  </si>
+  <si>
+    <t>МУПТВ «ТРВ-Гарант-30»</t>
+  </si>
+  <si>
+    <t>88 750</t>
+  </si>
+  <si>
+    <t>92 300</t>
+  </si>
+  <si>
+    <t>«ТРВ-Гарант»-14,5-Г-В</t>
+  </si>
+  <si>
+    <t>60 000</t>
+  </si>
+  <si>
+    <t>62 400</t>
+  </si>
+  <si>
+    <t>«ТРВ-Гарант»-14,5-01 (180)</t>
+  </si>
+  <si>
+    <t>46 250</t>
+  </si>
+  <si>
+    <t>48 100</t>
+  </si>
+  <si>
+    <t>«ТРВ-Гарант»-14,5-01 (60Вр)</t>
+  </si>
+  <si>
+    <t>57 500</t>
+  </si>
+  <si>
+    <t>59 800</t>
+  </si>
+  <si>
+    <t>«ТРВ-Гарант»-14,5-01 (40)</t>
+  </si>
+  <si>
+    <t>«ТРВ-Гарант»-14,5-01 (60)</t>
+  </si>
+  <si>
+    <t>45 625</t>
+  </si>
+  <si>
+    <t>47 450</t>
+  </si>
+  <si>
+    <t>«ТРВ-Гарант»-14,5-01 (85)</t>
+  </si>
+  <si>
+    <t>43 750</t>
+  </si>
+  <si>
+    <t>45 500</t>
+  </si>
+  <si>
+    <t>АУП «ТРВ-Гарант-Р»-14,5-01 (40)</t>
+  </si>
+  <si>
+    <t>56 250</t>
+  </si>
+  <si>
+    <t>58 500</t>
+  </si>
+  <si>
+    <t>АУП «ТРВ-Гарант-Р»-14,5-01 (60)</t>
+  </si>
+  <si>
+    <t>55 500</t>
+  </si>
+  <si>
+    <t>57 720</t>
+  </si>
+  <si>
+    <t>АУП «ТРВ-Гарант-Р»-14,5-01 (85)</t>
+  </si>
+  <si>
+    <t>55 377</t>
+  </si>
+  <si>
+    <t>58 406</t>
+  </si>
+  <si>
+    <t>МУПТВ «ТРВ-Гарант-160»-40-3 (10)</t>
+  </si>
+  <si>
+    <t>586 250</t>
+  </si>
+  <si>
+    <t>609 700</t>
+  </si>
+  <si>
+    <t>МУПТВ «ТРВ-Гарант-160»-40-4 (10)</t>
+  </si>
+  <si>
+    <t>720 000</t>
+  </si>
+  <si>
+    <t>748 800</t>
+  </si>
+  <si>
+    <t>МУПТВ «ТРВ-Гарант-160»-40-2 (10)</t>
+  </si>
+  <si>
+    <t>523 750</t>
+  </si>
+  <si>
+    <t>544 700</t>
+  </si>
+  <si>
+    <t>МУПТВ «ТРВ-Гарант-160»-40-1 (10)</t>
+  </si>
+  <si>
+    <t>302 500</t>
+  </si>
+  <si>
+    <t>314 600</t>
+  </si>
+  <si>
+    <t>МУПТВ «ТРВ-Гарант-160»-10 (10)</t>
+  </si>
+  <si>
+    <t>МУПТВ «ТРВ-Гарант-160»-40-4</t>
+  </si>
+  <si>
+    <t>718 750</t>
+  </si>
+  <si>
+    <t>747 500</t>
+  </si>
+  <si>
+    <t>МУПТВ «ТРВ-Гарант-160»-40-3</t>
+  </si>
+  <si>
+    <t>581 250</t>
+  </si>
+  <si>
+    <t>604 500</t>
+  </si>
+  <si>
+    <t>МУПТВ «ТРВ-Гарант-160»-40-2</t>
+  </si>
+  <si>
+    <t>497 500</t>
+  </si>
+  <si>
+    <t>517 400</t>
+  </si>
+  <si>
+    <t>МУПТВ «ТРВ-Гарант-160»-40-1</t>
+  </si>
+  <si>
+    <t>337 500</t>
+  </si>
+  <si>
+    <t>351 000</t>
+  </si>
+  <si>
+    <t>МУПТВ «ТРВ-Гарант-160»-10</t>
+  </si>
+  <si>
+    <t>281 750</t>
+  </si>
+  <si>
+    <t>293 020</t>
+  </si>
+  <si>
+    <t>Воздухоотводчик ВО-32</t>
+  </si>
+  <si>
+    <t>11 938</t>
+  </si>
+  <si>
+    <t>12 415</t>
+  </si>
+  <si>
+    <t>Мембранный узел МУ-1</t>
+  </si>
+  <si>
+    <t>20 438</t>
+  </si>
+  <si>
+    <t>21 255</t>
+  </si>
+  <si>
+    <t>Узел заполнения магистрали УЗВ-50</t>
+  </si>
+  <si>
+    <t>14 250</t>
+  </si>
+  <si>
+    <t>14 820</t>
+  </si>
+  <si>
+    <t>Блок рабочего газа-10</t>
+  </si>
+  <si>
+    <t>41 375</t>
+  </si>
+  <si>
+    <t>43 030</t>
+  </si>
+  <si>
+    <t>Блок рабочего газа-40</t>
+  </si>
+  <si>
+    <t>65 375</t>
+  </si>
+  <si>
+    <t>67 990</t>
+  </si>
+  <si>
+    <t>Пенообразователь ПО-6 ТС - 1л.</t>
+  </si>
+  <si>
+    <t>6 250</t>
+  </si>
+  <si>
+    <t>6 500</t>
+  </si>
+  <si>
+    <t>Пенообразователь ПО-6 ТФ - 10 л.</t>
+  </si>
+  <si>
+    <t>25 000</t>
+  </si>
+  <si>
+    <t>26 000</t>
+  </si>
+  <si>
+    <t>«ТРВ-Гарант»-14,5-01 (85) (ПМ)</t>
+  </si>
+  <si>
+    <t>Беспроводная система управления пожаротушением Гарант-Р</t>
+  </si>
+  <si>
+    <t>Блок «РС-М»</t>
+  </si>
+  <si>
+    <t>26 250</t>
+  </si>
+  <si>
+    <t>27 300</t>
+  </si>
+  <si>
+    <t>Блок «РС-К»</t>
+  </si>
+  <si>
+    <t>27 500</t>
+  </si>
+  <si>
+    <t>28 600</t>
+  </si>
+  <si>
+    <t>Блок «БУР»</t>
+  </si>
+  <si>
+    <t>30 000</t>
+  </si>
+  <si>
+    <t>31 200</t>
+  </si>
+  <si>
+    <t>Блок «БУР-КЦ»</t>
+  </si>
+  <si>
+    <t>36 250</t>
+  </si>
+  <si>
+    <t>37 700</t>
+  </si>
+  <si>
+    <t>Блок «БУР-КЦ» МС</t>
+  </si>
+  <si>
+    <t>Блок «БОС» АУП</t>
+  </si>
+  <si>
+    <t>12 500</t>
+  </si>
+  <si>
+    <t>13 000</t>
+  </si>
+  <si>
+    <t>Блок «БОС» АУП МС</t>
+  </si>
+  <si>
+    <t>13 750</t>
+  </si>
+  <si>
+    <t>14 300</t>
+  </si>
+  <si>
+    <t>Контрольная панель «КП-RS» (проводная)</t>
+  </si>
+  <si>
+    <t>Контрольная панель «КП-RF» (беспроводная)</t>
+  </si>
+  <si>
+    <t>29 375</t>
+  </si>
+  <si>
+    <t>30 550</t>
+  </si>
+  <si>
+    <t>Брелок «БД»</t>
+  </si>
+  <si>
+    <t>22 500</t>
+  </si>
+  <si>
+    <t>23 400</t>
+  </si>
+  <si>
+    <t>Брелок «БД» МС</t>
+  </si>
+  <si>
+    <t>Перезарядка огнетушителей и модулей</t>
+  </si>
+  <si>
+    <t>Перезарядка воздушно-эмульсионных огнетушителей</t>
+  </si>
+  <si>
+    <t>Заправка ОВЭ-1 BONTEL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Заправка ОВЭ-2 </t>
+  </si>
+  <si>
+    <t>1 429</t>
+  </si>
+  <si>
+    <t>1 490</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Заправка ОВЭ-2 BONTEL </t>
+  </si>
+  <si>
+    <t>5 897</t>
+  </si>
+  <si>
+    <t>6 149</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Заправка ОВЭ-4 </t>
+  </si>
+  <si>
+    <t>2 134</t>
+  </si>
+  <si>
+    <t>2 226</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Заправка ОВЭ-5 </t>
+  </si>
+  <si>
+    <t>2 297</t>
+  </si>
+  <si>
+    <t>2 395</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Заправка ОВЭ-5 BONTEL </t>
+  </si>
+  <si>
+    <t>9 173</t>
+  </si>
+  <si>
+    <t>9 565</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Заправка ОВЭ-6 </t>
+  </si>
+  <si>
+    <t>2 460</t>
+  </si>
+  <si>
+    <t>2 565</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Заправка ОВЭ-8 </t>
+  </si>
+  <si>
+    <t>2 803</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Заправка ОВЭ-10 </t>
+  </si>
+  <si>
+    <t>3 798</t>
+  </si>
+  <si>
+    <t>3 960</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Заправка ОВЭ-10 BONTEL </t>
+  </si>
+  <si>
+    <t>16 577</t>
+  </si>
+  <si>
+    <t>17 285</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Заправка ОВЭ-40 </t>
+  </si>
+  <si>
+    <t>17 722</t>
+  </si>
+  <si>
+    <t>18 480</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Заправка ОВЭ-50 </t>
+  </si>
+  <si>
+    <t>21 068</t>
+  </si>
+  <si>
+    <t>21 968</t>
+  </si>
+  <si>
+    <t>Перезарядка углекислотных огнетушителей</t>
+  </si>
+  <si>
+    <t>заправка ОУ-6</t>
+  </si>
+  <si>
+    <t>заправка ОУ-40</t>
+  </si>
+  <si>
+    <t>2 473</t>
+  </si>
+  <si>
+    <t>2 579</t>
+  </si>
+  <si>
+    <t>заправка ОУ-20</t>
+  </si>
+  <si>
+    <t>1 185</t>
+  </si>
+  <si>
+    <t>1 236</t>
+  </si>
+  <si>
+    <t>заправка ОУ-10</t>
+  </si>
+  <si>
+    <t>заправка ОУ-7</t>
+  </si>
+  <si>
+    <t>заправка ОУ-4</t>
+  </si>
+  <si>
+    <t>заправка ОУ-8</t>
+  </si>
+  <si>
+    <t>заправка ОУ-25</t>
+  </si>
+  <si>
+    <t>1 409</t>
+  </si>
+  <si>
+    <t>1 469</t>
+  </si>
+  <si>
+    <t>Перезарядка огнетушителей ОУ-5</t>
+  </si>
+  <si>
+    <t>Перезарядка огнетушителей ОУ-3</t>
+  </si>
+  <si>
+    <t>заправка ОУ-80</t>
+  </si>
+  <si>
+    <t>5 097</t>
+  </si>
+  <si>
+    <t>5 315</t>
+  </si>
+  <si>
+    <t>Перезарядка огнетушителей ОУ-2</t>
+  </si>
+  <si>
+    <t>заправка ОУ-1</t>
+  </si>
+  <si>
+    <t>Перезарядка порошковых огнетушителей</t>
+  </si>
+  <si>
+    <t>заправка ОПУ-10</t>
+  </si>
+  <si>
+    <t>заправка ОПУ-5</t>
+  </si>
+  <si>
+    <t>Перезарядка огнетушителя ОП-5</t>
+  </si>
+  <si>
+    <t>заправка ОП-3</t>
+  </si>
+  <si>
+    <t>заправка ОП-100</t>
+  </si>
+  <si>
+    <t>4 416</t>
+  </si>
+  <si>
+    <t>4 605</t>
+  </si>
+  <si>
+    <t>заправка ОП-1</t>
+  </si>
+  <si>
+    <t>Перезарядка огнетушителя ОП-2</t>
+  </si>
+  <si>
+    <t>Перезарядка огнетушителей ОП-4</t>
+  </si>
+  <si>
+    <t>заправка ОП-8</t>
+  </si>
+  <si>
+    <t>заправка ОП-10</t>
+  </si>
+  <si>
+    <t>заправка ОП-50</t>
+  </si>
+  <si>
+    <t>2 362</t>
+  </si>
+  <si>
+    <t>2 462</t>
+  </si>
+  <si>
+    <t>заправка ОП-7</t>
+  </si>
+  <si>
+    <t>заправка ОП-9</t>
+  </si>
+  <si>
+    <t>заправка ОП-12</t>
+  </si>
+  <si>
+    <t>заправка ОП-30</t>
+  </si>
+  <si>
+    <t>1 735</t>
+  </si>
+  <si>
+    <t>1 809</t>
+  </si>
+  <si>
+    <t>заправка ОП-35</t>
+  </si>
+  <si>
+    <t>1 830</t>
+  </si>
+  <si>
+    <t>1 909</t>
+  </si>
+  <si>
+    <t>заправка ОПУ-2</t>
+  </si>
+  <si>
+    <t>заправка ОП-6</t>
+  </si>
+  <si>
+    <t>заправка ОПУ-4</t>
+  </si>
+  <si>
+    <t>Перезарядка воздушно-пенных огнетушителей</t>
+  </si>
+  <si>
+    <t>заправка ОВП-8</t>
+  </si>
+  <si>
+    <t>заправка ОВП-10</t>
+  </si>
+  <si>
+    <t>заправка ОВП-6</t>
+  </si>
+  <si>
+    <t>заправка ОВП-5</t>
+  </si>
+  <si>
+    <t>заправка ОВП-50</t>
+  </si>
+  <si>
+    <t>1 886</t>
+  </si>
+  <si>
+    <t>1 967</t>
+  </si>
+  <si>
+    <t>заправка ОВП-4</t>
+  </si>
+  <si>
+    <t>заправка ОВП-100</t>
+  </si>
+  <si>
+    <t>3 269</t>
+  </si>
+  <si>
+    <t>3 408</t>
+  </si>
+  <si>
+    <t>заправка ОВП-40</t>
+  </si>
+  <si>
+    <t>1 532</t>
+  </si>
+  <si>
+    <t>Перезарядка хладоновых огнетушителей</t>
+  </si>
+  <si>
+    <t>Заправка модуля (огнетушителя) хладоном R-125 (1 кг)</t>
+  </si>
+  <si>
+    <t>2 320</t>
+  </si>
+  <si>
+    <t>2 419</t>
+  </si>
+  <si>
+    <t>Заправка модуля (огнетушителя) хладоном R-227ea (1 кг)</t>
+  </si>
+  <si>
+    <t>3 686</t>
+  </si>
+  <si>
+    <t>3 843</t>
+  </si>
+  <si>
+    <t>Заправка модуля (огнетушителя) хладоном R-23 (1 кг)</t>
+  </si>
+  <si>
+    <t>13 268</t>
+  </si>
+  <si>
+    <t>13 835</t>
+  </si>
+  <si>
+    <t>Заправка модуля (огнетушителя) хладоном R-236fa (1 кг)</t>
+  </si>
+  <si>
+    <t>Заправка модуля (огнетушителя) хладоном R-318c (1 кг)</t>
+  </si>
+  <si>
+    <t>Перезарядка модулей пожаротушения</t>
+  </si>
+  <si>
+    <t>заправка МПП МИГ-2,5</t>
+  </si>
+  <si>
+    <t>заправка МПП МИГ-5</t>
+  </si>
+  <si>
+    <t>заправка МПП МИГ-7</t>
+  </si>
+  <si>
+    <t>заправка МПП МИГ-12</t>
+  </si>
+  <si>
+    <t>заправка модуля МПП «Буран-8»</t>
+  </si>
+  <si>
+    <t>1 125</t>
+  </si>
+  <si>
+    <t>1 173</t>
+  </si>
+  <si>
+    <t>заправка модуля МПП «Буран-15КД»</t>
+  </si>
+  <si>
+    <t>Перезарядка модуля BIZONE МПП-7,5</t>
+  </si>
+  <si>
+    <t>2 690</t>
+  </si>
+  <si>
+    <t>2 414</t>
+  </si>
+  <si>
+    <t>Замена мембранного узла модуля BIZONE МПП-7,5</t>
+  </si>
+  <si>
+    <t>Замена запорно-пускового устройства модуля BIZONE МПП-7,5</t>
+  </si>
+  <si>
+    <t>Перезарядка модуля BIZONE МПП-8</t>
+  </si>
+  <si>
+    <t>Замена мембранного узла модуля BIZONE МПП-8</t>
+  </si>
+  <si>
+    <t>Замена запорно-пускового устройства модуля BIZONE МПП-8</t>
+  </si>
+  <si>
+    <t>Перезарядка модуля BIZONE МПП-100</t>
+  </si>
+  <si>
+    <t>27 388</t>
+  </si>
+  <si>
+    <t>24 579</t>
+  </si>
+  <si>
+    <t>Замена мембранного узла модуля BIZONE МПП-100</t>
+  </si>
+  <si>
+    <t>1 334</t>
+  </si>
+  <si>
+    <t>1 197</t>
+  </si>
+  <si>
+    <t>Замена запорно-пускового устройства модуля BIZONE МПП-100</t>
+  </si>
+  <si>
+    <t>1 701</t>
+  </si>
+  <si>
+    <t>1 526</t>
+  </si>
+  <si>
+    <t>Ремонт и обслуживание огнетушителей</t>
+  </si>
+  <si>
+    <t>Замена колеса к ОУ</t>
+  </si>
+  <si>
+    <t>Замена ЗПУ ОУ-1/10</t>
+  </si>
+  <si>
+    <t>Замена ЗПУ ОУ- 20/40</t>
+  </si>
+  <si>
+    <t>1 024</t>
+  </si>
+  <si>
+    <t>Замена тележки  к ОУ-7/10</t>
+  </si>
+  <si>
+    <t>1 638</t>
+  </si>
+  <si>
+    <t>1 708</t>
+  </si>
+  <si>
+    <t>Замена тележки  к ОУ-5</t>
+  </si>
+  <si>
+    <t>Списание, диагностика огнетушителей</t>
+  </si>
+  <si>
+    <t>Замена колеса к ОП</t>
+  </si>
+  <si>
+    <t>Покраска (устранение коррозии) огнетушителей</t>
+  </si>
+  <si>
+    <t>Замена трубки сифонной к ОП-1/10</t>
+  </si>
+  <si>
+    <t>Замена сопла к ОП-2, ОП-3</t>
+  </si>
+  <si>
+    <t>Замена чеки</t>
+  </si>
+  <si>
+    <t>Замена пистолета-распылителя</t>
+  </si>
+  <si>
+    <t>Замена трубки сифонной к ОП-50</t>
+  </si>
+  <si>
+    <t>Замена пломбы на огнетушителе</t>
+  </si>
+  <si>
+    <t>Замена ЗПУ для ОП-3/10</t>
+  </si>
+  <si>
+    <t>Замена ЗПУ для ОП-50/100</t>
+  </si>
+  <si>
+    <t>1 001</t>
+  </si>
+  <si>
+    <t>Замена ГГУ-2</t>
+  </si>
+  <si>
+    <t>Замена ГГУ-5</t>
+  </si>
+  <si>
+    <t>Замена пистолета-распылителя в сборе</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Замена ЗПУ для ОП-1/2 </t>
+  </si>
+  <si>
+    <t>Замена ГГУ-10</t>
+  </si>
+  <si>
+    <t>Замена трубки сифонной к ОУ-1/3</t>
+  </si>
+  <si>
+    <t>Замена трубки сифонной к ОУ-5 (и более)</t>
+  </si>
+  <si>
+    <t>Замена манометра</t>
+  </si>
+  <si>
+    <t>Замена этикетки на огнетушителе</t>
+  </si>
+  <si>
+    <t>Выезд специалиста на освидетельствование огнетушителей</t>
+  </si>
+  <si>
+    <t>2 457</t>
+  </si>
+  <si>
+    <t>2 562</t>
+  </si>
+  <si>
+    <t>Ежегодное освидетельствование огнетушителя переносного</t>
+  </si>
+  <si>
+    <t>Ежегодное освидетельствование огнетушителя передвижного</t>
+  </si>
+  <si>
+    <t>Утилизация огнетушителя</t>
+  </si>
+  <si>
+    <t>Комплектующие к огнетушителям</t>
+  </si>
+  <si>
+    <t>Шланг с раструбом к ОУ (0,5 м)</t>
+  </si>
+  <si>
+    <t>Шланг с раструбом к ОУ (1,0 м)</t>
+  </si>
+  <si>
+    <t>1 149</t>
+  </si>
+  <si>
+    <t>1 199</t>
+  </si>
+  <si>
+    <t>Шланг с раструбом к ОУ (3,0 м)</t>
+  </si>
+  <si>
+    <t>1 922</t>
+  </si>
+  <si>
+    <t>2 004</t>
+  </si>
+  <si>
+    <t>Шланг к ОВП 40/100</t>
+  </si>
+  <si>
+    <t>1 503</t>
+  </si>
+  <si>
+    <t>1 567</t>
+  </si>
+  <si>
+    <t>Шланг к ОВП 4/10</t>
+  </si>
+  <si>
+    <t>Пистолет с пеногенератором к ОВП 40/100</t>
+  </si>
+  <si>
+    <t>Раструб с трубкой к ОУ (к ОУ-1, ОУ-2, ОУ-3)</t>
+  </si>
+  <si>
+    <t>Шланг к ОП 4/10</t>
+  </si>
+  <si>
+    <t>Шланг к ОП 25/100</t>
+  </si>
+  <si>
+    <t>1 875</t>
+  </si>
+  <si>
+    <t>1 950</t>
+  </si>
+  <si>
+    <t>Манометр М8х1, латунь (ОП-1/10)</t>
+  </si>
+  <si>
+    <t>Манометр М10х1, латунь (ОП-50/100)</t>
+  </si>
+  <si>
+    <t>Сопло (раструб пластиковый) М14, М16</t>
+  </si>
+  <si>
+    <t>Этикетка огнетушителя</t>
+  </si>
+  <si>
+    <t>Шкафы пожарные</t>
+  </si>
+  <si>
+    <t>Комплектующие для пожарных шкафов</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Евроручка для пожарного шкафа </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Замок для пожарного шкафа </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стекло для пожарного шкафа (370х250х4) </t>
+  </si>
+  <si>
+    <t>Стекло поликарбонат для пожарного шкафа (370х250х4)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стекло для ключа от пожарного шкафа (90х80х4) </t>
+  </si>
+  <si>
+    <t>Контейнеры для самоспасателей</t>
+  </si>
+  <si>
+    <t>Полка для СИЗОД</t>
+  </si>
+  <si>
+    <t>Контейнеры ГДЗК-У</t>
+  </si>
+  <si>
+    <t>Контейнер ГДЗК-2</t>
+  </si>
+  <si>
+    <t>Контейнер ГДЗК-3</t>
+  </si>
+  <si>
+    <t>Контейнер ГДЗК-5</t>
+  </si>
+  <si>
+    <t>Контейнер ГДЗК-10</t>
+  </si>
+  <si>
+    <t>1 115</t>
+  </si>
+  <si>
+    <t>1 160</t>
+  </si>
+  <si>
+    <t>Контейнер ГДЗК-15</t>
+  </si>
+  <si>
+    <t>1 318</t>
+  </si>
+  <si>
+    <t>1 371</t>
+  </si>
+  <si>
+    <t>Контейнер ГДЗК-32</t>
+  </si>
+  <si>
+    <t>1 927</t>
+  </si>
+  <si>
+    <t>Контейнеры СПИ-20</t>
+  </si>
+  <si>
+    <t>Контейнер СПИ-1</t>
+  </si>
+  <si>
+    <t>Контейнер СПИ-2</t>
+  </si>
+  <si>
+    <t>Контейнер СПИ-3</t>
+  </si>
+  <si>
+    <t>Контейнер СПИ-5</t>
+  </si>
+  <si>
+    <t>1 037</t>
+  </si>
+  <si>
+    <t>Контейнер СПИ-10</t>
+  </si>
+  <si>
+    <t>1 268</t>
+  </si>
+  <si>
+    <t>1 319</t>
+  </si>
+  <si>
+    <t>Контейнер СПИ-14</t>
+  </si>
+  <si>
+    <t>1 502</t>
+  </si>
+  <si>
+    <t>1 562</t>
+  </si>
+  <si>
+    <t>Контейнер СПИ-32</t>
+  </si>
+  <si>
+    <t>2 332</t>
+  </si>
+  <si>
+    <t>2 425</t>
+  </si>
+  <si>
+    <t>Контейнеры Феникс</t>
+  </si>
+  <si>
+    <t>Контейнер Феникс-1</t>
+  </si>
+  <si>
+    <t>Контейнер Феникс-2</t>
+  </si>
+  <si>
+    <t>Контейнер Феникс-3</t>
+  </si>
+  <si>
+    <t>Контейнер Феникс-5</t>
+  </si>
+  <si>
+    <t>Контейнер Феникс-10</t>
+  </si>
+  <si>
+    <t>Контейнер Феникс-20</t>
+  </si>
+  <si>
+    <t>1 168</t>
+  </si>
+  <si>
+    <t>1 215</t>
+  </si>
+  <si>
+    <t>Контейнер Феникс-30</t>
+  </si>
+  <si>
+    <t>1 400</t>
+  </si>
+  <si>
+    <t>1 456</t>
+  </si>
+  <si>
+    <t>Контейнеры Шанс</t>
+  </si>
+  <si>
+    <t>Контейнер Шанс Е-1</t>
+  </si>
+  <si>
+    <t>Контейнер Шанс Е-2</t>
+  </si>
+  <si>
+    <t>Контейнер Шанс Е-3</t>
+  </si>
+  <si>
+    <t>Контейнер Шанс Е-4</t>
+  </si>
+  <si>
+    <t>Контейнер Шанс Е-5</t>
+  </si>
+  <si>
+    <t>Контейнер Шанс Е-6</t>
+  </si>
+  <si>
+    <t>Контейнер Шанс Е-10</t>
+  </si>
+  <si>
+    <t>1 133</t>
+  </si>
+  <si>
+    <t>1 178</t>
+  </si>
+  <si>
+    <t>Контейнер Шанс Е-14</t>
+  </si>
+  <si>
+    <t>1 504</t>
+  </si>
+  <si>
+    <t>1 564</t>
+  </si>
+  <si>
+    <t>Контейнер Шанс Е-32</t>
+  </si>
+  <si>
+    <t>Контейнер Шанс Е-8</t>
+  </si>
+  <si>
+    <t>Контейнер Шанс-2Н-2</t>
+  </si>
+  <si>
+    <t>1 092</t>
+  </si>
+  <si>
+    <t>Контейнер Шанс-2Н-3</t>
+  </si>
+  <si>
+    <t>1 097</t>
+  </si>
+  <si>
+    <t>1 141</t>
+  </si>
+  <si>
+    <t>Контейнер Шанс-2Н-5</t>
+  </si>
+  <si>
+    <t>Контейнер Шанс-2Н-8</t>
+  </si>
+  <si>
+    <t>Контейнер Шанс-2Н-10</t>
+  </si>
+  <si>
+    <t>Шкафы для противогазов ШМ-Пр</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф для противогазов ШМ-Пр-8 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф для противогазов ШМ-Пр-12 </t>
+  </si>
+  <si>
+    <t>2 500</t>
+  </si>
+  <si>
+    <t>2 600</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф для противогазов ШМ-Пр-18 </t>
+  </si>
+  <si>
+    <t>3 563</t>
+  </si>
+  <si>
+    <t>3 705</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф для противогазов ШМ-Пр-16 </t>
+  </si>
+  <si>
+    <t>3 438</t>
+  </si>
+  <si>
+    <t>3 575</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф для противогазов ШМ-Пр-20 </t>
+  </si>
+  <si>
+    <t>4 125</t>
+  </si>
+  <si>
+    <t>4 290</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф для противогазов ШМ-Пр-24 </t>
+  </si>
+  <si>
+    <t>4 688</t>
+  </si>
+  <si>
+    <t>4 875</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф для противогазов ШМ-Пр-36 </t>
+  </si>
+  <si>
+    <t>8 750</t>
+  </si>
+  <si>
+    <t>9 100</t>
+  </si>
+  <si>
+    <t>Подставки и кассета для пожарных шкафов</t>
+  </si>
+  <si>
+    <t>Кассета (турель) для пожарного рукава (диаметр 51/66/80 мм)</t>
+  </si>
+  <si>
+    <t>Напольная подставка для пожарного шкафа ШПК-310, 320 красная</t>
+  </si>
+  <si>
+    <t>Напольная подставка для пожарного шкафа ШПК-310, 320 белая</t>
+  </si>
+  <si>
+    <t>Напольная подставка цельнометаллическая для пожарного шкафа ШПК-310, 320 красная</t>
+  </si>
+  <si>
+    <t>Напольная подставка цельнометаллическая для пожарного шкафа ШПК-310, 320 белая</t>
+  </si>
+  <si>
+    <t>Шкафы пожарные для крана и  рукава (ШПК-310)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф  ШПК-310 ВОК </t>
+  </si>
+  <si>
+    <t>1 881</t>
+  </si>
+  <si>
+    <t>1 988</t>
+  </si>
+  <si>
+    <t>Шкаф ШПК-310 НОК</t>
+  </si>
+  <si>
+    <t>1 785</t>
+  </si>
+  <si>
+    <t>1 887</t>
+  </si>
+  <si>
+    <t>Шкаф  ШПК-310 ВЗК</t>
+  </si>
+  <si>
+    <t>Шкаф пожарный ШПК-310 НЗК</t>
+  </si>
+  <si>
+    <t>1 620</t>
+  </si>
+  <si>
+    <t>1 713</t>
+  </si>
+  <si>
+    <t>Шкаф ШПК-310 НЗБ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф  ШПК-310 ВЗБ </t>
+  </si>
+  <si>
+    <t>Шкаф ШПК-310 НОБ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф  ШПК-310 ВОБ </t>
+  </si>
+  <si>
+    <t>Шкаф ШПК-310 НЗ из нержавеющей стали</t>
+  </si>
+  <si>
+    <t>6 788</t>
+  </si>
+  <si>
+    <t>7 059</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПК-310 НО из нержавеющей стали </t>
+  </si>
+  <si>
+    <t>7 037</t>
+  </si>
+  <si>
+    <t>7 318</t>
+  </si>
+  <si>
+    <t>Шкаф ШПК-310 ВЗ из нержавеющей стали</t>
+  </si>
+  <si>
+    <t>7 353</t>
+  </si>
+  <si>
+    <t>7 647</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПК-310 ВО из нержавеющей стали </t>
+  </si>
+  <si>
+    <t>7 478</t>
+  </si>
+  <si>
+    <t>7 777</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф пожарный ШПК-310 НЗК Премиум </t>
+  </si>
+  <si>
+    <t>2 952</t>
+  </si>
+  <si>
+    <t>3 120</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПК-310 НЗБ Премиум </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПК-310 НОК Премиум </t>
+  </si>
+  <si>
+    <t>3 099</t>
+  </si>
+  <si>
+    <t>3 275</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПК-310 НОБ Премиум </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф  ШПК-310 ВЗК Премиум </t>
+  </si>
+  <si>
+    <t>3 144</t>
+  </si>
+  <si>
+    <t>3 323</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф  ШПК-310 ВЗБ Премиум </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф  ШПК-310 ВОК Премиум </t>
+  </si>
+  <si>
+    <t>3 290</t>
+  </si>
+  <si>
+    <t>3 477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф  ШПК-310 ВОБ Премиум </t>
+  </si>
+  <si>
+    <t>Шкафы пожарные для крана, рукава и одного огнетушителя (ШПК-315)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПК-315 ВЗК </t>
+  </si>
+  <si>
+    <t>2 754</t>
+  </si>
+  <si>
+    <t>2 911</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф пожарный ШПК-315 НЗК </t>
+  </si>
+  <si>
+    <t>2 512</t>
+  </si>
+  <si>
+    <t>2 655</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПК-315 НОК </t>
+  </si>
+  <si>
+    <t>2 676</t>
+  </si>
+  <si>
+    <t>2 828</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПК-315 ВОК </t>
+  </si>
+  <si>
+    <t>2 928</t>
+  </si>
+  <si>
+    <t>3 094</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПК-315 НЗБ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПК-315 ВЗБ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПК-315 НОБ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПК-315 ВОБ </t>
+  </si>
+  <si>
+    <t>Шкаф ШПК-315 НЗ из нержавеющей стали</t>
+  </si>
+  <si>
+    <t>10 555</t>
+  </si>
+  <si>
+    <t>10 978</t>
+  </si>
+  <si>
+    <t>Шкаф ШПК-315 НО из нержавеющей стали</t>
+  </si>
+  <si>
+    <t>10 680</t>
+  </si>
+  <si>
+    <t>11 108</t>
+  </si>
+  <si>
+    <t>Шкаф ШПК-315 ВЗ из нержавеющей стали</t>
+  </si>
+  <si>
+    <t>11 123</t>
+  </si>
+  <si>
+    <t>11 568</t>
+  </si>
+  <si>
+    <t>Шкаф ШПК-315 ВО из нержавеющей стали</t>
+  </si>
+  <si>
+    <t>11 310</t>
+  </si>
+  <si>
+    <t>11 763</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф пожарный ШПК-315 НЗК Премиум </t>
+  </si>
+  <si>
+    <t>3 938</t>
+  </si>
+  <si>
+    <t>4 162</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПК-315 НЗБ Премиум </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПК-315 НОК Премиум </t>
+  </si>
+  <si>
+    <t>4 083</t>
+  </si>
+  <si>
+    <t>4 315</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПК-315 НОБ Премиум </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПК-315 ВЗК Премиум </t>
+  </si>
+  <si>
+    <t>4 147</t>
+  </si>
+  <si>
+    <t>4 383</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПК-315 ВЗБ Премиум </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПК-315 ВОК Премиум </t>
+  </si>
+  <si>
+    <t>4 292</t>
+  </si>
+  <si>
+    <t>4 536</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПК-315 ВОБ Премиум </t>
+  </si>
+  <si>
+    <t>Шкафы пожарные для крана, рукава и двух огнетушителей (ШПК-320)</t>
+  </si>
+  <si>
+    <t>Шкаф пожарный ШПК-320 НЗК</t>
+  </si>
+  <si>
+    <t>3 030</t>
+  </si>
+  <si>
+    <t>3 202</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПК-320 ВЗК </t>
+  </si>
+  <si>
+    <t>3 367</t>
+  </si>
+  <si>
+    <t>3 559</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф пожарный ШПК-320 НОК </t>
+  </si>
+  <si>
+    <t>3 191</t>
+  </si>
+  <si>
+    <t>3 373</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПК-320 ВОК </t>
+  </si>
+  <si>
+    <t>3 670</t>
+  </si>
+  <si>
+    <t>3 878</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф  ШПК-320 НЗБ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПК-320 ВЗБ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПК-320 НОБ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПК-320 ВОБ </t>
+  </si>
+  <si>
+    <t>Шкаф ШПК-320 НЗ из нержавеющей стали</t>
+  </si>
+  <si>
+    <t>13 007</t>
+  </si>
+  <si>
+    <t>13 527</t>
+  </si>
+  <si>
+    <t>Шкаф ШПК-320 НО из нержавеющей стали</t>
+  </si>
+  <si>
+    <t>13 570</t>
+  </si>
+  <si>
+    <t>14 113</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПК-320 ВЗ из нержавеющей стали </t>
+  </si>
+  <si>
+    <t>13 823</t>
+  </si>
+  <si>
+    <t>14 376</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПК-320 ВО из нержавеющей стали </t>
+  </si>
+  <si>
+    <t>14 135</t>
+  </si>
+  <si>
+    <t>14 701</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф пожарный ШПК-320 НЗК Премиум </t>
+  </si>
+  <si>
+    <t>4 704</t>
+  </si>
+  <si>
+    <t>4 972</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф  ШПК-320 НЗБ Премиум </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф пожарный ШПК-320 НОК Премиум </t>
+  </si>
+  <si>
+    <t>5 009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПК-320 НОБ Премиум </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПК-320 ВЗК Премиум </t>
+  </si>
+  <si>
+    <t>5 039</t>
+  </si>
+  <si>
+    <t>5 325</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПК-320 ВЗБ Премиум </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПК-320 ВОК Премиум </t>
+  </si>
+  <si>
+    <t>5 344</t>
+  </si>
+  <si>
+    <t>5 648</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПК-320 ВОБ Премиум </t>
+  </si>
+  <si>
+    <t>Шкафы пожарные для двух кранов, двух рукавов и двух огнетушителей (ШПК-320-12)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПК-320-12 ВОК </t>
+  </si>
+  <si>
+    <t>5 414</t>
+  </si>
+  <si>
+    <t>5 631</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПК-320-12 НОК </t>
+  </si>
+  <si>
+    <t>5 182</t>
+  </si>
+  <si>
+    <t>5 389</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПК-320-12 ВЗК </t>
+  </si>
+  <si>
+    <t>5 258</t>
+  </si>
+  <si>
+    <t>5 468</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф пожарный ШПК-320-12 НЗК </t>
+  </si>
+  <si>
+    <t>4 935</t>
+  </si>
+  <si>
+    <t>5 133</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф  ШПК-320-12 НЗБ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПК-320-12 ВЗБ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПК-320-12 НОБ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПК-320-12 ВОБ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПК-320-12 ВЗ из нержавеющей стали </t>
+  </si>
+  <si>
+    <t>22 302</t>
+  </si>
+  <si>
+    <t>23 194</t>
+  </si>
+  <si>
+    <t>Шкаф ШПК-320-12 ВО из нержавеющей стали</t>
+  </si>
+  <si>
+    <t>22 615</t>
+  </si>
+  <si>
+    <t>23 520</t>
+  </si>
+  <si>
+    <t>Шкаф ШПК-320-12 НЗ из нержавеющей стали</t>
+  </si>
+  <si>
+    <t>21 485</t>
+  </si>
+  <si>
+    <t>22 345</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПК-320-12 НО из нержавеющей стали </t>
+  </si>
+  <si>
+    <t>21 673</t>
+  </si>
+  <si>
+    <t>22 540</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф пожарный ШПК-320-12 НЗК Премиум </t>
+  </si>
+  <si>
+    <t>6 160</t>
+  </si>
+  <si>
+    <t>6 407</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф  ШПК-320-12 НЗБ Премиум </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПК-320-12 НОК Премиум </t>
+  </si>
+  <si>
+    <t>6 470</t>
+  </si>
+  <si>
+    <t>6 729</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПК-320-12 НОБ Премиум </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПК-320-12 ВЗК Премиум </t>
+  </si>
+  <si>
+    <t>6 565</t>
+  </si>
+  <si>
+    <t>6 828</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПК-320-12 ВЗБ Премиум </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПК-320-12 ВОК Премиум </t>
+  </si>
+  <si>
+    <t>6 760</t>
+  </si>
+  <si>
+    <t>7 031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПК-320-12 ВОБ Премиум </t>
+  </si>
+  <si>
+    <t>Шкафы пожарные ШПК-320-21 для двух кранов и двух рукавов</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф пожарный ШПК-320-21 НЗК </t>
+  </si>
+  <si>
+    <t>3 238</t>
+  </si>
+  <si>
+    <t>3 422</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф пожарный ШПК-320-21 ВЗК </t>
+  </si>
+  <si>
+    <t>3 474</t>
+  </si>
+  <si>
+    <t>3 672</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф пожарный ШПК-320-21 НОК </t>
+  </si>
+  <si>
+    <t>3 481</t>
+  </si>
+  <si>
+    <t>3 679</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф пожарный ШПК-320-21 ВОК </t>
+  </si>
+  <si>
+    <t>3 683</t>
+  </si>
+  <si>
+    <t>3 893</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф пожарный ШПК-320-21 НЗБ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф пожарный ШПК-320-21 ВЗБ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф пожарный ШПК-320-21 НОБ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф пожарный ШПК-320-21 ВОБ </t>
+  </si>
+  <si>
+    <t>Шкаф пожарный ШПК-320-21 НЗ из нержавеющей стали</t>
+  </si>
+  <si>
+    <t>13 634</t>
+  </si>
+  <si>
+    <t>14 180</t>
+  </si>
+  <si>
+    <t>Шкаф пожарный ШПК-320-21 НО из нержавеющей стали</t>
+  </si>
+  <si>
+    <t>14 198</t>
+  </si>
+  <si>
+    <t>14 766</t>
+  </si>
+  <si>
+    <t>Шкаф пожарный ШПК-320-21 ВЗ из нержавеющей стали</t>
+  </si>
+  <si>
+    <t>14 450</t>
+  </si>
+  <si>
+    <t>15 028</t>
+  </si>
+  <si>
+    <t>Шкаф пожарный ШПК-320-21 ВО из нержавеющей стали</t>
+  </si>
+  <si>
+    <t>14 763</t>
+  </si>
+  <si>
+    <t>15 353</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф пожарный ШПК-320-21 НЗК Премиум </t>
+  </si>
+  <si>
+    <t>5 187</t>
+  </si>
+  <si>
+    <t>5 483</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф пожарный ШПК-320-21 НЗБ Премиум </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф пожарный ШПК-320-21 НОК Премиум </t>
+  </si>
+  <si>
+    <t>5 522</t>
+  </si>
+  <si>
+    <t>5 836</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф пожарный ШПК-320-21 НОБ Премиум </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф пожарный ШПК-320-21 ВЗК Премиум </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф пожарный ШПК-320-21 ВЗБ Премиум </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф пожарный ШПК-320-21 ВОК Премиум </t>
+  </si>
+  <si>
+    <t>5 827</t>
+  </si>
+  <si>
+    <t>6 159</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф пожарный ШПК-320-21 ВОБ Премиум </t>
+  </si>
+  <si>
+    <t>Шкафы пожарные для одного огнетушителя (ШПО-102)</t>
+  </si>
+  <si>
+    <t>Шкаф ШПО-102 НОБ</t>
+  </si>
+  <si>
+    <t>1 187</t>
+  </si>
+  <si>
+    <t>1 255</t>
+  </si>
+  <si>
+    <t>Шкаф ШПО-102 НОК</t>
+  </si>
+  <si>
+    <t>Шкаф ШПО-102 НЗК</t>
+  </si>
+  <si>
+    <t>1 058</t>
+  </si>
+  <si>
+    <t>1 118</t>
+  </si>
+  <si>
+    <t>Шкаф ШПО-102 НЗБ</t>
+  </si>
+  <si>
+    <t>Шкаф-ящик для огнетушителя  «ADAMANT» пластиковый</t>
+  </si>
+  <si>
+    <t>Шкаф-ящик для огнетушителя «Kristal» пластиковый (до 6 кг)</t>
+  </si>
+  <si>
+    <t>Шкаф-ящик для огнетушителя «Kristal» пластиковый (до 12 кг)</t>
+  </si>
+  <si>
+    <t>Шкаф-ящик для огнетушителя «Partex» пластиковый (до 8 кг)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПО-102 НЗ из нержавеющей стали </t>
+  </si>
+  <si>
+    <t>4 777</t>
+  </si>
+  <si>
+    <t>4 968</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф   ШПО-102 НО из нержавеющей стали </t>
+  </si>
+  <si>
+    <t>4 903</t>
+  </si>
+  <si>
+    <t>5 099</t>
+  </si>
+  <si>
+    <t>Шкаф ШПО-102 НЗК угловой</t>
+  </si>
+  <si>
+    <t>1 350</t>
+  </si>
+  <si>
+    <t>1 427</t>
+  </si>
+  <si>
+    <t>Шкаф ШПО-102 НЗБ угловой</t>
+  </si>
+  <si>
+    <t>Шкаф ШПО-102 НОК угловой</t>
+  </si>
+  <si>
+    <t>1 382</t>
+  </si>
+  <si>
+    <t>1 460</t>
+  </si>
+  <si>
+    <t>Шкаф ШПО-102 НОБ угловой</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПО-102 ВОК </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПО-102 ВОБ </t>
+  </si>
+  <si>
+    <t>Шкафы пожарные для двух огнетушителей ШПО-112</t>
+  </si>
+  <si>
+    <t>Шкаф пожарный ШПО-112 НЗК</t>
+  </si>
+  <si>
+    <t>1 413</t>
+  </si>
+  <si>
+    <t>1 493</t>
+  </si>
+  <si>
+    <t>Шкаф ШПО-112 НЗБ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПО-112 НОК   </t>
+  </si>
+  <si>
+    <t>1 580</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШПО-112 НОБ   </t>
+  </si>
+  <si>
+    <t>Шкаф  ШПО-112 НЗ из нержавеющей стали</t>
+  </si>
+  <si>
+    <t>6 158</t>
+  </si>
+  <si>
+    <t>6 404</t>
+  </si>
+  <si>
+    <t>Шкаф ШПО-112 НО из нержавеющей стали</t>
+  </si>
+  <si>
+    <t>6 410</t>
+  </si>
+  <si>
+    <t>6 667</t>
+  </si>
+  <si>
+    <t>Шкафы пожарные “нестандарт”</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф ШП-01 (820*720*240) </t>
+  </si>
+  <si>
+    <t>Шкаф НЕСТАНДАРТ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ящик почтовый подъездный </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф для утилизации отходов </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф пожарный для лестницы </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Контейнер для рукава пожарного </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф двойной для огнетушителей, рукава и СИЗОД </t>
+  </si>
+  <si>
+    <t>Угловая рамка</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф под навесной замок </t>
+  </si>
+  <si>
+    <t>Шкафы для ключей и шкафы-аптечки</t>
+  </si>
+  <si>
+    <t>Шкаф для ключей К-01 под 1 ключ, с молотком</t>
+  </si>
+  <si>
+    <t>Шкаф для ключей К-01 под 1 ключ</t>
+  </si>
+  <si>
+    <t>Шкаф-аптечка металлический 300х250х100 мм</t>
+  </si>
+  <si>
+    <t>Шкаф для ключей КД-174 (на 40 ключей)</t>
+  </si>
+  <si>
+    <t>Шкаф для ключей КД-179 (на 95 ключей)</t>
+  </si>
+  <si>
+    <t>Шкаф для ключей К-50 (без брелоков)</t>
+  </si>
+  <si>
+    <t>Шкаф для ключей К-100 (без брелоков)</t>
   </si>
   <si>
     <t>1 022</t>
   </si>
   <si>
-    <t xml:space="preserve">Огнетушитель ОП-50 ABCE передвижной Огнеборец </t>
-[...2 lines deleted...]
-    <t>5 105</t>
+    <t>Шкаф для ключей К-20 (с брелоками)</t>
+  </si>
+  <si>
+    <t>Шкаф для ключей К-20 (без брелоков)</t>
+  </si>
+  <si>
+    <t>Шкаф для ключей К-50 (с брелоками)</t>
+  </si>
+  <si>
+    <t>1 417</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф для ключей К-100 (с брелоками) </t>
+  </si>
+  <si>
+    <t>1 832</t>
+  </si>
+  <si>
+    <t>1 905</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф для ключей К-10 (с брелоками) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф для ключей К-10 (без брелоков) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф для ключей К-40 (с брелоками) </t>
+  </si>
+  <si>
+    <t>1 252</t>
+  </si>
+  <si>
+    <t>1 302</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф для ключей К-40 (без брелоков) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф для ключей К-60 (с брелоками) </t>
+  </si>
+  <si>
+    <t>1 583</t>
+  </si>
+  <si>
+    <t>1 646</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф для ключей К-60 (без брелоков) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф для ключей К-30 (с брелоками) </t>
+  </si>
+  <si>
+    <t>1 084</t>
+  </si>
+  <si>
+    <t>1 128</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф для ключей К-30 (без брелоков) </t>
+  </si>
+  <si>
+    <t>Изделия из нержавеющей стали</t>
+  </si>
+  <si>
+    <t>Диспенсеры для СИЗ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Диспенсер для бахил </t>
+  </si>
+  <si>
+    <t>2 675</t>
+  </si>
+  <si>
+    <t>2 782</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Диспенсер для перчаток </t>
+  </si>
+  <si>
+    <t>1 629</t>
+  </si>
+  <si>
+    <t>1 694</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Диспенсер для перчаток двухсекционный </t>
+  </si>
+  <si>
+    <t>2 053</t>
+  </si>
+  <si>
+    <t>2 135</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Диспенсер для перчаток трехсекционный </t>
+  </si>
+  <si>
+    <t>2 770</t>
+  </si>
+  <si>
+    <t>2 881</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Диспенсер для бахил и пакетов </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Настенный держатель для перчаток </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Диспенсер для масок и перчаток двухсекционный </t>
+  </si>
+  <si>
+    <t>Пеногенераторы средней кратности из нержавеющей стали</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Генератор пены средней кратности ГПС-200 "БАЛТИКА" из нержавеющей стали </t>
+  </si>
+  <si>
+    <t>3 630</t>
+  </si>
+  <si>
+    <t>3 776</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Генератор пены средней кратности ГПС-600 "БАЛТИКА" из нержавеющей стали </t>
+  </si>
+  <si>
+    <t>6 353</t>
+  </si>
+  <si>
+    <t>6 607</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Генератор пены средней кратности ГПС-2000 "БАЛТИКА" из нержавеющей стали </t>
+  </si>
+  <si>
+    <t>21 055</t>
+  </si>
+  <si>
+    <t>21 898</t>
+  </si>
+  <si>
+    <t>Подставки для огнетушителя из нержавеющей стали</t>
+  </si>
+  <si>
+    <t>Противопожарные муфты из нержавеющей стали</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противопожарная муфта «БАЛТИКА ПМ» 16 из нержавеющей стали </t>
+  </si>
+  <si>
+    <t>Противопожарная муфта «БАЛТИКА ПМ» 20 из нержавеющей стали</t>
+  </si>
+  <si>
+    <t>Противопожарная муфта «БАЛТИКА ПМ» 25 из нержавеющей стали</t>
+  </si>
+  <si>
+    <t>Противопожарная муфта «БАЛТИКА ПМ» 32 из нержавеющей стали</t>
+  </si>
+  <si>
+    <t>Противопожарная муфта «БАЛТИКА ПМ» 40 из нержавеющей стали</t>
+  </si>
+  <si>
+    <t>Противопожарная муфта «БАЛТИКА ПМ» 50 из нержавеющей стали</t>
+  </si>
+  <si>
+    <t>Противопожарная муфта «БАЛТИКА ПМ» 65 из нержавеющей стали</t>
+  </si>
+  <si>
+    <t>Противопожарная муфта «БАЛТИКА ПМ» 80 из нержавеющей стали</t>
+  </si>
+  <si>
+    <t>Противопожарная муфта «БАЛТИКА ПМ» 90 из нержавеющей стали</t>
+  </si>
+  <si>
+    <t>Противопожарная муфта «БАЛТИКА ПМ» 110 из нержавеющей стали</t>
+  </si>
+  <si>
+    <t>Шкафы пожарные из нержавеющей стали</t>
+  </si>
+  <si>
+    <t>Шкафы пожарные для крана и рукава (ШПК-310) из нержавеющей стали</t>
+  </si>
+  <si>
+    <t>Шкафы пожарные для крана, рукава и огнетушителя (ШПК-315) из нержавеющей стали</t>
+  </si>
+  <si>
+    <t>Шкафы пожарные для крана, рукава и двух огнетушителей (ШПК-320) из нержавеющей стали</t>
+  </si>
+  <si>
+    <t>Шкафы пожарные  ШПК-320-12 из нержавеющей стали</t>
+  </si>
+  <si>
+    <t>Шкафы пожарные для двух кранов и двух рукавов (ШПК-320-21) из нержавеющей стали</t>
+  </si>
+  <si>
+    <t>Шкафы пожарные для одного огнетушителя (ШПО-102) из нержавеющей стали</t>
+  </si>
+  <si>
+    <t>Шкафы пожарные для двух огнетушителей (ШПО-112) из нержавеющей стали</t>
+  </si>
+  <si>
+    <t>Щиты пожарные из нержавеющей стали</t>
+  </si>
+  <si>
+    <t>Щит пожарный закрытый из нержавеющей стали (2 двери оргстекло)</t>
+  </si>
+  <si>
+    <t>23 208</t>
+  </si>
+  <si>
+    <t>24 136</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Щит пожарный со стойкой из нержавеющей стали (2 двери оргстекло) </t>
+  </si>
+  <si>
+    <t>28 704</t>
+  </si>
+  <si>
+    <t>29 852</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Щит пожарный комбинированный "Модуль" из нержавеющей стали (2 двери оргстекло) </t>
+  </si>
+  <si>
+    <t>43 362</t>
+  </si>
+  <si>
+    <t>45 096</t>
+  </si>
+  <si>
+    <t>Щит пожарный закрытый из нержавеющей стали (1 дверь сетка)</t>
+  </si>
+  <si>
+    <t>21 988</t>
+  </si>
+  <si>
+    <t>22 867</t>
+  </si>
+  <si>
+    <t>Щит пожарный со стойкой из нержавеющей стали (1 дверь сетка)</t>
+  </si>
+  <si>
+    <t>27 483</t>
+  </si>
+  <si>
+    <t>28 582</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Щит пожарный закрытый из нержавеющей стали (2 двери сетка) </t>
+  </si>
+  <si>
+    <t>22 293</t>
+  </si>
+  <si>
+    <t>23 185</t>
+  </si>
+  <si>
+    <t>Щит пожарный со стойкой из нержавеющей стали (2 двери сетка)</t>
+  </si>
+  <si>
+    <t>27 788</t>
+  </si>
+  <si>
+    <t>28 899</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Щит пожарный комбинированный "Модуль" из нержавеющей стали (2 двери сетка) </t>
+  </si>
+  <si>
+    <t>42 750</t>
+  </si>
+  <si>
+    <t>44 460</t>
+  </si>
+  <si>
+    <t>Щит пожарный комбинированный "Модуль" из нержавеющей стали (1 дверь сетка)</t>
+  </si>
+  <si>
+    <t>Контейнеры для утилизации</t>
+  </si>
+  <si>
+    <t>Контейнер для ртутных ламп КРЛ 0</t>
+  </si>
+  <si>
+    <t>2 524</t>
+  </si>
+  <si>
+    <t>2 625</t>
+  </si>
+  <si>
+    <t>Контейнер для ртутных ламп КРЛ 1-30</t>
+  </si>
+  <si>
+    <t>3 212</t>
+  </si>
+  <si>
+    <t>3 340</t>
+  </si>
+  <si>
+    <t>Контейнер для ртутных ламп КРЛ 1-90</t>
+  </si>
+  <si>
+    <t>5 619</t>
+  </si>
+  <si>
+    <t>5 844</t>
+  </si>
+  <si>
+    <t>Контейнер для ртутных ламп КРЛ 1-120</t>
+  </si>
+  <si>
+    <t>5 734</t>
+  </si>
+  <si>
+    <t>5 964</t>
+  </si>
+  <si>
+    <t>Контейнер для ртутных ламп КРЛ 1-180</t>
+  </si>
+  <si>
+    <t>5 962</t>
+  </si>
+  <si>
+    <t>6 200</t>
+  </si>
+  <si>
+    <t>Контейнер для ртутных ламп КРЛ 2-60</t>
+  </si>
+  <si>
+    <t>6 650</t>
+  </si>
+  <si>
+    <t>6 916</t>
+  </si>
+  <si>
+    <t>Контейнер для ртутных ламп КРЛ 2-120</t>
+  </si>
+  <si>
+    <t>8 714</t>
+  </si>
+  <si>
+    <t>9 063</t>
+  </si>
+  <si>
+    <t>Комплект демеркуризационный Балтика ДК-1</t>
+  </si>
+  <si>
+    <t>1 644</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тубус для ртутных ламп ТРЛ 0-30 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тубус для ртутных ламп ТРЛ 1-30 </t>
+  </si>
+  <si>
+    <t>1 207</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тубус для ртутных ламп ТРЛ 1-50 </t>
+  </si>
+  <si>
+    <t>1 550</t>
+  </si>
+  <si>
+    <t>1 612</t>
+  </si>
+  <si>
+    <t>Тубус для ртутных ламп ТРЛ 1-90</t>
+  </si>
+  <si>
+    <t>2 088</t>
+  </si>
+  <si>
+    <t>2 171</t>
+  </si>
+  <si>
+    <t>Тубус для ртутных ламп ТРЛ 2-50</t>
+  </si>
+  <si>
+    <t>1 723</t>
+  </si>
+  <si>
+    <t>1 792</t>
+  </si>
+  <si>
+    <t>Тубус для ртутных ламп ТРЛ 2-90</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Комплект демеркуризационный Балтика ДК-2 </t>
+  </si>
+  <si>
+    <t>2 065</t>
+  </si>
+  <si>
+    <t>2 148</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Контейнер для сбора батареек 01 </t>
+  </si>
+  <si>
+    <t>1 029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ящик для сбора батареек 02 </t>
+  </si>
+  <si>
+    <t>1 065</t>
+  </si>
+  <si>
+    <t>1 108</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ящик для ветоши </t>
+  </si>
+  <si>
+    <t>5 408</t>
+  </si>
+  <si>
+    <t>5 624</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тубус для ртутных ламп ТРЛ 0-90 </t>
+  </si>
+  <si>
+    <t>1 703</t>
+  </si>
+  <si>
+    <t>Краны пожарные (вентили, клапаны) и комплектующие</t>
+  </si>
+  <si>
+    <t>Диафрагма (д. 50мм)</t>
+  </si>
+  <si>
+    <t>Кран КПЧ 50-1</t>
+  </si>
+  <si>
+    <t>1 619</t>
+  </si>
+  <si>
+    <t>Маховик (барашек) к вентилю</t>
+  </si>
+  <si>
+    <t>Кран шаровый "бабочка" д. 15 мм</t>
+  </si>
+  <si>
+    <t>Кран КПЛП-65-1</t>
+  </si>
+  <si>
+    <t>4 117</t>
+  </si>
+  <si>
+    <t>4 352</t>
+  </si>
+  <si>
+    <t>Кран КПЛП 50-1</t>
+  </si>
+  <si>
+    <t>2 288</t>
+  </si>
+  <si>
+    <t>2 418</t>
+  </si>
+  <si>
+    <t>Кран КПЛ 65-1</t>
+  </si>
+  <si>
+    <t>3 668</t>
+  </si>
+  <si>
+    <t>3 877</t>
+  </si>
+  <si>
+    <t>Кран КПЛ 50-1</t>
+  </si>
+  <si>
+    <t>2 413</t>
+  </si>
+  <si>
+    <t>2 550</t>
+  </si>
+  <si>
+    <t>Кран КПЧМ-65-1</t>
+  </si>
+  <si>
+    <t>1 946</t>
+  </si>
+  <si>
+    <t>2 057</t>
+  </si>
+  <si>
+    <t>Кран КПЧМ-50-1</t>
+  </si>
+  <si>
+    <t>1 617</t>
+  </si>
+  <si>
+    <t>1 709</t>
+  </si>
+  <si>
+    <t>Кран КПЧП-65-1</t>
+  </si>
+  <si>
+    <t>2 104</t>
+  </si>
+  <si>
+    <t>2 223</t>
+  </si>
+  <si>
+    <t>Кран КПЧ 65-1</t>
+  </si>
+  <si>
+    <t>1 849</t>
+  </si>
+  <si>
+    <t>1 954</t>
+  </si>
+  <si>
+    <t>Кран КПЧП 50-1</t>
+  </si>
+  <si>
+    <t>1 682</t>
+  </si>
+  <si>
+    <t>1 778</t>
+  </si>
+  <si>
+    <t>Диафрагма (д. 65мм)</t>
+  </si>
+  <si>
+    <t>Кран КПЛМ-50-1</t>
+  </si>
+  <si>
+    <t>2 459</t>
+  </si>
+  <si>
+    <t>2 599</t>
+  </si>
+  <si>
+    <t>Кран КПЛМ-65-1</t>
+  </si>
+  <si>
+    <t>3 807</t>
+  </si>
+  <si>
+    <t>4 024</t>
+  </si>
+  <si>
+    <t>Кран КПЧМ-50-1 с датчиком ДППК</t>
+  </si>
+  <si>
+    <t>2 759</t>
+  </si>
+  <si>
+    <t>2 916</t>
+  </si>
+  <si>
+    <t>Кран КПЛ-50-1 с датчиком ДППК</t>
+  </si>
+  <si>
+    <t>3 555</t>
+  </si>
+  <si>
+    <t>3 757</t>
+  </si>
+  <si>
+    <t>Кран КПК 50-1</t>
+  </si>
+  <si>
+    <t>1 384</t>
+  </si>
+  <si>
+    <t>1 463</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кран КПК-65-1 </t>
+  </si>
+  <si>
+    <t>1 671</t>
+  </si>
+  <si>
+    <t>1 766</t>
+  </si>
+  <si>
+    <t>Кран КПАЛ-50</t>
+  </si>
+  <si>
+    <t>2 246</t>
+  </si>
+  <si>
+    <t>2 374</t>
+  </si>
+  <si>
+    <t>Кран КПАЛ-65</t>
+  </si>
+  <si>
+    <t>3 554</t>
+  </si>
+  <si>
+    <t>3 756</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Резьба ду. 50 </t>
+  </si>
+  <si>
+    <t>Резьба ду. 65</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Резьба ду. 80 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кран КПК 50 125° </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кран КПК-65 125° </t>
+  </si>
+  <si>
+    <t>1 020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кран КПЛ 50 125° </t>
+  </si>
+  <si>
+    <t>1 711</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кран КПЛ 65 125° </t>
+  </si>
+  <si>
+    <t>2 930</t>
+  </si>
+  <si>
+    <t>3 097</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кран КПЛ 50 90° </t>
+  </si>
+  <si>
+    <t>1 726</t>
+  </si>
+  <si>
+    <t>1 824</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кран КПЛП 50 </t>
+  </si>
+  <si>
+    <t>1 524</t>
+  </si>
+  <si>
+    <t>1 611</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кран КПЛП 50 (муфта-муфта) </t>
+  </si>
+  <si>
+    <t>1 546</t>
+  </si>
+  <si>
+    <t>Рукава пожарные</t>
+  </si>
+  <si>
+    <t>Рукава напорные РПК(В) 1,0 МПа для пожарных кранов и мотопомп</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав РПК (В) д. 80 мм </t>
+  </si>
+  <si>
+    <t>3 515</t>
+  </si>
+  <si>
+    <t>3 715</t>
+  </si>
+  <si>
+    <t>Рукав РПК (В) д. 50 мм с головками ГР-50П</t>
+  </si>
+  <si>
+    <t>1 239</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав РПК (В) д. 50 мм с головкой ГР-50АП и стволом РС-50.01А </t>
+  </si>
+  <si>
+    <t>1 323</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав напорный РПК (В) д. 65 мм </t>
+  </si>
+  <si>
+    <t>1 326</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав РПК, тип "Сибтекс" д. 50 мм </t>
+  </si>
+  <si>
+    <t>1 925</t>
+  </si>
+  <si>
+    <t>2 035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав РПК, тип "Сибтекс" д. 50 мм с головками ГР-50АП </t>
+  </si>
+  <si>
+    <t>2 274</t>
+  </si>
+  <si>
+    <t>2 403</t>
+  </si>
+  <si>
+    <t>Рукав РПК, тип "Сибтекс"  д. 50 мм с головками ГР-50П</t>
+  </si>
+  <si>
+    <t>2 183</t>
+  </si>
+  <si>
+    <t>2 307</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав РПК, тип "Сибтекс"  д. 50 мм с головками ГР-50АП и стволом РС-50.01А </t>
+  </si>
+  <si>
+    <t>2 383</t>
+  </si>
+  <si>
+    <t>2 519</t>
+  </si>
+  <si>
+    <t>Рукав РПК, тип "Сибтекс"  д. 65 мм</t>
+  </si>
+  <si>
+    <t>3 057</t>
+  </si>
+  <si>
+    <t>3 231</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав РПК (В) д. 80 мм с головками ГР-80АП </t>
+  </si>
+  <si>
+    <t>4 332</t>
+  </si>
+  <si>
+    <t>4 579</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав РПК (В) д. 65 мм с головками ГР-65АП </t>
+  </si>
+  <si>
+    <t>1 569</t>
+  </si>
+  <si>
+    <t>1 658</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав РПК, тип "Сибтекс"  д. 65 мм с головками ГР-65АП </t>
+  </si>
+  <si>
+    <t>3 623</t>
+  </si>
+  <si>
+    <t>3 829</t>
+  </si>
+  <si>
+    <t>Рукав РПК (В) д. 50 мм с головками ГР-50АП</t>
+  </si>
+  <si>
+    <t>1 241</t>
+  </si>
+  <si>
+    <t>1 312</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный РПК (В) д. 50 мм </t>
+  </si>
+  <si>
+    <t>1 082</t>
+  </si>
+  <si>
+    <t>Рукав РПК (В) д. 50 мм с головкой ГР-50П и стволом РС-50.01П</t>
+  </si>
+  <si>
+    <t>1 161</t>
+  </si>
+  <si>
+    <t>1 227</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав РПК (В) д. 65 мм с головкой ГР-65АП и стволом РС-70.01А </t>
+  </si>
+  <si>
+    <t>1 618</t>
+  </si>
+  <si>
+    <t>1 710</t>
+  </si>
+  <si>
+    <t>Рукав РПК, тип "Универсал" д. 25 мм</t>
+  </si>
+  <si>
+    <t>1 780</t>
+  </si>
+  <si>
+    <t>Рукав РПК, тип "Универсал" д. 25 мм с головками ГР-25</t>
+  </si>
+  <si>
+    <t>2 388</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав РПК, тип "Универсал" д. 50 мм </t>
+  </si>
+  <si>
+    <t>2 302</t>
+  </si>
+  <si>
+    <t>2 433</t>
+  </si>
+  <si>
+    <t>Рукав РПК, тип "Универсал" д. 50 мм с головками ГР-50АП</t>
+  </si>
+  <si>
+    <t>3 542</t>
+  </si>
+  <si>
+    <t>3 743</t>
+  </si>
+  <si>
+    <t>Рукав РПК, тип "Универсал" д. 50 мм с головками ГР-50П</t>
+  </si>
+  <si>
+    <t>3 417</t>
+  </si>
+  <si>
+    <t>3 611</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав РПК, тип "Универсал" д. 50 мм с головками ГР-50АП и стволом РС-50.01А </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав РПК, тип "Универсал" д. 65 мм </t>
+  </si>
+  <si>
+    <t>5 833</t>
+  </si>
+  <si>
+    <t>6 165</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав РПК, тип "Универсал" д. 65 мм с головками ГР-65АП </t>
+  </si>
+  <si>
+    <t>6 538</t>
+  </si>
+  <si>
+    <t>6 910</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав РПК, тип "Универсал" д. 65 мм с головкой ГР-65АП и стволом РС-70.01А </t>
+  </si>
+  <si>
+    <t>6 783</t>
+  </si>
+  <si>
+    <t>7 169</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав РПК, тип "Универсал" д. 38 мм </t>
+  </si>
+  <si>
+    <t>1 841</t>
+  </si>
+  <si>
+    <t>1 945</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав РПК, тип "Универсал" д. 38 мм с головками ГР-38/50 </t>
+  </si>
+  <si>
+    <t>3 303</t>
+  </si>
+  <si>
+    <t>3 490</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Классик" РПК(В)-25-1,0-УХЛ1 </t>
+  </si>
+  <si>
+    <t>1 040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Классик" РПК(В)-25-1,0-УХЛ1 с ГР-25А </t>
+  </si>
+  <si>
+    <t>1 599</t>
+  </si>
+  <si>
+    <t>1 690</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Классик" РПК(В)-40-1,0-УХЛ1 </t>
+  </si>
+  <si>
+    <t>1 230</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Классик" РПК(В)-40-1,0-УХЛ1 с ГР-38/50А </t>
+  </si>
+  <si>
+    <t>1 845</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Классик" РПК(В)-50-1,0-УХЛ1 </t>
+  </si>
+  <si>
+    <t>1 169</t>
+  </si>
+  <si>
+    <t>1 235</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Классик" РПК(В)-50-1,0-УХЛ1 с ГР-50А/П </t>
+  </si>
+  <si>
+    <t>1 452</t>
+  </si>
+  <si>
+    <t>1 534</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Классик" РПК(В)-65-1,0-УХЛ1 </t>
+  </si>
+  <si>
+    <t>1 722</t>
+  </si>
+  <si>
+    <t>1 820</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Классик" РПК(В)-50-1,0-УХЛ1 с ГР-50А/П и РС-50.01А </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Классик" РПК(В)-65-1,0-УХЛ1 с ГР-65А/П </t>
+  </si>
+  <si>
+    <t>2 141</t>
+  </si>
+  <si>
+    <t>2 262</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Классик" РПК(В)-65-1,0-УХЛ1 с ГР-65А/П и РС 70.01А </t>
+  </si>
+  <si>
+    <t>2 214</t>
+  </si>
+  <si>
+    <t>2 340</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Классик" РПК(В)-80-1,0-УХЛ1 </t>
+  </si>
+  <si>
+    <t>2 153</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Классик" РПК(В)-80-1,0-УХЛ1 с ГР-80А/П </t>
+  </si>
+  <si>
+    <t>2 706</t>
+  </si>
+  <si>
+    <t>2 860</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Классик" РПК(В)-100-0,8-УХЛ1 </t>
+  </si>
+  <si>
+    <t>3 321</t>
+  </si>
+  <si>
+    <t>3 510</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Классик" РПК(В)-100-0,8-УХЛ1 с ГР-100А </t>
+  </si>
+  <si>
+    <t>4 920</t>
+  </si>
+  <si>
+    <t>5 200</t>
+  </si>
+  <si>
+    <t>Рукава напорные РПМ(П, Д) 1,6 МПа латексированные</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Латексированный" РПМ(Д)-40-1,6-ИМ-УХЛ1 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав РПМ-П латексированный д. 38 мм с головками ГР-38/50 </t>
+  </si>
+  <si>
+    <t>8 825</t>
+  </si>
+  <si>
+    <t>9 178</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Типа Латекс" РПМ(П)-50-1,6-М-УХЛ1 </t>
+  </si>
+  <si>
+    <t>2 233</t>
+  </si>
+  <si>
+    <t>2 360</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Типа Латекс" РПМ(П)-50-1,6-М-УХЛ1 с ГР-50 А/П </t>
+  </si>
+  <si>
+    <t>2 596</t>
+  </si>
+  <si>
+    <t>2 743</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Типа Латекс" РПМ(П)-50-1,6-М-УХЛ1 с ГР-50 А/П и РС-50.01А </t>
+  </si>
+  <si>
+    <t>2 620</t>
+  </si>
+  <si>
+    <t>2 769</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Типа Латекс" РПМ(П)-65-1,6-М-УХЛ1 </t>
+  </si>
+  <si>
+    <t>2 903</t>
+  </si>
+  <si>
+    <t>3 068</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Типа Латекс" РПМ(П)-65-1,6-М-УХЛ1 с ГР-65 А/П </t>
+  </si>
+  <si>
+    <t>3 383</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Типа Латекс" РПМ(П)-65-1,6-М-УХЛ1 с ГР-65 А/П и РС-70.01А </t>
+  </si>
+  <si>
+    <t>3 601</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Типа Латекс" РПМ(П)-80-1,6-М-УХЛ1 </t>
+  </si>
+  <si>
+    <t>3 690</t>
+  </si>
+  <si>
+    <t>3 900</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Типа Латекс" РПМ(П)-80-1,6-М-УХЛ1 с ГР-80 А/П </t>
+  </si>
+  <si>
+    <t>4 342</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Латексированный" РПМ(Д)-50-1,6-ИМ-УХЛ1 </t>
+  </si>
+  <si>
+    <t>5 567</t>
+  </si>
+  <si>
+    <t>5 884</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Латексированный" РПМ(Д)-50-1,6-ИМ-УХЛ1 с ГР-50 А/П </t>
+  </si>
+  <si>
+    <t>5 916</t>
+  </si>
+  <si>
+    <t>6 252</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Латексированный" РПМ(Д)-50-1,6-ИМ-УХЛ1 с ГР-50 А/П и РС-50.01А </t>
+  </si>
+  <si>
+    <t>5 928</t>
+  </si>
+  <si>
+    <t>6 266</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Латексированный" РПМ(Д)-65-1,6-ИМ-УХЛ1 </t>
+  </si>
+  <si>
+    <t>7 427</t>
+  </si>
+  <si>
+    <t>7 849</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Латексированный" РПМ(Д)-65-1,6-ИМ-УХЛ1 с ГР-65 А/П </t>
+  </si>
+  <si>
+    <t>7 917</t>
+  </si>
+  <si>
+    <t>8 368</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Латексированный" РПМ(Д)-65-1,6-ИМ-УХЛ1 с ГР-65 А/П и РС-70.01А </t>
+  </si>
+  <si>
+    <t>7 956</t>
+  </si>
+  <si>
+    <t>8 409</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Латексированный" РПМ(Д)-80-1,6-ИМ-УХЛ1 </t>
+  </si>
+  <si>
+    <t>9 428</t>
+  </si>
+  <si>
+    <t>9 965</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Латексированный" РПМ(Д)-80-1,6-ИМ-УХЛ1 с ГР-80 А/П </t>
+  </si>
+  <si>
+    <t>10 126</t>
+  </si>
+  <si>
+    <t>10 702</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Латексированный" РПМ(Д)-90-1,6-ИМ-УХЛ1 </t>
+  </si>
+  <si>
+    <t>11 237</t>
+  </si>
+  <si>
+    <t>11 876</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Латексированный" РПМ(Д)-90-1,6-ИМ-УХЛ1 с ГРВ-90*100 Ал. </t>
+  </si>
+  <si>
+    <t>13 090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Латексированный" РПМ(Д)-100-1,2-М-УХЛ1 </t>
+  </si>
+  <si>
+    <t>12 851</t>
+  </si>
+  <si>
+    <t>13 582</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Латексированный" РПМ(Д)-100-1,2-М-УХЛ1 с ГР-100 А </t>
+  </si>
+  <si>
+    <t>14 724</t>
+  </si>
+  <si>
+    <t>15 561</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Латексированный" РПМ(Д)-150-1,2-М-УХЛ1 </t>
+  </si>
+  <si>
+    <t>20 600</t>
+  </si>
+  <si>
+    <t>21 772</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Латексированный" РПМ(Д)-150-1,2-М-УХЛ1 с ГР-150 А </t>
+  </si>
+  <si>
+    <t>24 410</t>
+  </si>
+  <si>
+    <t>25 799</t>
+  </si>
+  <si>
+    <t>Рукава напорные РПМ(В) 1,6 МПа морозостойкие для пожарной техники</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав РПМ (В) 80-1,6, тип "Гетекс" ("Стандарт") д. 80 мм с ГР-80АП </t>
+  </si>
+  <si>
+    <t>5 278</t>
+  </si>
+  <si>
+    <t>5 579</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав РПМ-В, тип "Рутекс"  д. 80 мм с ГР-80АП </t>
+  </si>
+  <si>
+    <t>13 118</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав РПМ-В, тип "Рутекс"  д. 65 мм с ГР-65АП </t>
+  </si>
+  <si>
+    <t>10 845</t>
+  </si>
+  <si>
+    <t>11 438</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав РПМ-В, тип "Рутекс"  д. 50 мм с ГР-50АП </t>
+  </si>
+  <si>
+    <t>8 744</t>
+  </si>
+  <si>
+    <t>9 222</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав РПМ (В) 150-1,2, тип "Гетекс" ("Стандарт") д. 150 мм с ГР-150 </t>
+  </si>
+  <si>
+    <t>21 781</t>
+  </si>
+  <si>
+    <t>23 021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав РПМ-В, тип "Рутекс"  д. 50 мм </t>
+  </si>
+  <si>
+    <t>8 356</t>
+  </si>
+  <si>
+    <t>8 813</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав РПМ-В, тип "Рутекс"  д. 65 мм </t>
+  </si>
+  <si>
+    <t>10 398</t>
+  </si>
+  <si>
+    <t>10 967</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав РПМ (В) 100-1,2, тип "Гетекс" ("Стандарт") д. 100 мм </t>
+  </si>
+  <si>
+    <t>7 986</t>
+  </si>
+  <si>
+    <t>8 440</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав РПМ (В) 80-1,6, тип "Гетекс" ("Стандарт") д. 80 мм </t>
+  </si>
+  <si>
+    <t>4 409</t>
+  </si>
+  <si>
+    <t>4 660</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав РПМ (В) 65-1,6, тип "Гетекс" ("Стандарт") д. 65 мм с ГР-65АП </t>
+  </si>
+  <si>
+    <t>4 182</t>
+  </si>
+  <si>
+    <t>4 420</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав РПМ (В) 100-1,2, тип "Гетекс" ("Стандарт") д. 100 мм с ГРВ-100 </t>
+  </si>
+  <si>
+    <t>10 662</t>
+  </si>
+  <si>
+    <t>11 269</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав РПМ (В) 65-1,6, тип "Гетекс" ("Стандарт") д. 65 мм </t>
+  </si>
+  <si>
+    <t>3 576</t>
+  </si>
+  <si>
+    <t>3 780</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав РПМ (В) 50-1,6, тип "Гетекс" ("Стандарт") д. 50 мм </t>
+  </si>
+  <si>
+    <t>2 816</t>
+  </si>
+  <si>
+    <t>2 976</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав РПМ-В, тип "Рутекс"  д. 80 мм </t>
+  </si>
+  <si>
+    <t>12 341</t>
+  </si>
+  <si>
+    <t>13 016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав РПМ (В) 150-1,2, тип "Гетекс" ("Стандарт") д. 150 мм </t>
+  </si>
+  <si>
+    <t>17 018</t>
+  </si>
+  <si>
+    <t>17 986</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав РПМ (В) 50-1,6, тип "Гетекс" ("Стандарт") д. 50 мм с ГР-50АП </t>
+  </si>
+  <si>
+    <t>3 130</t>
+  </si>
+  <si>
+    <t>3 308</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Премиум" РПМ(В)-40-1,6-И-УХЛ1 </t>
+  </si>
+  <si>
+    <t>3 237</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Премиум" РПМ(В)-40-1,6-И-УХЛ1 с ГР-38/50 А </t>
+  </si>
+  <si>
+    <t>5 850</t>
+  </si>
+  <si>
+    <t>6 084</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Селект" РПМ(В)-50-1,6-УХЛ1 </t>
+  </si>
+  <si>
+    <t>1 793</t>
+  </si>
+  <si>
+    <t>1 895</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Селект" РПМ(В)-50-1,6-УХЛ1 c ГР-50А/П </t>
+  </si>
+  <si>
+    <t>2 154</t>
+  </si>
+  <si>
+    <t>2 277</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Селект" РПМ(В)-50-1,6-УХЛ1 с ГР-50 А/П и РС-50.01А </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Селект" РПМ(В)-65-1,6-УХЛ1 </t>
+  </si>
+  <si>
+    <t>2 464</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Селект" РПМ(В)-65-1,6-УХЛ1 c ГР-65А/П </t>
+  </si>
+  <si>
+    <t>2 826</t>
+  </si>
+  <si>
+    <t>2 986</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Селект" РПМ(В)-65-1,6-УХЛ1 с ГР-65 А/П и РС-70.01А </t>
+  </si>
+  <si>
+    <t>2 851</t>
+  </si>
+  <si>
+    <t>3 013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Селект" РПМ(В)-80-1,6-УХЛ1 </t>
+  </si>
+  <si>
+    <t>2 940</t>
+  </si>
+  <si>
+    <t>3 107</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Селект" РПМ(В)-80-1,6-УХЛ1 c ГР-80А/П </t>
+  </si>
+  <si>
+    <t>3 649</t>
+  </si>
+  <si>
+    <t>3 857</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Премиум" РПМ(В)-25-1,6-И-УХЛ1 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Премиум" РПМ(В)-25-1,6-И-УХЛ1 с ГР-25А </t>
+  </si>
+  <si>
+    <t>1 673</t>
+  </si>
+  <si>
+    <t>1 768</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Эксперт" РПМ(В)-50-1,6-И-УХЛ1 с ГР-50А/П </t>
+  </si>
+  <si>
+    <t>4 133</t>
+  </si>
+  <si>
+    <t>4 368</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Эксперт" РПМ(В)-50-1,6-И-УХЛ1 с ГР-50А/П и РС-50.01А </t>
+  </si>
+  <si>
+    <t>4 146</t>
+  </si>
+  <si>
+    <t>4 381</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Премиум" РПМ(В)-50-1,6-И-УХЛ1 </t>
+  </si>
+  <si>
+    <t>2 098</t>
+  </si>
+  <si>
+    <t>2 218</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Премиум" РПМ(В)-50-1,6-И-УХЛ1 с ГР-50А/П </t>
+  </si>
+  <si>
+    <t>2 469</t>
+  </si>
+  <si>
+    <t>2 610</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Премиум" РПМ(В)-50-1,6-И-УХЛ1 с ГР-50А/П и РС-50.01А </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Премиум" РПМ(В)-65-1,6-И-УХЛ1 </t>
+  </si>
+  <si>
+    <t>2 815</t>
+  </si>
+  <si>
+    <t>2 975</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Премиум" РПМ(В)-65-1,6-И-УХЛ1 с ГР-65А/П </t>
+  </si>
+  <si>
+    <t>3 516</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Премиум" РПМ(В)-65-1,6-И-УХЛ1 с ГР-65А/П и РС-70.01А </t>
+  </si>
+  <si>
+    <t>3 339</t>
+  </si>
+  <si>
+    <t>3 529</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Премиум" РПМ(В)-80-1,6-И-УХЛ1 </t>
+  </si>
+  <si>
+    <t>3 467</t>
+  </si>
+  <si>
+    <t>3 664</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Премиум" РПМ(В)-80-1,6-И-УХЛ1 с ГР-80А/П </t>
+  </si>
+  <si>
+    <t>4 183</t>
+  </si>
+  <si>
+    <t>4 422</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Премиум" РПМ(В)-100-1,2-УХЛ1 </t>
+  </si>
+  <si>
+    <t>4 823</t>
+  </si>
+  <si>
+    <t>5 098</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Премиум" РПМ(В)-100-1,2-УХЛ1 с ГР-100А </t>
+  </si>
+  <si>
+    <t>6 678</t>
+  </si>
+  <si>
+    <t>7 058</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Премиум" РПМ(В)-150-1,2-УХЛ1 </t>
+  </si>
+  <si>
+    <t>9 978</t>
+  </si>
+  <si>
+    <t>10 546</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Премиум" РПМ(В)-150-1,2-УХЛ1 с ГР-150А </t>
+  </si>
+  <si>
+    <t>13 688</t>
+  </si>
+  <si>
+    <t>14 467</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Эксперт" РПМ(В)-50-1,6-И-УХЛ1 </t>
+  </si>
+  <si>
+    <t>3 813</t>
+  </si>
+  <si>
+    <t>4 030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Эксперт" РПМ(В)-65-1,6-И-УХЛ1 </t>
+  </si>
+  <si>
+    <t>5 044</t>
+  </si>
+  <si>
+    <t>5 246</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Эксперт" РПМ(В)-65-1,6-И-УХЛ1 с ГР-65А/П </t>
+  </si>
+  <si>
+    <t>5 437</t>
+  </si>
+  <si>
+    <t>5 746</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Эксперт" РПМ(В)-65-1,6-И-УХЛ1 с ГР-65А/П и РС-70.01А </t>
+  </si>
+  <si>
+    <t>5 474</t>
+  </si>
+  <si>
+    <t>5 785</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Эксперт" РПМ(В)-80-1,6-И-УХЛ1 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Эксперт" РПМ(В)-80-1,6-И-УХЛ1 с ГР-80А/П </t>
+  </si>
+  <si>
+    <t>6 815</t>
+  </si>
+  <si>
+    <t>7 202</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Эксперт" РПМ(В)-100-1,2-УХЛ1 </t>
+  </si>
+  <si>
+    <t>9 113</t>
+  </si>
+  <si>
+    <t>9 477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Эксперт" РПМ(В)-100-1,2-УХЛ1 с ГР-100А </t>
+  </si>
+  <si>
+    <t>10 938</t>
+  </si>
+  <si>
+    <t>11 375</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Эксперт" РПМ(В)-150-1,2-УХЛ1 </t>
+  </si>
+  <si>
+    <t>15 063</t>
+  </si>
+  <si>
+    <t>15 665</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав пожарный "Эксперт" РПМ(В)-150-1,2-УХЛ1 с ГР-150А </t>
+  </si>
+  <si>
+    <t>18 750</t>
+  </si>
+  <si>
+    <t>19 500</t>
+  </si>
+  <si>
+    <t>Рукава напорные маслостойкие для пожарной техники 16 атм.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав РПМ-Д, тип "Армтекс" д. 65 мм </t>
+  </si>
+  <si>
+    <t>11 221</t>
+  </si>
+  <si>
+    <t>11 859</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав РПМ-Д, тип "Армтекс" д. 65 мм с головками ГР-65АП </t>
+  </si>
+  <si>
+    <t>12 619</t>
+  </si>
+  <si>
+    <t>13 337</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав РПМ-Д, тип "Армтекс" д. 80 мм </t>
+  </si>
+  <si>
+    <t>14 804</t>
+  </si>
+  <si>
+    <t>15 646</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав РПМ-Д, тип "Армтекс" д. 80 мм с головками ГР-80АП </t>
+  </si>
+  <si>
+    <t>16 807</t>
+  </si>
+  <si>
+    <t>17 764</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав РПМ-Д, тип "Армтекс" д. 50 мм </t>
+  </si>
+  <si>
+    <t>8 725</t>
+  </si>
+  <si>
+    <t>9 221</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав РПМ-Д, тип "Армтекс" д. 50 мм с головками ГР-50АП </t>
+  </si>
+  <si>
+    <t>9 717</t>
+  </si>
+  <si>
+    <t>10 270</t>
+  </si>
+  <si>
+    <t>Рукава напорно-всасывающие</t>
+  </si>
+  <si>
+    <t>Рукав напорно-всасывающий д. 75 мм без головок</t>
+  </si>
+  <si>
+    <t>Рукав всасывающий д. 38 мм, без головок</t>
+  </si>
+  <si>
+    <t>2 475</t>
+  </si>
+  <si>
+    <t>2 616</t>
+  </si>
+  <si>
+    <t>Рукав всасывающий д. 50 мм без головок</t>
+  </si>
+  <si>
+    <t>2 829</t>
+  </si>
+  <si>
+    <t>2 990</t>
+  </si>
+  <si>
+    <t>Рукав напорно-всасывающий д. 100 мм без головок</t>
+  </si>
+  <si>
+    <t>5 043</t>
+  </si>
+  <si>
+    <t>5 330</t>
+  </si>
+  <si>
+    <t>Рукав всасывающий д. 25 мм без головок</t>
+  </si>
+  <si>
+    <t>1 661</t>
+  </si>
+  <si>
+    <t>1 755</t>
+  </si>
+  <si>
+    <t>Рукав всасывающий д. 65 мм без головок</t>
+  </si>
+  <si>
+    <t>4 305</t>
+  </si>
+  <si>
+    <t>4 550</t>
+  </si>
+  <si>
+    <t>Рукав всасывающий д. 125 мм без головок</t>
+  </si>
+  <si>
+    <t>7 503</t>
+  </si>
+  <si>
+    <t>7 930</t>
+  </si>
+  <si>
+    <t>Рукав всасывающий д. 150 мм без головок</t>
+  </si>
+  <si>
+    <t>Рукав всасывающий д. 25 мм с ГР-25</t>
+  </si>
+  <si>
+    <t>2 968</t>
+  </si>
+  <si>
+    <t>3 137</t>
+  </si>
+  <si>
+    <t>Рукав всасывающий д. 38 мм с ГР-38/50</t>
+  </si>
+  <si>
+    <t>4 121</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав всасывающий д. 50 мм с ГР-50АП </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав всасывающий д. 65 мм с ГР-70АП </t>
+  </si>
+  <si>
+    <t>5 658</t>
+  </si>
+  <si>
+    <t>5 980</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав всасывающий д. 75 мм с ГР-80АП </t>
+  </si>
+  <si>
+    <t>4 428</t>
+  </si>
+  <si>
+    <t>4 680</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав всасывающий д. 100 мм с ГРВ-100А </t>
+  </si>
+  <si>
+    <t>7 011</t>
+  </si>
+  <si>
+    <t>7 410</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав всасывающий д. 125 мм с ГРВ-125А </t>
+  </si>
+  <si>
+    <t>10 824</t>
+  </si>
+  <si>
+    <t>11 440</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Рукав всасывающий д. 150 мм с ГРВ-150А </t>
+  </si>
+  <si>
+    <t>13 776</t>
+  </si>
+  <si>
+    <t>14 560</t>
+  </si>
+  <si>
+    <t>Устройства внутриквартирного пожаротушения</t>
+  </si>
+  <si>
+    <t>Комплект УВП БАЛТИКА "ЭКОНОМ" в шкафу (280х280)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">УВП БАЛТИКА "ЭКОНОМ" без сумки </t>
+  </si>
+  <si>
+    <t xml:space="preserve">УВП БАЛТИКА "ЭКОНОМ" в тканевой сумке </t>
+  </si>
+  <si>
+    <t>Комплект УВП "БАЛТИКА" ПРЕМИУМ в шкафу (230х230)</t>
+  </si>
+  <si>
+    <t>1 008</t>
+  </si>
+  <si>
+    <t>Комплект УВП БАЛТИКА "ЭКОНОМ" в шкафу (230х230)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">УВП БАЛТИКА "ПРЕМИУМ" в сумке </t>
+  </si>
+  <si>
+    <t xml:space="preserve">УВП БАЛТИКА "ПРЕМИУМ" без сумки </t>
+  </si>
+  <si>
+    <t>Комплект УВП "БАЛТИКА" ПРЕМИУМ в шкафу (280х280)</t>
+  </si>
+  <si>
+    <t>1 009</t>
+  </si>
+  <si>
+    <t>1 066</t>
+  </si>
+  <si>
+    <t>Устройства для работы с пожарными рукавами</t>
+  </si>
+  <si>
+    <t>Задержка рукавная ЗР-80</t>
+  </si>
+  <si>
+    <t>Задержка рукавная ЗР-150</t>
+  </si>
+  <si>
+    <t>Мостик рукавный МПР-80</t>
+  </si>
+  <si>
+    <t>Мостик рукавный МПР-150</t>
+  </si>
+  <si>
+    <t>Зажим пожарный рукавный  ЗПР-80</t>
+  </si>
+  <si>
+    <t>Зажим пожарный рукавный  ЗПР-150</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Мостик рукавный металлический МПР-80 (комплект 2 шт.) </t>
+  </si>
+  <si>
+    <t>4 500</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Мостик рукавный металлический МПР-150 (комплект 2 шт.) </t>
+  </si>
+  <si>
+    <t>8 250</t>
+  </si>
+  <si>
+    <t>8 580</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Зажим пожарный рукавный ЗПР-80 "Балтика-01" </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Зажим пожарный рукавный ЗПР-150 "Балтика-01" </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Зажим пожарный рукавный ЗПР-100 "Балтика-01" </t>
+  </si>
+  <si>
+    <t>Оборудование для обслуживания пожарных рукавов</t>
+  </si>
+  <si>
+    <t>Станок для навязки рукавов вручную Ziegler (Германия)</t>
+  </si>
+  <si>
+    <t>41 250</t>
+  </si>
+  <si>
+    <t>42 900</t>
+  </si>
+  <si>
+    <t>Гидротестер пожарных кранов "Балтика-01"</t>
+  </si>
+  <si>
+    <t>6 625</t>
+  </si>
+  <si>
+    <t>6 890</t>
+  </si>
+  <si>
+    <t>Установка для намотки пожарных рукавов в скатку ТЦ-11</t>
+  </si>
+  <si>
+    <t>27 250</t>
+  </si>
+  <si>
+    <t>28 340</t>
+  </si>
+  <si>
+    <t>Установка для намотки пожарных рукавов в скатку ТЦ-11П</t>
+  </si>
+  <si>
+    <t>56 500</t>
+  </si>
+  <si>
+    <t>58 760</t>
+  </si>
+  <si>
+    <t>Станок для перекатки пожарных рукавов на новое ребро ТЦ-12</t>
+  </si>
+  <si>
+    <t>138 375</t>
+  </si>
+  <si>
+    <t>143 910</t>
+  </si>
+  <si>
+    <t>Станок для намотки пожарных рукавов в скатку ТЦ-52</t>
+  </si>
+  <si>
+    <t>132 625</t>
+  </si>
+  <si>
+    <t>137 930</t>
+  </si>
+  <si>
+    <t>Установка для сушки пожарных рукавов АИСТ-1</t>
+  </si>
+  <si>
+    <t>270 625</t>
+  </si>
+  <si>
+    <t>281 450</t>
+  </si>
+  <si>
+    <t>Установка для сушки и талькирования рукавов  АИСТ-2</t>
+  </si>
+  <si>
+    <t>294 125</t>
+  </si>
+  <si>
+    <t>305 890</t>
+  </si>
+  <si>
+    <t>Установка для талькирования пожарных рукавов АИСТ-3</t>
+  </si>
+  <si>
+    <t>268 250</t>
+  </si>
+  <si>
+    <t>278 980</t>
+  </si>
+  <si>
+    <t>Рукавомоечная машина ТЦ-14</t>
+  </si>
+  <si>
+    <t>739 125</t>
+  </si>
+  <si>
+    <t>768 690</t>
+  </si>
+  <si>
+    <t>Станок для навязки пожарных рукавов ТЦ-15</t>
+  </si>
+  <si>
+    <t>195 625</t>
+  </si>
+  <si>
+    <t>203 450</t>
+  </si>
+  <si>
+    <t>Станок для навязки пожарных рукавов ТЦ-15П</t>
+  </si>
+  <si>
+    <t>286 750</t>
+  </si>
+  <si>
+    <t>298 220</t>
+  </si>
+  <si>
+    <t>Установка для навязки пожарных напорных рукавов ТЦ-15Р</t>
+  </si>
+  <si>
+    <t>122 875</t>
+  </si>
+  <si>
+    <t>127 790</t>
+  </si>
+  <si>
+    <t>Установка для гидравлических испытаний пожарных рукавов УГИР</t>
+  </si>
+  <si>
+    <t>490 250</t>
+  </si>
+  <si>
+    <t>509 860</t>
+  </si>
+  <si>
+    <t>Установка для гидравлических испытаний пожарных рукавов УГИР-1М</t>
+  </si>
+  <si>
+    <t>318 625</t>
+  </si>
+  <si>
+    <t>331 370</t>
+  </si>
+  <si>
+    <t>Станок для намотки пожарных рукавов в скатку "БАЛТИКА-01"</t>
+  </si>
+  <si>
+    <t>10 365</t>
+  </si>
+  <si>
+    <t>10 780</t>
+  </si>
+  <si>
+    <t>Станок для намотки  в скатку и перекатки на новый шов рукавов "БАЛТИКА-01 П"</t>
+  </si>
+  <si>
+    <t>23 623</t>
+  </si>
+  <si>
+    <t>24 568</t>
+  </si>
+  <si>
+    <t>Комплект для навязки рукавов вручную "БАЛТИКА-01"</t>
+  </si>
+  <si>
+    <t>30 094</t>
+  </si>
+  <si>
+    <t>31 298</t>
+  </si>
+  <si>
+    <t>Станок для намотки пожарных рукавов в скатку "БАЛТИКА-01 М"</t>
+  </si>
+  <si>
+    <t>8 005</t>
+  </si>
+  <si>
+    <t>8 326</t>
+  </si>
+  <si>
+    <t>Шкаф для пожарной колонки КПА</t>
+  </si>
+  <si>
+    <t>16 813</t>
+  </si>
+  <si>
+    <t>17 770</t>
+  </si>
+  <si>
+    <t>Станок для намотки пожарных рукавов в двойную скатку "Балтика-01-2С"</t>
+  </si>
+  <si>
+    <t>29 872</t>
+  </si>
+  <si>
+    <t>31 067</t>
+  </si>
+  <si>
+    <t>Станок для намотки пожарных рукавов в скатку "Балтика-01 ЭП"</t>
+  </si>
+  <si>
+    <t>64 602</t>
+  </si>
+  <si>
+    <t>67 186</t>
+  </si>
+  <si>
+    <t>Тиски для фиксации огнетушителей "БАЛТИКА"</t>
+  </si>
+  <si>
+    <t>19 213</t>
+  </si>
+  <si>
+    <t>19 981</t>
+  </si>
+  <si>
+    <t>Станок для намотки и перекатки в двойную скатку рукавов "БАЛТИКА-01П-2ПС"</t>
+  </si>
+  <si>
+    <t>33 705</t>
+  </si>
+  <si>
+    <t>35 054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Струбцина для ремонта пожарных рукавов СТ "Балтика-01" </t>
+  </si>
+  <si>
+    <t>7 022</t>
+  </si>
+  <si>
+    <t>7 303</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф для хранения пожарных рукавов </t>
+  </si>
+  <si>
+    <t>10 591</t>
+  </si>
+  <si>
+    <t>11 193</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стеллаж для хранения пожарных рукавов передвижной </t>
+  </si>
+  <si>
+    <t>15 498</t>
+  </si>
+  <si>
+    <t>16 380</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Станок для намотки пожарных рукавов в скатку и перекатки на новое ребро "БАЛТИКА-01ЭП-2ПС" </t>
+  </si>
+  <si>
+    <t>96 732</t>
+  </si>
+  <si>
+    <t>100 601</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Опрокидыватель для баллонов "БАЛТИКА" </t>
+  </si>
+  <si>
+    <t>24 938</t>
+  </si>
+  <si>
+    <t>25 935</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гидротестер гидрантов "Балтика-01" </t>
+  </si>
+  <si>
+    <t>24 375</t>
+  </si>
+  <si>
+    <t>25 350</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Комплект ключей-зарядников "Балтика" </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гидротестер гидрантов "Балтика-01" с колонкой КПА </t>
+  </si>
+  <si>
+    <t>Пожарные стволы</t>
+  </si>
+  <si>
+    <t>Стволы пожарные ручные (для пожарных рукавов)</t>
+  </si>
+  <si>
+    <t>Ствол РСКЗ-70 комбинированый с защитным экраном</t>
+  </si>
+  <si>
+    <t>10 131</t>
+  </si>
+  <si>
+    <t>10 707</t>
+  </si>
+  <si>
+    <t>Ствол пожарный РС-50 Алюминий</t>
+  </si>
+  <si>
+    <t>Ствол пожарный РС-70 Алюминий</t>
+  </si>
+  <si>
+    <t>Ствол пожарный РСП-50</t>
+  </si>
+  <si>
+    <t>5 967</t>
+  </si>
+  <si>
+    <t>6 307</t>
+  </si>
+  <si>
+    <t>Ствол пожарный РСП-70 перекрывной</t>
+  </si>
+  <si>
+    <t>7 310</t>
+  </si>
+  <si>
+    <t>7 726</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ствол РСК-50 пожарный комбинированный </t>
+  </si>
+  <si>
+    <t>6 642</t>
+  </si>
+  <si>
+    <t>7 020</t>
+  </si>
+  <si>
+    <t>Ствол РС-50 П (пластик)</t>
+  </si>
+  <si>
+    <t>Ствол РС-50.01 пластик</t>
+  </si>
+  <si>
+    <t>Ствол РС-50.01 А</t>
+  </si>
+  <si>
+    <t>Ствол пожарный ручной РС-70 АП</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ствол пожарный ручной  РС-70.01 А </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ствол РСК-70 пожарный комбинированный </t>
+  </si>
+  <si>
+    <t>7 928</t>
+  </si>
+  <si>
+    <t>8 379</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ствол пожарный РС-25 "Балтика-01" </t>
+  </si>
+  <si>
+    <t>2 984</t>
+  </si>
+  <si>
+    <t>3 154</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ствол пожарный ручной РС-50 АП </t>
+  </si>
+  <si>
+    <t>Воздушно-пенные стволы</t>
+  </si>
+  <si>
+    <t>Ствол пожарный воздушно-пенный СВПЭ-2</t>
+  </si>
+  <si>
+    <t>Ствол пожарный воздушно-пенный СВПЭ-4</t>
+  </si>
+  <si>
+    <t>Ствол пожарный воздушно-пенный СВПЭ-8</t>
+  </si>
+  <si>
+    <t>Лафетные стволы</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ствол лафетный СЛК П20 комбинированный переносной </t>
+  </si>
+  <si>
+    <t>21 875</t>
+  </si>
+  <si>
+    <t>22 750</t>
+  </si>
+  <si>
+    <t>Ствол лафетный ЛС-П20У переносной с ручным управлением</t>
+  </si>
+  <si>
+    <t>33 438</t>
+  </si>
+  <si>
+    <t>34 775</t>
+  </si>
+  <si>
+    <t>Ствол лафетный ЛС-П30У переносной с ручным управлением</t>
+  </si>
+  <si>
+    <t>Ствол лафетный ЛС-П40У переносной с ручным управлением</t>
+  </si>
+  <si>
+    <t>42 800</t>
+  </si>
+  <si>
+    <t>44 512</t>
+  </si>
+  <si>
+    <t>Ствол лафетный ЛС-С20У стационарный универсальный</t>
+  </si>
+  <si>
+    <t>34 375</t>
+  </si>
+  <si>
+    <t>35 750</t>
+  </si>
+  <si>
+    <t>Ствол лафетный ЛС-С50У стационарный универсальный</t>
+  </si>
+  <si>
+    <t>Ствол лафетный ЛС-С30У стационарный универсальный</t>
+  </si>
+  <si>
+    <t>Ствол лафетный ЛС-С40У стационарный универсальный</t>
+  </si>
+  <si>
+    <t>41 738</t>
+  </si>
+  <si>
+    <t>43 407</t>
+  </si>
+  <si>
+    <t>Ствол лафетный ЛС-С20 стационарный с ручным управлением</t>
+  </si>
+  <si>
+    <t>26 750</t>
+  </si>
+  <si>
+    <t>27 820</t>
+  </si>
+  <si>
+    <t>Ствол лафетный ЛС-С40 стационарный с ручным управлением</t>
+  </si>
+  <si>
+    <t>40 125</t>
+  </si>
+  <si>
+    <t>41 730</t>
+  </si>
+  <si>
+    <t>Ствол лафетный ЛС-С60 стационарный с ручным управлением</t>
+  </si>
+  <si>
+    <t>50 000</t>
+  </si>
+  <si>
+    <t>52 000</t>
+  </si>
+  <si>
+    <t>Ствол лафетный ЛС-С60У стационарный с ручным управлением</t>
+  </si>
+  <si>
+    <t>50 825</t>
+  </si>
+  <si>
+    <t>52 858</t>
+  </si>
+  <si>
+    <t>Ствол лафетный дистанционный ЛСД-С40У</t>
+  </si>
+  <si>
+    <t>514 792</t>
+  </si>
+  <si>
+    <t>535 384</t>
+  </si>
+  <si>
+    <t>Ствол лафетный дистанционный ЛСД-С20У</t>
+  </si>
+  <si>
+    <t>487 500</t>
+  </si>
+  <si>
+    <t>507 000</t>
+  </si>
+  <si>
+    <t>Ствол лафетный дистанционный ЛСД-С30У</t>
+  </si>
+  <si>
+    <t>Ствол лафетный дистанционный ЛСД-С60У</t>
+  </si>
+  <si>
+    <t>561 921</t>
+  </si>
+  <si>
+    <t>584 398</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Веерный распылитель ВР-20 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Веерный распылитель ВР-30 </t>
+  </si>
+  <si>
+    <t>2 250</t>
+  </si>
+  <si>
+    <t>Пожарная арматура</t>
+  </si>
+  <si>
+    <t>Головки соединительные</t>
+  </si>
+  <si>
+    <t>Головки рукавные</t>
+  </si>
+  <si>
+    <t>Головка рукавная ГР-50 пластик</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Головка рукавная ГР-50 алюминий </t>
+  </si>
+  <si>
+    <t>Головка рукавная ГР-70 (ГР-65) алюминий</t>
+  </si>
+  <si>
+    <t>Головка рукавная ГР-80</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Головка рукавная ГРВ-100 </t>
+  </si>
+  <si>
+    <t>Головка рукавная ГРВ-125</t>
+  </si>
+  <si>
+    <t>1 692</t>
+  </si>
+  <si>
+    <t>1 788</t>
+  </si>
+  <si>
+    <t>Головка рукавная ГР-150</t>
+  </si>
+  <si>
+    <t>2 002</t>
+  </si>
+  <si>
+    <t>Головка рукавная ГР-25 (латунь)</t>
+  </si>
+  <si>
+    <t>Головка рукавная ГР-38/50</t>
+  </si>
+  <si>
+    <t>Головка рукавная ГР-25</t>
+  </si>
+  <si>
+    <t>Головка рукавная ГР-50 алюминий-пластик</t>
+  </si>
+  <si>
+    <t>Головка рукавная ГР-70 (ГР-65) алюминий-пластик</t>
+  </si>
+  <si>
+    <t>Головки муфтовые</t>
+  </si>
+  <si>
+    <t>Головка муфтовая ГМ-80</t>
+  </si>
+  <si>
+    <t>Головка муфтовая ГМВ-100</t>
+  </si>
+  <si>
+    <t>Головка муфтовая ГМ-70 (ГМ-65)</t>
+  </si>
+  <si>
+    <t>Головка муфтовая ГМ-150</t>
+  </si>
+  <si>
+    <t>1 489</t>
+  </si>
+  <si>
+    <t>1 573</t>
+  </si>
+  <si>
+    <t>Головка муфтовая ГМ-50</t>
+  </si>
+  <si>
+    <t>Головка муфтовая ГМВ-125</t>
+  </si>
+  <si>
+    <t>1 123</t>
+  </si>
+  <si>
+    <t>Головка муфтовая ГМ-25 (латунь)</t>
+  </si>
+  <si>
+    <t>1 375</t>
+  </si>
+  <si>
+    <t>1 430</t>
+  </si>
+  <si>
+    <t>Головка муфтовая ГМ-80 для мотопомпы GTP-80</t>
+  </si>
+  <si>
+    <t>Головка муфтовая ГМ-50 пластик</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Головка муфтовая ГМ-25 </t>
+  </si>
+  <si>
+    <t>Головки цапковые</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Головка цапковая ГЦ-70 (ГЦ-65) </t>
+  </si>
+  <si>
+    <t>Головка цапковая ГЦ-80</t>
+  </si>
+  <si>
+    <t>Головка цапковая ГЦ-50</t>
+  </si>
+  <si>
+    <t>Головка цапковая ГЦ-25 (латунь)</t>
+  </si>
+  <si>
+    <t>Головка цапковая ГЦ-25</t>
+  </si>
+  <si>
+    <t>Головки-заглушки</t>
+  </si>
+  <si>
+    <t>Головка ГЗ-70 (ГЗ-65)</t>
+  </si>
+  <si>
+    <t>Головка ГЗ-80</t>
+  </si>
+  <si>
+    <t>Головка ГЗ-50</t>
+  </si>
+  <si>
+    <t>Головка ГЗВ-100</t>
+  </si>
+  <si>
+    <t>Головка ГЗ-150</t>
+  </si>
+  <si>
+    <t>1 759</t>
+  </si>
+  <si>
+    <t>1 859</t>
+  </si>
+  <si>
+    <t>Головка ГЗВ-125</t>
+  </si>
+  <si>
+    <t>1 218</t>
+  </si>
+  <si>
+    <t>1 287</t>
+  </si>
+  <si>
+    <t>Головки переходные</t>
+  </si>
+  <si>
+    <t>Переходник ГП 50х70 (ГП 50х65)</t>
+  </si>
+  <si>
+    <t>Переходник ГП 50 х 80</t>
+  </si>
+  <si>
+    <t>Переходник ГП 70х80 (ГП 65х80)</t>
+  </si>
+  <si>
+    <t>1 002</t>
+  </si>
+  <si>
+    <t>1 059</t>
+  </si>
+  <si>
+    <t>Переходник ГП 80 х 100</t>
+  </si>
+  <si>
+    <t>Переходник ГП 125 х 150</t>
+  </si>
+  <si>
+    <t>4 950</t>
+  </si>
+  <si>
+    <t>5 148</t>
+  </si>
+  <si>
+    <t>Кольца уплотнительные</t>
+  </si>
+  <si>
+    <t>Кольцо КН-50</t>
+  </si>
+  <si>
+    <t>Кольцо КН-80</t>
+  </si>
+  <si>
+    <t>Кольцо КН-70</t>
+  </si>
+  <si>
+    <t>Кольцо КН-125</t>
+  </si>
+  <si>
+    <t>Кольцо КН-150</t>
+  </si>
+  <si>
+    <t>Ключи для пожарной арматуры</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ К-150 </t>
+  </si>
+  <si>
+    <t>Ключ К-80 "БАЛТИКА-01"</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ-усилитель </t>
+  </si>
+  <si>
+    <t>Ключ К-36</t>
+  </si>
+  <si>
+    <t>Щиты пожарные и комплектация к ним</t>
+  </si>
+  <si>
+    <t>Посты пожарные передвижные</t>
+  </si>
+  <si>
+    <t>Пост пожарный мобильный передвижной ППМП</t>
+  </si>
+  <si>
+    <t>27 468</t>
+  </si>
+  <si>
+    <t>28 567</t>
+  </si>
+  <si>
+    <t>Пост пожарный передвижной ППП-1</t>
+  </si>
+  <si>
+    <t>33 079</t>
+  </si>
+  <si>
+    <t>34 402</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пост пожарный передвижной ППП-2 </t>
+  </si>
+  <si>
+    <t>13 260</t>
+  </si>
+  <si>
+    <t>13 791</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Мобильная пожарная установка МПУ-1 "Балтика" </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пост пожарный передвижной ППП-3 </t>
+  </si>
+  <si>
+    <t>44 402</t>
+  </si>
+  <si>
+    <t>46 178</t>
+  </si>
+  <si>
+    <t>Щиты пожарные</t>
+  </si>
+  <si>
+    <t>Щит пожарный металлический открытый</t>
+  </si>
+  <si>
+    <t>Щит пожарный металлический закрытый (1 дверь сетка)</t>
+  </si>
+  <si>
+    <t>4 039</t>
+  </si>
+  <si>
+    <t>4 268</t>
+  </si>
+  <si>
+    <t>Стенд пожарный металлический “Комби”</t>
+  </si>
+  <si>
+    <t>7 954</t>
+  </si>
+  <si>
+    <t>8 272</t>
+  </si>
+  <si>
+    <t>Щит пожарный комбинированный "Модуль" (1 дверь сетка)</t>
+  </si>
+  <si>
+    <t>8 627</t>
+  </si>
+  <si>
+    <t>8 972</t>
+  </si>
+  <si>
+    <t>Щит пожарный закрытый со стойкой (1 дверь сетка)</t>
+  </si>
+  <si>
+    <t>6 249</t>
+  </si>
+  <si>
+    <t>6 604</t>
+  </si>
+  <si>
+    <t>Щит пожарный металлический закрытый (2 двери оргстекло)</t>
+  </si>
+  <si>
+    <t>4 479</t>
+  </si>
+  <si>
+    <t>4 734</t>
+  </si>
+  <si>
+    <t>Щит пожарный закрытый со стойкой (2 двери оргстекло)</t>
+  </si>
+  <si>
+    <t>6 730</t>
+  </si>
+  <si>
+    <t>7 113</t>
+  </si>
+  <si>
+    <t>Щит пожарный комбинированный "Модуль" (2 двери оргстекло)</t>
+  </si>
+  <si>
+    <t>9 274</t>
+  </si>
+  <si>
+    <t>9 645</t>
+  </si>
+  <si>
+    <t>Щит пожарный металлический закрытый (2 двери сетка)</t>
+  </si>
+  <si>
+    <t>4 424</t>
+  </si>
+  <si>
+    <t>4 675</t>
+  </si>
+  <si>
+    <t>Щит пожарный закрытый со стойкой (2 двери сетка)</t>
+  </si>
+  <si>
+    <t>6 635</t>
+  </si>
+  <si>
+    <t>7 013</t>
+  </si>
+  <si>
+    <t>Щит пожарный комбинированный "Модуль" (2 двери сетка)</t>
+  </si>
+  <si>
+    <t>8 949</t>
+  </si>
+  <si>
+    <t>9 307</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Щит пожарный металлический открытый цельный </t>
+  </si>
+  <si>
+    <t>1 590</t>
+  </si>
+  <si>
+    <t>1 680</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Щит пожарный металлический закрытый (1 дверь глухая) </t>
+  </si>
+  <si>
+    <t>4 136</t>
+  </si>
+  <si>
+    <t>4 371</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Щит пожарный металлический закрытый (2 двери глухие) </t>
+  </si>
+  <si>
+    <t>4 521</t>
+  </si>
+  <si>
+    <t>4 778</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Щит пожарный закрытый со стойкой (1 дверь глухая) </t>
+  </si>
+  <si>
+    <t>5 907</t>
+  </si>
+  <si>
+    <t>6 243</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Щит пожарный закрытый со стойкой (2 двери глухие) </t>
+  </si>
+  <si>
+    <t>6 996</t>
+  </si>
+  <si>
+    <t>7 394</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Щит пожарный комбинированный "Модуль" (1 дверь глухая) </t>
+  </si>
+  <si>
+    <t>8 538</t>
+  </si>
+  <si>
+    <t>8 879</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Щит пожарный комбинированный "Модуль" (2 двери глухие) </t>
+  </si>
+  <si>
+    <t>8 874</t>
+  </si>
+  <si>
+    <t>9 229</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Щит пожарный открытый разборный </t>
+  </si>
+  <si>
+    <t>1 597</t>
+  </si>
+  <si>
+    <t>1 688</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стенд пожарный металлический “Комби” Премиум </t>
+  </si>
+  <si>
+    <t>9 142</t>
+  </si>
+  <si>
+    <t>9 507</t>
+  </si>
+  <si>
+    <t>Пожарный инвентарь</t>
+  </si>
+  <si>
+    <t>Лопата пожарная совковая</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Емкость для хранения воды (200 литров) </t>
+  </si>
+  <si>
+    <t>3 232</t>
+  </si>
+  <si>
+    <t>3 416</t>
+  </si>
+  <si>
+    <t>Топор для пожарного щита</t>
+  </si>
+  <si>
+    <t>Багор пожарный</t>
+  </si>
+  <si>
+    <t>Ведро пожарное</t>
+  </si>
+  <si>
+    <t>Багор пожарный складной</t>
+  </si>
+  <si>
+    <t>Лом пожарный</t>
+  </si>
+  <si>
+    <t>Совок для песка</t>
+  </si>
+  <si>
+    <t>Лопата пожарная штыковая</t>
+  </si>
+  <si>
+    <t>Пирамида для гидранта пожарного (750х750х900)</t>
+  </si>
+  <si>
+    <t>2 109</t>
+  </si>
+  <si>
+    <t>2 224</t>
+  </si>
+  <si>
+    <t>Пирамида для гидранта пожарного (500х500х500)</t>
+  </si>
+  <si>
+    <t>Пирамида для гидранта пожарного (700х700х700)</t>
+  </si>
+  <si>
+    <t>1 172</t>
+  </si>
+  <si>
+    <t>Штанга буксировочная</t>
+  </si>
+  <si>
+    <t>3 352</t>
+  </si>
+  <si>
+    <t>3 486</t>
+  </si>
+  <si>
+    <t>Багор пожарный насадной с деревянной ручкой БПН</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крюк КП </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Совок для сыпучих материалов </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пирамида для гидранта пожарного (500х500х500) утепленная </t>
+  </si>
+  <si>
+    <t>2 702</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пирамида для гидранта пожарного (700х700х700) утепленная </t>
+  </si>
+  <si>
+    <t>2 919</t>
+  </si>
+  <si>
+    <t>3 078</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пирамида для гидранта пожарного (750х750х900) утепленная </t>
+  </si>
+  <si>
+    <t>4 056</t>
+  </si>
+  <si>
+    <t>4 277</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Подставка для штанг буксировочных </t>
+  </si>
+  <si>
+    <t>4 281</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крюк для открывания люков "Балтика" </t>
+  </si>
+  <si>
+    <t>Кошма (противопожарное полотно)</t>
+  </si>
+  <si>
+    <t>Кошма противопожарная ПП-300 (1,5 х 2,0 м)</t>
+  </si>
+  <si>
+    <t>Кошма противопожарная ПП-600 (1,5 х 2,0 м)</t>
+  </si>
+  <si>
+    <t>Кошма противопожарная ПП-1000 (1,5 х 2,0 м)</t>
+  </si>
+  <si>
+    <t>Кошма противопожарная ПП-300 "Балтика-01" (1,5 х 2,0 м)</t>
+  </si>
+  <si>
+    <t>Кошма противопожарная ПП-600 "Балтика-01" (1,5 х 2,0 м)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кошма противопожарная ПП-1000 "Балтика-01" (1,5 х 2,0 м) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пенал для кошмы </t>
+  </si>
+  <si>
+    <t>1 700</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кошма противопожарная ПП-1200 (1,5 х 2,0 м) </t>
+  </si>
+  <si>
+    <t>1 774</t>
+  </si>
+  <si>
+    <t>Пожарные ящики для песка</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ящик для песка металлический 0,2 м3 сварной </t>
+  </si>
+  <si>
+    <t>2 554</t>
+  </si>
+  <si>
+    <t>2 699</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ящик для песка металлический 0,5 м3 сварной </t>
+  </si>
+  <si>
+    <t>5 034</t>
+  </si>
+  <si>
+    <t>5 320</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ящик для песка металлический 0,3 м3 сварной </t>
+  </si>
+  <si>
+    <t>3 545</t>
+  </si>
+  <si>
+    <t>3 747</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ящик для песка металлический 0,1 м3 сварной </t>
+  </si>
+  <si>
+    <t>1 833</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ящик для песка металлический 1,0 м3 сборно-разборный усиленный </t>
+  </si>
+  <si>
+    <t>28 398</t>
+  </si>
+  <si>
+    <t>30 014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ящик для песка металлический 0,1м3 сборно-разборный </t>
+  </si>
+  <si>
+    <t>2 073</t>
+  </si>
+  <si>
+    <t>2 191</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ящик для песка металлический 0,2 м3 сборно-разборный </t>
+  </si>
+  <si>
+    <t>2 780</t>
+  </si>
+  <si>
+    <t>2 938</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ящик для песка металлический 0,3 м3 сборно-разборный </t>
+  </si>
+  <si>
+    <t>3 732</t>
+  </si>
+  <si>
+    <t>3 945</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ящик для песка металлический 0,5 м3 сборно-разборный </t>
+  </si>
+  <si>
+    <t>5 318</t>
+  </si>
+  <si>
+    <t>5 620</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Напольная подставка под ящик для песка 0,1 м3 </t>
+  </si>
+  <si>
+    <t>2 119</t>
+  </si>
+  <si>
+    <t>2 239</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Напольная подставка под ящик для песка 0,2 м3 </t>
+  </si>
+  <si>
+    <t>2 313</t>
+  </si>
+  <si>
+    <t>2 444</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Напольная подставка под ящик для песка 0,3 м3 </t>
+  </si>
+  <si>
+    <t>2 735</t>
+  </si>
+  <si>
+    <t>2 890</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Напольная подставка под ящик для песка 0,5 м3 </t>
+  </si>
+  <si>
+    <t>3 000</t>
+  </si>
+  <si>
+    <t>3 171</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ящик для песка металлический 0,5 м3 с дозатором </t>
+  </si>
+  <si>
+    <t>6 335</t>
+  </si>
+  <si>
+    <t>6 695</t>
+  </si>
+  <si>
+    <t>Противопожарные муфты</t>
+  </si>
+  <si>
+    <t>Муфты ленточного типа</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противопожарная муфта ленточного типа «БАЛТИКА ПМ» 125 мм </t>
+  </si>
+  <si>
+    <t>7 392</t>
+  </si>
+  <si>
+    <t>7 687</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противопожарная муфта ленточного типа «БАЛТИКА ПМ» 62 мм </t>
+  </si>
+  <si>
+    <t>3 892</t>
+  </si>
+  <si>
+    <t>4 047</t>
+  </si>
+  <si>
+    <t>Противопожарные гильзы</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гильза противопожарная «БАЛТИКА ПМ» 16 (обжимная манжета) </t>
+  </si>
+  <si>
+    <t>Гильза противопожарная «БАЛТИКА ПМ» 20 (обжимная манжета)</t>
+  </si>
+  <si>
+    <t>Гильза противопожарная «БАЛТИКА ПМ» 25 (обжимная манжета)</t>
+  </si>
+  <si>
+    <t>Гильза противопожарная «БАЛТИКА ПМ» 32 (обжимная манжета)</t>
+  </si>
+  <si>
+    <t>Гильза противопожарная «БАЛТИКА ПМ» 40 (обжимная манжета)</t>
+  </si>
+  <si>
+    <t>Гильза противопожарная «БАЛТИКА ПМ» 50 (обжимная манжета)</t>
+  </si>
+  <si>
+    <t>Гильза противопожарная «БАЛТИКА ПМ» 65 (обжимная манжета)</t>
+  </si>
+  <si>
+    <t>Гильза противопожарная «БАЛТИКА ПМ» 80 (обжимная манжета)</t>
+  </si>
+  <si>
+    <t>Гильза противопожарная «БАЛТИКА ПМ» 90 (обжимная манжета)</t>
+  </si>
+  <si>
+    <t>Гильза противопожарная «БАЛТИКА ПМ» 110 (обжимная манжета)</t>
+  </si>
+  <si>
+    <t>Гильза противопожарная «БАЛТИКА ПМ» 125 (обжимная манжета)</t>
+  </si>
+  <si>
+    <t>Гильза противопожарная «БАЛТИКА ПМ» 160 (обжимная манжета)</t>
+  </si>
+  <si>
+    <t>1 035</t>
+  </si>
+  <si>
+    <t>1 139</t>
+  </si>
+  <si>
+    <t>Противопожарные заслонки</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противопожарная заслонка "БАЛТИКА ПЗ" 100 </t>
+  </si>
+  <si>
+    <t>2 750</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противопожарная заслонка "БАЛТИКА ПЗ" 125 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противопожарная заслонка "БАЛТИКА ПЗ" 160 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противопожарная заслонка "БАЛТИКА ПЗ" 200 </t>
+  </si>
+  <si>
+    <t>3 375</t>
+  </si>
+  <si>
+    <t>Противопожарные муфты (ПМ)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противопожарная муфта «БАЛТИКА ПМ» 16 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противопожарная муфта «БАЛТИКА ПМ» 20 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противопожарная муфта «БАЛТИКА ПМ» 25 </t>
+  </si>
+  <si>
+    <t>Противопожарная муфта «БАЛТИКА ПМ» 32</t>
+  </si>
+  <si>
+    <t>Противопожарная муфта «БАЛТИКА ПМ» 125</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противопожарная муфта «БАЛТИКА ПМ» 250 </t>
+  </si>
+  <si>
+    <t>1 132</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противопожарная муфта «БАЛТИКА ПМ» 225 </t>
+  </si>
+  <si>
+    <t>1 063</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противопожарная муфта «БАЛТИКА ПМ» 200 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противопожарная муфта «БАЛТИКА ПМ» 160 </t>
+  </si>
+  <si>
+    <t>Противопожарная муфта «БАЛТИКА ПМ» 110</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противопожарная муфта «БАЛТИКА ПМ» 90 </t>
+  </si>
+  <si>
+    <t>Противопожарная муфта «БАЛТИКА ПМ» 80</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противопожарная муфта «БАЛТИКА ПМ» 65 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противопожарная муфта «БАЛТИКА ПМ» 50 </t>
+  </si>
+  <si>
+    <t>Противопожарная муфта «БАЛТИКА ПМ» 40</t>
+  </si>
+  <si>
+    <t>Противопожарная  муфта «БАЛТИКА ПМ» 16 с замком</t>
+  </si>
+  <si>
+    <t>Противопожарная  муфта «БАЛТИКА ПМ» 20 с замком</t>
+  </si>
+  <si>
+    <t>Противопожарная  муфта «БАЛТИКА ПМ» 25 с замком</t>
+  </si>
+  <si>
+    <t>Противопожарная  муфта «БАЛТИКА ПМ» 32 с замком</t>
+  </si>
+  <si>
+    <t>Противопожарная  муфта «БАЛТИКА ПМ» 40 с замком</t>
+  </si>
+  <si>
+    <t>Противопожарная  муфта «БАЛТИКА ПМ» 50 с замком</t>
+  </si>
+  <si>
+    <t>Противопожарная муфта «БАЛТИКА ПМ» 65 с замком</t>
+  </si>
+  <si>
+    <t>Противопожарная  муфта «БАЛТИКА ПМ» 80 с замком</t>
+  </si>
+  <si>
+    <t>Противопожарная  муфта «БАЛТИКА ПМ» 90 с замком</t>
+  </si>
+  <si>
+    <t>Противопожарная  муфта «БАЛТИКА ПМ» 110 с замком</t>
+  </si>
+  <si>
+    <t>Противопожарная  муфта «БАЛТИКА ПМ» 125 с замком</t>
+  </si>
+  <si>
+    <t>Противопожарная  муфта «БАЛТИКА ПМ» 160 с замком</t>
+  </si>
+  <si>
+    <t>Противопожарная  муфта «БАЛТИКА ПМ» 200 с замком</t>
+  </si>
+  <si>
+    <t>1 028</t>
+  </si>
+  <si>
+    <t>1 131</t>
+  </si>
+  <si>
+    <t>Противопожарная  муфта «БАЛТИКА ПМ» 225 с замком</t>
+  </si>
+  <si>
+    <t>Противопожарная  муфта «БАЛТИКА ПМ» 250 с замком</t>
+  </si>
+  <si>
+    <t>1 155</t>
+  </si>
+  <si>
+    <t>1 271</t>
+  </si>
+  <si>
+    <t>Противопожарные муфты для трапов серии HL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противопожарная муфта «БАЛТИКА» HL870 для трапов серии HL317/1 и кровельных воронок HL62 </t>
+  </si>
+  <si>
+    <t>14 875</t>
+  </si>
+  <si>
+    <t>15 470</t>
+  </si>
+  <si>
+    <t>Противопожарная муфта «БАЛТИКА» HL840 для трапов серии HL310N</t>
+  </si>
+  <si>
+    <t>Противопожарная муфта «БАЛТИКА» HL850 для трапов серии HL317(Н) и кровельных воронок HL62</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противопожарная муфта «БАЛТИКА» HL860 для трапов серии HL606/616 </t>
+  </si>
+  <si>
+    <t>12 750</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противопожарная муфта «БАЛТИКА» HL830 для трапов серии HL511N </t>
+  </si>
+  <si>
+    <t>10 094</t>
+  </si>
+  <si>
+    <t>10 498</t>
+  </si>
+  <si>
+    <t>Противопожарная лента</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лента противопожарная терморасширяющаяся "БАЛТИКА-ЛПТ" 1,0х10мм </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лента противопожарная термоактивная "БАЛТИКА-ЛПТ" 1,0х15мм </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лента противопожарная термоактивная "БАЛТИКА-ЛПТ" 1,0х20мм </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лента противопожарная термоактивная "БАЛТИКА-ЛПТ" 1,5х15мм </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лента противопожарная термоактивная "БАЛТИКА-ЛПТ" 1,5х10мм </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лента противопожарная термоактивная "БАЛТИКА-ЛПТ" 1,5х20мм </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лента противопожарная термоактивная "БАЛТИКА-ЛПТ" 2,0х10мм </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лента противопожарная термоактивная "БАЛТИКА-ЛПТ" 2,0х15мм </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лента противопожарная терморасширяющаяся "БАЛТИКА-ЛПТ" 2,0х20мм </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лента противопожарная терморасширяющаяся "БАЛТИКА-ЛПТ" 2,0х40мм </t>
+  </si>
+  <si>
+    <t>Противопожарные двери</t>
+  </si>
+  <si>
+    <t>Двери противопожарные однопольные</t>
+  </si>
+  <si>
+    <t>ДП-1 /EI 60/ 1000х2100</t>
+  </si>
+  <si>
+    <t>ДП-1 /EI 60/ 1100х2100</t>
+  </si>
+  <si>
+    <t>ДП-1 /EI 60/ 1000х2000</t>
+  </si>
+  <si>
+    <t>ДП-1 /EI 60/  900х2100</t>
+  </si>
+  <si>
+    <t>ДП-1 /EI 60/  900х2000</t>
+  </si>
+  <si>
+    <t>ДП-1 /EI 60/  900х1900</t>
+  </si>
+  <si>
+    <t>ДП-1 /EI 60/  800х2100</t>
+  </si>
+  <si>
+    <t>ДП-1 /EI 60/  800х2000</t>
+  </si>
+  <si>
+    <t>Двери противопожарные двупольные</t>
+  </si>
+  <si>
+    <t>ДП-2 /EI 60/  1200х2100 раб.створка от 800 мм</t>
+  </si>
+  <si>
+    <t>ДП-2 /EI 60/  1300х2100 раб.створка от 800 мм</t>
+  </si>
+  <si>
+    <t>Люки противопожарные</t>
+  </si>
+  <si>
+    <t>Люк технический</t>
+  </si>
+  <si>
+    <t>Люк противопожарный /EI 60/</t>
+  </si>
+  <si>
+    <t>Двери технические однопольные</t>
+  </si>
+  <si>
+    <t>ДТ-1 1100х2200</t>
+  </si>
+  <si>
+    <t>ДТ-1 1100х2100</t>
+  </si>
+  <si>
+    <t>ДТ-1 1000х2100</t>
+  </si>
+  <si>
+    <t>ДТ-1 1000х2000</t>
+  </si>
+  <si>
+    <t>ДТ-1 900х2100</t>
+  </si>
+  <si>
+    <t>ДТ-1 900х2000</t>
+  </si>
+  <si>
+    <t>ДТ-1 800х2100</t>
+  </si>
+  <si>
+    <t>ДТ-1 800х2000</t>
+  </si>
+  <si>
+    <t>Двери технические двупольные</t>
+  </si>
+  <si>
+    <t>ДТ-2 1500х2100 равнопольная</t>
+  </si>
+  <si>
+    <t>ДТ-2 1400х2100 раб.створка 900 мм</t>
+  </si>
+  <si>
+    <t>ДТ-2 1300х2100 раб.створка 900 мм</t>
+  </si>
+  <si>
+    <t>ДТ-2 1200х2100 раб.створка 900 мм</t>
+  </si>
+  <si>
+    <t>ДП-2 /EI 60/  1400х2100 раб.створка от 800 мм</t>
+  </si>
+  <si>
+    <t>ДП-2 /EI 60/  1500х2100 раб.створка от 800 мм</t>
+  </si>
+  <si>
+    <t>Комплектация к пожарным дверям</t>
+  </si>
+  <si>
+    <t>Пена монтажная огнестойкая (сертификат ПБ)</t>
+  </si>
+  <si>
+    <t>Доводчик дверной Palladium</t>
+  </si>
+  <si>
+    <t>Доводчик дверной DORMA</t>
+  </si>
+  <si>
+    <t>Противопожарные ворота</t>
+  </si>
+  <si>
+    <t>Распашные противопожарные ворота</t>
+  </si>
+  <si>
+    <t>Откатные противопожарные ворота</t>
+  </si>
+  <si>
+    <t>Мотопомпы и шламовые насосы</t>
+  </si>
+  <si>
+    <t>Мотопомпы для чистой воды</t>
+  </si>
+  <si>
+    <t>Yanmar YDP-20 N</t>
+  </si>
+  <si>
+    <t>527 734</t>
+  </si>
+  <si>
+    <t>548 844</t>
+  </si>
+  <si>
+    <t>Yanmar YDP-30 N</t>
+  </si>
+  <si>
+    <t>532 712</t>
+  </si>
+  <si>
+    <t>554 020</t>
+  </si>
+  <si>
+    <t>CHAMPION GP 50</t>
+  </si>
+  <si>
+    <t>17 438</t>
+  </si>
+  <si>
+    <t>18 135</t>
+  </si>
+  <si>
+    <t>HONDA SEH-50X (SCR-50 HX)</t>
+  </si>
+  <si>
+    <t>104 079</t>
+  </si>
+  <si>
+    <t>108 242</t>
+  </si>
+  <si>
+    <t>KOSHIN SEV-80Х</t>
+  </si>
+  <si>
+    <t>92 463</t>
+  </si>
+  <si>
+    <t>96 161</t>
+  </si>
+  <si>
+    <t>KOSHIN SEV-50X</t>
+  </si>
+  <si>
+    <t>88 905</t>
+  </si>
+  <si>
+    <t>92 462</t>
+  </si>
+  <si>
+    <t>KOSHIN SEM-25L</t>
+  </si>
+  <si>
+    <t>HONDA SEH-80Х (SCR-80 HX)</t>
+  </si>
+  <si>
+    <t>56 408</t>
+  </si>
+  <si>
+    <t>58 664</t>
+  </si>
+  <si>
+    <t>CHAMPION GP 100 E</t>
+  </si>
+  <si>
+    <t>50 388</t>
+  </si>
+  <si>
+    <t>52 403</t>
+  </si>
+  <si>
+    <t>CHAMPION FP 200</t>
+  </si>
+  <si>
+    <t>CHAMPION GP 40 II</t>
+  </si>
+  <si>
+    <t>12 232</t>
+  </si>
+  <si>
+    <t>12 721</t>
+  </si>
+  <si>
+    <t>Вепрь МП-1000 DY</t>
+  </si>
+  <si>
+    <t>340 920</t>
+  </si>
+  <si>
+    <t>354 557</t>
+  </si>
+  <si>
+    <t>Вепрь МП-800 DY</t>
+  </si>
+  <si>
+    <t>261 250</t>
+  </si>
+  <si>
+    <t>271 700</t>
+  </si>
+  <si>
+    <t>Вепрь МП-500 DY</t>
+  </si>
+  <si>
+    <t>252 914</t>
+  </si>
+  <si>
+    <t>263 031</t>
+  </si>
+  <si>
+    <t>HONDA WВ 30ХТ DRX</t>
+  </si>
+  <si>
+    <t>110 244</t>
+  </si>
+  <si>
+    <t>114 654</t>
+  </si>
+  <si>
+    <t>HONDA WВ 20ХТ DRX</t>
+  </si>
+  <si>
+    <t>CHAMPION GP 80</t>
+  </si>
+  <si>
+    <t>HONDA SEH-100Х (SCR-100 HX)</t>
+  </si>
+  <si>
+    <t>310 972</t>
+  </si>
+  <si>
+    <t>323 411</t>
+  </si>
+  <si>
+    <t>CHAMPION FPP 10 B</t>
+  </si>
+  <si>
+    <t>CHAMPION FP 300</t>
+  </si>
+  <si>
+    <t>Мотопомпы для загрязненной воды</t>
+  </si>
+  <si>
+    <t>Yanmar YDP-40 STN-E</t>
+  </si>
+  <si>
+    <t>896 144</t>
+  </si>
+  <si>
+    <t>931 990</t>
+  </si>
+  <si>
+    <t>KOSHIN STH-50 X</t>
+  </si>
+  <si>
+    <t>152 918</t>
+  </si>
+  <si>
+    <t>159 035</t>
+  </si>
+  <si>
+    <t>Yanmar YDP-40 STN</t>
+  </si>
+  <si>
+    <t>806 534</t>
+  </si>
+  <si>
+    <t>838 796</t>
+  </si>
+  <si>
+    <t>Yanmar YDP-30 STN</t>
+  </si>
+  <si>
+    <t>542 667</t>
+  </si>
+  <si>
+    <t>564 373</t>
+  </si>
+  <si>
+    <t>Yanmar YDP-40 N</t>
+  </si>
+  <si>
+    <t>662 157</t>
+  </si>
+  <si>
+    <t>688 643</t>
+  </si>
+  <si>
+    <t>DAISHIN SST-50 HX</t>
+  </si>
+  <si>
+    <t>85 350</t>
+  </si>
+  <si>
+    <t>88 764</t>
+  </si>
+  <si>
+    <t>DAISHIN SST-80 HX</t>
+  </si>
+  <si>
+    <t>KOSHIN STH-80 X</t>
+  </si>
+  <si>
+    <t>170 697</t>
+  </si>
+  <si>
+    <t>177 525</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yanmar YDP-20 STN </t>
+  </si>
+  <si>
+    <t>Мотопомпы для грязной воды</t>
+  </si>
+  <si>
+    <t>DAISHIN SWT-100 HX</t>
+  </si>
+  <si>
+    <t>408 957</t>
+  </si>
+  <si>
+    <t>425 315</t>
+  </si>
+  <si>
+    <t>Yanmar YDP-40 TN-E</t>
+  </si>
+  <si>
+    <t>1 155 034</t>
+  </si>
+  <si>
+    <t>1 201 236</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KOSHIN KTH-100 X </t>
+  </si>
+  <si>
+    <t>640 103</t>
+  </si>
+  <si>
+    <t>665 707</t>
+  </si>
+  <si>
+    <t>Yanmar YDP-40 TN</t>
+  </si>
+  <si>
+    <t>1 115 205</t>
+  </si>
+  <si>
+    <t>1 159 814</t>
+  </si>
+  <si>
+    <t>Yanmar YDP-20 TN</t>
+  </si>
+  <si>
+    <t>756 748</t>
+  </si>
+  <si>
+    <t>787 018</t>
+  </si>
+  <si>
+    <t>HONDA WТ 20Х</t>
+  </si>
+  <si>
+    <t>238 263</t>
+  </si>
+  <si>
+    <t>247 793</t>
+  </si>
+  <si>
+    <t>Yanmar YDP-30 TN</t>
+  </si>
+  <si>
+    <t>HONDA WТ 30Х</t>
+  </si>
+  <si>
+    <t>337 834</t>
+  </si>
+  <si>
+    <t>351 348</t>
+  </si>
+  <si>
+    <t>CHAMPION GTP 80</t>
+  </si>
+  <si>
+    <t>30 494</t>
+  </si>
+  <si>
+    <t>31 714</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DAISHIN SWT-50 HX </t>
+  </si>
+  <si>
+    <t>156 473</t>
+  </si>
+  <si>
+    <t>162 732</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KOSHIN КТH-50 X </t>
+  </si>
+  <si>
+    <t>284 490</t>
+  </si>
+  <si>
+    <t>295 870</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DAISHIN SWT-80 HX </t>
+  </si>
+  <si>
+    <t>266 712</t>
+  </si>
+  <si>
+    <t>277 380</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KOSHIN KTH-80 X   </t>
+  </si>
+  <si>
+    <t>373 395</t>
+  </si>
+  <si>
+    <t>388 331</t>
+  </si>
+  <si>
+    <t>HONDA WТ 40Х</t>
+  </si>
+  <si>
+    <t>497 858</t>
+  </si>
+  <si>
+    <t>517 772</t>
+  </si>
+  <si>
+    <t>Мотопомпы напорные</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KOSHIN SERH-50B </t>
+  </si>
+  <si>
+    <t>195 589</t>
+  </si>
+  <si>
+    <t>203 413</t>
+  </si>
+  <si>
+    <t>HONDA WH 20 X</t>
+  </si>
+  <si>
+    <t>177 807</t>
+  </si>
+  <si>
+    <t>184 919</t>
+  </si>
+  <si>
+    <t>CHAMPION GHP 40-2</t>
+  </si>
+  <si>
+    <t>40 325</t>
+  </si>
+  <si>
+    <t>41 938</t>
+  </si>
+  <si>
+    <t>DAISHIN SCH 5050HX</t>
+  </si>
+  <si>
+    <t>KOSHIN SERM-50V</t>
+  </si>
+  <si>
+    <t>KOSHIN SEM-50V</t>
+  </si>
+  <si>
+    <t>Погружные шламовые насосы</t>
+  </si>
+  <si>
+    <t>Погружной шламовый насос ПШН 2000</t>
+  </si>
+  <si>
+    <t>112 500</t>
+  </si>
+  <si>
+    <t>117 000</t>
+  </si>
+  <si>
+    <t>Погружной шламовый насос ПШН 5000</t>
+  </si>
+  <si>
+    <t>191 250</t>
+  </si>
+  <si>
+    <t>198 900</t>
+  </si>
+  <si>
+    <t>Погружной шламовый насос ПШН 3500</t>
+  </si>
+  <si>
+    <t>146 250</t>
+  </si>
+  <si>
+    <t>152 100</t>
+  </si>
+  <si>
+    <t>Погружной шламовый насос ПШН 8000</t>
+  </si>
+  <si>
+    <t>213 750</t>
+  </si>
+  <si>
+    <t>222 300</t>
+  </si>
+  <si>
+    <t>Водопенное оборудование</t>
+  </si>
+  <si>
+    <t>Сетки всасывающие</t>
+  </si>
+  <si>
+    <t>Сетка всасывающая СВ-100 с клапаном алюминий</t>
+  </si>
+  <si>
+    <t>Сетка всасывающая с клапаном СВ-80 алюминий</t>
+  </si>
+  <si>
+    <t>2 000</t>
+  </si>
+  <si>
+    <t>2 080</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Сетка всасывающая СВ-80 сталь </t>
+  </si>
+  <si>
+    <t>Сетка всасывающая СВ-50 алюминий</t>
+  </si>
+  <si>
+    <t>1 732</t>
+  </si>
+  <si>
+    <t>1 801</t>
+  </si>
+  <si>
+    <t>Сетка всасывающая СВ-50 сталь</t>
+  </si>
+  <si>
+    <t>Сетка СВ-25 бронза</t>
+  </si>
+  <si>
+    <t>3 618</t>
+  </si>
+  <si>
+    <t>3 816</t>
+  </si>
+  <si>
+    <t>Cетка всасывающая с клапаном СВ-125 алюминий</t>
+  </si>
+  <si>
+    <t>3 625</t>
+  </si>
+  <si>
+    <t>3 770</t>
+  </si>
+  <si>
+    <t>Сетка всасывающая с клапаном СВ-150 алюминий</t>
+  </si>
+  <si>
+    <t>7 188</t>
+  </si>
+  <si>
+    <t>7 475</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Сетка всасывающая СВ-100 сталь </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Сетка всасывающая СВ-125 сталь </t>
+  </si>
+  <si>
+    <t>1 250</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Сетка всасывающая СВ-150 сталь </t>
+  </si>
+  <si>
+    <t>1 563</t>
+  </si>
+  <si>
+    <t>1 625</t>
+  </si>
+  <si>
+    <t>Пеносмесители</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пеносмеситель МПС-70 "Балтика" (аналог ПС-1) </t>
+  </si>
+  <si>
+    <t>7 680</t>
+  </si>
+  <si>
+    <t>8 100</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пеносмеситель МПС-80 "Балтика" (аналог ПС-2) </t>
+  </si>
+  <si>
+    <t>8 960</t>
+  </si>
+  <si>
+    <t>9 450</t>
+  </si>
+  <si>
+    <t>Водосборники рукавные</t>
+  </si>
+  <si>
+    <t>Водосборник рукавный ВС-70</t>
+  </si>
+  <si>
+    <t>Водосборник рукавный ВС-125</t>
+  </si>
+  <si>
+    <t>3 775</t>
+  </si>
+  <si>
+    <t>3 926</t>
+  </si>
+  <si>
+    <t>Водосборник рукавный ВС-150</t>
+  </si>
+  <si>
+    <t>Водосборник рукавный ВС-200</t>
+  </si>
+  <si>
+    <t>Пеногенераторы средней кратности</t>
+  </si>
+  <si>
+    <t>Генератор пены средней кратности ГПС-200 "БАЛТИКА"</t>
+  </si>
+  <si>
+    <t>1 855</t>
+  </si>
+  <si>
+    <t>Генератор пены средней кратности ГПС-600 "БАЛТИКА"</t>
+  </si>
+  <si>
+    <t>2 641</t>
+  </si>
+  <si>
+    <t>2 786</t>
+  </si>
+  <si>
+    <t>Генератор пены средней кратности ГПС-2000 "БАЛТИКА"</t>
+  </si>
+  <si>
+    <t>6 594</t>
+  </si>
+  <si>
+    <t>Генератор пены средней кратности стационарный ГПСС-600 "БАЛТИКА"</t>
+  </si>
+  <si>
+    <t>9 556</t>
+  </si>
+  <si>
+    <t>10 078</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Генератор пены средней кратности стационарный ГПСС-2000 "БАЛТИКА" </t>
+  </si>
+  <si>
+    <t>13 179</t>
+  </si>
+  <si>
+    <t>13 900</t>
+  </si>
+  <si>
+    <t>Генератор пены средней кратности стационарный ГПСС-2000А "БАЛТИКА"</t>
+  </si>
+  <si>
+    <t>14 004</t>
+  </si>
+  <si>
+    <t>14 769</t>
+  </si>
+  <si>
+    <t>Разветвления рукавные</t>
+  </si>
+  <si>
+    <t>Разветвление РТ-80</t>
+  </si>
+  <si>
+    <t>11 088</t>
+  </si>
+  <si>
+    <t>11 531</t>
+  </si>
+  <si>
+    <t>Разветвление РТ-70</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разветвление двухходовое РД-25 "Балтика" </t>
+  </si>
+  <si>
+    <t>5 892</t>
+  </si>
+  <si>
+    <t>6 127</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разветвление двухходовое РД-80*50*25 "Балтика" </t>
+  </si>
+  <si>
+    <t>10 519</t>
+  </si>
+  <si>
+    <t>10 940</t>
+  </si>
+  <si>
+    <t>Разветвление четырехходовое РЧ-150</t>
+  </si>
+  <si>
+    <t>27 824</t>
+  </si>
+  <si>
+    <t>28 937</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Перекрывная вставка рукавная ПВР-150 "Балтика" </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разветвление двухходовое РД-80*50 "Балтика" </t>
+  </si>
+  <si>
+    <t>11 058</t>
+  </si>
+  <si>
+    <t>11 500</t>
+  </si>
+  <si>
+    <t>Оросители</t>
+  </si>
+  <si>
+    <t>Оросители спринклерные</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ороситель спринклерный водяной специальный универсальный "СВУ" </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ороситель спринклерный водяной общего назначения "СВВ" и "СВН" </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ороситель спринклерный быстродействующий повышенной производительности "СОБР" </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ороситель спринклерный тонкораспылённой воды "Бриз" </t>
+  </si>
+  <si>
+    <t>Ороситель спринклерный водяной и пенный "SSU" и "SSP"</t>
+  </si>
+  <si>
+    <t>Ороситель спринклерный водяной горизонтальный "СВГ"</t>
+  </si>
+  <si>
+    <t>Ороситель спринклерный водяной и пенный горизонтальный "СВГ-15"</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ороситель спринклерный скрытый </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ороситель спринклерный стеллажный "ССВ" и "ССН" </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ороситель спринклерный водяной и пенный специальный универсальный "СУУ"  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Распылитель спринклерный специальный "РС" </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ороситель спринклерный водяной и пенный специальный "СУВ-К200" и "СУН-К200" </t>
+  </si>
+  <si>
+    <t>Экраны и аксессуары для оросителей</t>
+  </si>
+  <si>
+    <t>Защитные решетки и аксессуары</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Защитная решетка для оросителя </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Упор для монтажа скрытых оросителей «Балтика» </t>
+  </si>
+  <si>
+    <t>Пожарные экраны для спринклеров квадратные</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пожарный экран для спринклера квадратный 300х300 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пожарный экран для спринклера квадратный 400х400 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пожарный экран для спринклера квадратный 500х500 </t>
+  </si>
+  <si>
+    <t>Пожарные экраны для спринклеров квадратные (крепление на ороситель)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пожарный экран для спринклера квадратный (крепление на ороситель) 300х300 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пожарный экран для спринклера квадратный (крепление на ороситель) 400х400 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пожарный экран для спринклера квадратный (крепление на ороситель) 500х500 </t>
+  </si>
+  <si>
+    <t>Пожарные экраны для спринклеров квадратные (крепление на трубу)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пожарный экран для спринклера квадратный (крепление на трубу) 300х300 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пожарный экран для спринклера квадратный (крепление на трубу) 400х400 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пожарный экран для спринклера квадратный (крепление на трубу) 500х500 </t>
+  </si>
+  <si>
+    <t>Пожарные экраны для спринклеров квадратные зонтичного типа</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пожарный экран для спринклера квадратный зонтичного типа 300х300 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пожарный экран для спринклера квадратный зонтичного типа 400х400 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пожарный экран для спринклера квадратный зонтичного типа 500х500 </t>
+  </si>
+  <si>
+    <t>Пожарные экраны для спринклеров квадратные зонтичного типа (крепление на трубу)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пожарный экран для спринклера квадратный зонтичного типа (крепление на трубу) 300х300 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пожарный экран для спринклера квадратный зонтичного типа (крепление на трубу) 400х400 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пожарный экран для спринклера квадратный зонтичного типа (крепление на трубу) 500х500 </t>
+  </si>
+  <si>
+    <t>Пожарные экраны для спринклеров квадратные разборные</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пожарный экран для спринклера квадратный разборный 300х300 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пожарный экран для спринклера квадратный разборный 400х400 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пожарный экран для спринклера квадратный разборный 500х500 </t>
+  </si>
+  <si>
+    <t>Пожарные экраны для спринклеров круглые</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пожарный экран для спринклера круглый 300 мм </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пожарный экран для спринклера круглый 400 мм </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пожарный экран для спринклера круглый 500 мм </t>
+  </si>
+  <si>
+    <t>Пожарные экраны для спринклеров круглые (крепление на ороситель)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пожарный экран для спринклера круглый (крепление на ороситель) 300 мм </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пожарный экран для спринклера круглый (крепление на ороситель) 400 мм </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пожарный экран для спринклера круглый (крепление на ороситель) 500 мм </t>
+  </si>
+  <si>
+    <t>Пожарные экраны для спринклеров круглые разборные</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пожарный экран для спринклера круглый разборный 300 мм </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пожарный экран для спринклера круглый разборный 400 мм </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пожарный экран для спринклера круглый разборный 500 мм </t>
+  </si>
+  <si>
+    <t>Оросители дренчерные</t>
+  </si>
+  <si>
+    <t>Ороситель дренчерный водяной специальный универсальный "ДВУ"</t>
+  </si>
+  <si>
+    <t>Ороситель дренчерный водяной общего назначения "ДВВ" и "ДВН"</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ороситель дренчерный повышенной производительности "СОБР" </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ороситель дренчерный тонкораспылённой воды "Бриз" </t>
+  </si>
+  <si>
+    <t>Ороситель дренчерный водяной и пенный "SU" и "SP"</t>
+  </si>
+  <si>
+    <t>Ороситель дренчерный водяной горизонтальный "ДВГ"</t>
+  </si>
+  <si>
+    <t>Ороситель дренчерный водяной и пенный горизонтальный "ДВГ-15"</t>
+  </si>
+  <si>
+    <t>Распылитель дренчерный высокого давления типа "РВД"</t>
+  </si>
+  <si>
+    <t>Распылитель центробежный "РЦ-180"</t>
+  </si>
+  <si>
+    <t>Ороситель центробежный типа "ОЦ"</t>
+  </si>
+  <si>
+    <t>Ороситель эвольвентный "ОЭ"</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ороситель дренчерный для водяных завес "ЗВН-8", "ЗВН-15" </t>
+  </si>
+  <si>
+    <t>Ороситель дренчерный специальный "ЗВН-3", "ЗВН-5"</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ороситель дренчерный водяной и пенный специальный универсальный "ДУУ" </t>
+  </si>
+  <si>
+    <t>Гидранты пожарные, подставки, колонки</t>
+  </si>
+  <si>
+    <t>Гидранты пожарные</t>
+  </si>
+  <si>
+    <t>Гидрант 2,25 м (сталь)</t>
+  </si>
+  <si>
+    <t>10 743</t>
+  </si>
+  <si>
+    <t>11 173</t>
+  </si>
+  <si>
+    <t>Гидрант 2,5 м (сталь)</t>
+  </si>
+  <si>
+    <t>11 178</t>
+  </si>
+  <si>
+    <t>11 625</t>
+  </si>
+  <si>
+    <t>Гидрант 2,75м (сталь)</t>
+  </si>
+  <si>
+    <t>11 614</t>
+  </si>
+  <si>
+    <t>12 079</t>
+  </si>
+  <si>
+    <t>Гидрант 2,0 м (сталь)</t>
+  </si>
+  <si>
+    <t>10 384</t>
+  </si>
+  <si>
+    <t>10 800</t>
+  </si>
+  <si>
+    <t>Гидрант 1,75 м (сталь)</t>
+  </si>
+  <si>
+    <t>10 364</t>
+  </si>
+  <si>
+    <t>Гидрант 1,5 м (сталь)</t>
+  </si>
+  <si>
+    <t>9 887</t>
+  </si>
+  <si>
+    <t>Гидрант 1,25 м (сталь)</t>
+  </si>
+  <si>
+    <t>9 125</t>
+  </si>
+  <si>
+    <t>9 490</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гидрант стальной 0,75 м </t>
+  </si>
+  <si>
+    <t>8 364</t>
+  </si>
+  <si>
+    <t>8 699</t>
+  </si>
+  <si>
+    <t>Гидрант 0,5 м (сталь)</t>
+  </si>
+  <si>
+    <t>8 055</t>
+  </si>
+  <si>
+    <t>8 378</t>
+  </si>
+  <si>
+    <t>Гидрант 1,0 м (сталь)</t>
+  </si>
+  <si>
+    <t>8 743</t>
+  </si>
+  <si>
+    <t>9 093</t>
+  </si>
+  <si>
+    <t>Гидрант (чугун) 2,75 м</t>
+  </si>
+  <si>
+    <t>25 502</t>
+  </si>
+  <si>
+    <t>26 167</t>
+  </si>
+  <si>
+    <t>Гидрант (чугун) 2,5 м</t>
+  </si>
+  <si>
+    <t>24 191</t>
+  </si>
+  <si>
+    <t>24 822</t>
+  </si>
+  <si>
+    <t>Гидрант (чугун) 2,25 м</t>
+  </si>
+  <si>
+    <t>22 874</t>
+  </si>
+  <si>
+    <t>23 471</t>
+  </si>
+  <si>
+    <t>Гидрант (чугун) 2,0 м</t>
+  </si>
+  <si>
+    <t>21 580</t>
+  </si>
+  <si>
+    <t>22 143</t>
+  </si>
+  <si>
+    <t>Гидрант (чугун) 1,75 м</t>
+  </si>
+  <si>
+    <t>20 275</t>
+  </si>
+  <si>
+    <t>20 804</t>
+  </si>
+  <si>
+    <t>Гидрант (чугун) 1,5 м</t>
+  </si>
+  <si>
+    <t>18 964</t>
+  </si>
+  <si>
+    <t>19 459</t>
+  </si>
+  <si>
+    <t>Гидрант (чугун) 1,25 м</t>
+  </si>
+  <si>
+    <t>17 659</t>
+  </si>
+  <si>
+    <t>18 119</t>
+  </si>
+  <si>
+    <t>Гидрант (чугун) 1,0 м</t>
+  </si>
+  <si>
+    <t>15 051</t>
+  </si>
+  <si>
+    <t>15 857</t>
+  </si>
+  <si>
+    <t>Гидрант чугунный 0,75 м</t>
+  </si>
+  <si>
+    <t>15 083</t>
+  </si>
+  <si>
+    <t>15 476</t>
+  </si>
+  <si>
+    <t>Гидрант (чугун) 0,5 м</t>
+  </si>
+  <si>
+    <t>12 635</t>
+  </si>
+  <si>
+    <t>13 312</t>
+  </si>
+  <si>
+    <t>Гидрант 3,0 м (сталь)</t>
+  </si>
+  <si>
+    <t>12 050</t>
+  </si>
+  <si>
+    <t>12 532</t>
+  </si>
+  <si>
+    <t>Гидрант 3,25 м (сталь)</t>
+  </si>
+  <si>
+    <t>12 460</t>
+  </si>
+  <si>
+    <t>12 959</t>
+  </si>
+  <si>
+    <t>Гидрант 3,5 м (сталь)</t>
+  </si>
+  <si>
+    <t>12 870</t>
+  </si>
+  <si>
+    <t>13 385</t>
+  </si>
+  <si>
+    <t>Гидрант (чугун) 3,0 м</t>
+  </si>
+  <si>
+    <t>24 683</t>
+  </si>
+  <si>
+    <t>26 005</t>
+  </si>
+  <si>
+    <t>Колонки пожарные</t>
+  </si>
+  <si>
+    <t>Колонка водоразборная</t>
+  </si>
+  <si>
+    <t>9 775</t>
+  </si>
+  <si>
+    <t>10 030</t>
+  </si>
+  <si>
+    <t>Колонка пожарная КПА (московского типа)</t>
+  </si>
+  <si>
+    <t>12 823</t>
+  </si>
+  <si>
+    <t>13 157</t>
+  </si>
+  <si>
+    <t>Фланцы и подставки для пожарных гидрантов</t>
+  </si>
+  <si>
+    <t>Заглушка фланцевая d-300мм</t>
+  </si>
+  <si>
+    <t>14 950</t>
+  </si>
+  <si>
+    <t>15 340</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Подставка раструбная ППР (чугун) d-300мм </t>
+  </si>
+  <si>
+    <t>48 990</t>
+  </si>
+  <si>
+    <t>50 268</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крест фланцевый с пожарной подставкой ППКФ (сталь) d-300мм, отросток 300мм </t>
+  </si>
+  <si>
+    <t>32 681</t>
+  </si>
+  <si>
+    <t>33 534</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крест фланцевый с пожарной подставкой ППКФ (чугун) d-300мм, отросток 250мм </t>
+  </si>
+  <si>
+    <t>92 848</t>
+  </si>
+  <si>
+    <t>97 822</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник фланцевый с пожарной подставкой ППТФ (сталь) d-300мм, отросток 250мм </t>
+  </si>
+  <si>
+    <t>19 133</t>
+  </si>
+  <si>
+    <t>20 158</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник фланцевый с пожарной подставкой ППТФ (чугун) d-300мм, отросток 250мм </t>
+  </si>
+  <si>
+    <t>79 178</t>
+  </si>
+  <si>
+    <t>81 243</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник фланцевый с пожарной подставкой ППТФ (чугун) d-300мм, отросток 300мм </t>
+  </si>
+  <si>
+    <t>86 319</t>
+  </si>
+  <si>
+    <t>88 571</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крест фланцевый с пожарной подставкой ППКФ (сталь) d-300мм, отросток 200мм </t>
+  </si>
+  <si>
+    <t>21 684</t>
+  </si>
+  <si>
+    <t>22 249</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крест фланцевый с пожарной подставкой ППКФ (чугун) d-300мм, отросток 150мм </t>
+  </si>
+  <si>
+    <t>79 120</t>
+  </si>
+  <si>
+    <t>81 184</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крест фланцевый с пожарной подставкой ППКФ (чугун) d-300мм, отросток 100мм </t>
+  </si>
+  <si>
+    <t>70 840</t>
+  </si>
+  <si>
+    <t>72 688</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крест фланцевый с пожарной подставкой ППКФ (сталь) d-300мм, отросток 100мм </t>
+  </si>
+  <si>
+    <t>20 447</t>
+  </si>
+  <si>
+    <t>20 981</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крест фланцевый с пожарной подставкой ППКФ (чугун) d-300мм, отросток 200мм </t>
+  </si>
+  <si>
+    <t>88 780</t>
+  </si>
+  <si>
+    <t>91 096</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник фланцевый с пожарной подставкой ППТФ (сталь) d-300мм, отросток 300мм </t>
+  </si>
+  <si>
+    <t>25 062</t>
+  </si>
+  <si>
+    <t>25 716</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крест фланцевый с пожарной подставкой ППКФ (сталь) d-300мм, отросток 250мм </t>
+  </si>
+  <si>
+    <t>22 994</t>
+  </si>
+  <si>
+    <t>24 226</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крест фланцевый с пожарной подставкой ППКФ (сталь) d-300мм, отросток 150мм </t>
+  </si>
+  <si>
+    <t>18 748</t>
+  </si>
+  <si>
+    <t>19 753</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крест фланцевый с пожарной подставкой ППКФ (чугун) d-300мм, отросток 300мм </t>
+  </si>
+  <si>
+    <t>110 136</t>
+  </si>
+  <si>
+    <t>113 009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник фланцевый с пожарной подставкой ППТФ (сталь) d-250мм, отросток 100мм </t>
+  </si>
+  <si>
+    <t>16 439</t>
+  </si>
+  <si>
+    <t>17 319</t>
+  </si>
+  <si>
+    <t>Подставка фланцевая односторонняя ППФО (сталь) d-250мм</t>
+  </si>
+  <si>
+    <t>8 988</t>
+  </si>
+  <si>
+    <t>Подставка фланцевая ППФ (чугун) d-250мм</t>
+  </si>
+  <si>
+    <t>48 438</t>
+  </si>
+  <si>
+    <t>49 702</t>
+  </si>
+  <si>
+    <t>Подставка фланцевая ППФ (сталь) d-250мм</t>
+  </si>
+  <si>
+    <t>12 558</t>
+  </si>
+  <si>
+    <t>12 886</t>
+  </si>
+  <si>
+    <t>Заглушка фланцевая d-200мм</t>
+  </si>
+  <si>
+    <t>7 401</t>
+  </si>
+  <si>
+    <t>7 594</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Подставка раструбная ППР (чугун) d-200мм </t>
+  </si>
+  <si>
+    <t>36 950</t>
+  </si>
+  <si>
+    <t>37 914</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крест фланцевый с пожарной подставкой ППКФ (чугун) d-200мм, отросток 200мм </t>
+  </si>
+  <si>
+    <t>72 565</t>
+  </si>
+  <si>
+    <t>74 458</t>
+  </si>
+  <si>
+    <t>Подставка фланцевая односторонняя ППФО (чугун) d-250мм</t>
+  </si>
+  <si>
+    <t>52 416</t>
+  </si>
+  <si>
+    <t>55 224</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник фланцевый с пожарной подставкой ППТФ (чугун) d-250мм, отросток 100мм </t>
+  </si>
+  <si>
+    <t>57 008</t>
+  </si>
+  <si>
+    <t>60 062</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник фланцевый с пожарной подставкой ППТФ (сталь) d-250мм, отросток 150мм </t>
+  </si>
+  <si>
+    <t>17 366</t>
+  </si>
+  <si>
+    <t>18 296</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник фланцевый с пожарной подставкой ППТФ (чугун) d-250мм, отросток 150мм </t>
+  </si>
+  <si>
+    <t>59 864</t>
+  </si>
+  <si>
+    <t>63 071</t>
+  </si>
+  <si>
+    <t>Заглушка фланцевая d-250мм</t>
+  </si>
+  <si>
+    <t>11 730</t>
+  </si>
+  <si>
+    <t>12 036</t>
+  </si>
+  <si>
+    <t>Подставка фланцевая ППФ (сталь) d-300мм</t>
+  </si>
+  <si>
+    <t>17 115</t>
+  </si>
+  <si>
+    <t>17 561</t>
+  </si>
+  <si>
+    <t>Подставка фланцевая ППФ (чугун) d-300мм</t>
+  </si>
+  <si>
+    <t>56 661</t>
+  </si>
+  <si>
+    <t>58 139</t>
+  </si>
+  <si>
+    <t>Подставка фланцевая односторонняя ППФО (сталь) d-300мм</t>
+  </si>
+  <si>
+    <t>13 553</t>
+  </si>
+  <si>
+    <t>13 907</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник фланцевый с пожарной подставкой ППТФ (сталь) d-300мм, отросток 100мм </t>
+  </si>
+  <si>
+    <t>19 170</t>
+  </si>
+  <si>
+    <t>19 670</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник фланцевый с пожарной подставкой ППТФ (чугун) d-300мм, отросток 100мм </t>
+  </si>
+  <si>
+    <t>67 275</t>
+  </si>
+  <si>
+    <t>69 030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник фланцевый с пожарной подставкой ППТФ (сталь) d-300мм, отросток 150мм </t>
+  </si>
+  <si>
+    <t>19 886</t>
+  </si>
+  <si>
+    <t>20 405</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник фланцевый с пожарной подставкой ППТФ (чугун) d-300мм, отросток 150мм </t>
+  </si>
+  <si>
+    <t>69 805</t>
+  </si>
+  <si>
+    <t>71 626</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник фланцевый с пожарной подставкой ППТФ (сталь) d-300мм, отросток 200мм </t>
+  </si>
+  <si>
+    <t>21 925</t>
+  </si>
+  <si>
+    <t>22 497</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник фланцевый с пожарной подставкой ППТФ (чугун) d-300мм, отросток 200мм </t>
+  </si>
+  <si>
+    <t>73 370</t>
+  </si>
+  <si>
+    <t>75 284</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Подставка раструбная ППР (чугун) d-250мм </t>
+  </si>
+  <si>
+    <t>39 560</t>
+  </si>
+  <si>
+    <t>40 592</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крест фланцевый с пожарной подставкой ППКФ (чугун) d-250мм, отросток 250мм </t>
+  </si>
+  <si>
+    <t>84 448</t>
+  </si>
+  <si>
+    <t>88 972</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник фланцевый с пожарной подставкой ППТФ (сталь) d-250мм, отросток 200мм </t>
+  </si>
+  <si>
+    <t>18 732</t>
+  </si>
+  <si>
+    <t>19 220</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник фланцевый с пожарной подставкой ППТФ (чугун) d-250мм, отросток 200мм </t>
+  </si>
+  <si>
+    <t>63 193</t>
+  </si>
+  <si>
+    <t>64 841</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник фланцевый с пожарной подставкой ППТФ (сталь) d-250мм, отросток 250мм </t>
+  </si>
+  <si>
+    <t>21 151</t>
+  </si>
+  <si>
+    <t>21 703</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник фланцевый с пожарной подставкой ППТФ (чугун) d-250мм, отросток 250мм </t>
+  </si>
+  <si>
+    <t>64 745</t>
+  </si>
+  <si>
+    <t>66 434</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крест фланцевый с пожарной подставкой ППКФ (чугун) d-250мм, отросток 100мм </t>
+  </si>
+  <si>
+    <t>58 957</t>
+  </si>
+  <si>
+    <t>62 116</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крест фланцевый с пожарной подставкой ППКФ (сталь) d-250мм, отросток 150мм </t>
+  </si>
+  <si>
+    <t>18 806</t>
+  </si>
+  <si>
+    <t>19 297</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крест фланцевый с пожарной подставкой ППКФ (чугун) d-250мм, отросток 150мм </t>
+  </si>
+  <si>
+    <t>67 088</t>
+  </si>
+  <si>
+    <t>70 682</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крест фланцевый с пожарной подставкой ППКФ (сталь) d-250мм, отросток 200мм </t>
+  </si>
+  <si>
+    <t>15 617</t>
+  </si>
+  <si>
+    <t>16 453</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крест фланцевый с пожарной подставкой ППКФ (чугун) d-250мм, отросток 200мм </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крест фланцевый с пожарной подставкой ППКФ (сталь) d-250мм, отросток 250мм </t>
+  </si>
+  <si>
+    <t>25 237</t>
+  </si>
+  <si>
+    <t>25 896</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крест фланцевый с пожарной подставкой ППКФ (сталь) d-200мм, отросток 200мм </t>
+  </si>
+  <si>
+    <t>16 431</t>
+  </si>
+  <si>
+    <t>16 859</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Подставка раструбная ППР (чугун) d-150мм </t>
+  </si>
+  <si>
+    <t>35 938</t>
+  </si>
+  <si>
+    <t>36 875</t>
+  </si>
+  <si>
+    <t>Подставка фланцевая ППФ (сталь) d-200мм</t>
+  </si>
+  <si>
+    <t>9 930</t>
+  </si>
+  <si>
+    <t>10 189</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник фланцевый с пожарной подставкой ППТФ (чугун) d-200мм, отросток 200мм </t>
+  </si>
+  <si>
+    <t>55 718</t>
+  </si>
+  <si>
+    <t>57 171</t>
+  </si>
+  <si>
+    <t>Подставка фланцевая ППФ (чугун) d-200мм</t>
+  </si>
+  <si>
+    <t>37 720</t>
+  </si>
+  <si>
+    <t>38 704</t>
+  </si>
+  <si>
+    <t>Подставка фланцевая односторонняя ППФО (сталь) d-200мм</t>
+  </si>
+  <si>
+    <t>7 878</t>
+  </si>
+  <si>
+    <t>8 083</t>
+  </si>
+  <si>
+    <t>Подставка фланцевая односторонняя ППФО (чугун) d-200мм</t>
+  </si>
+  <si>
+    <t>41 918</t>
+  </si>
+  <si>
+    <t>43 011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник фланцевый с пожарной подставкой ППТФ (сталь) d-200мм, отросток 100мм </t>
+  </si>
+  <si>
+    <t>11 153</t>
+  </si>
+  <si>
+    <t>11 444</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник фланцевый с пожарной подставкой ППТФ (сталь) d-200мм, отросток 150мм </t>
+  </si>
+  <si>
+    <t>12 031</t>
+  </si>
+  <si>
+    <t>12 344</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник фланцевый с пожарной подставкой ППТФ (чугун) d-200мм, отросток 150мм </t>
+  </si>
+  <si>
+    <t>51 233</t>
+  </si>
+  <si>
+    <t>52 569</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник фланцевый с пожарной подставкой ППТФ (сталь) d-200мм, отросток 200мм </t>
+  </si>
+  <si>
+    <t>13 171</t>
+  </si>
+  <si>
+    <t>13 515</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крест фланцевый с пожарной подставкой ППКФ (чугун) d-200мм, отросток 150мм </t>
+  </si>
+  <si>
+    <t>63 250</t>
+  </si>
+  <si>
+    <t>64 900</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крест фланцевый с пожарной подставкой ППКФ (сталь) d-200мм, отросток 100мм </t>
+  </si>
+  <si>
+    <t>12 701</t>
+  </si>
+  <si>
+    <t>13 032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крест фланцевый с пожарной подставкой ППКФ (чугун) d-200мм, отросток 100мм </t>
+  </si>
+  <si>
+    <t>54 050</t>
+  </si>
+  <si>
+    <t>55 460</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крест фланцевый с пожарной подставкой ППКФ (сталь) d-200мм, отросток 150мм </t>
+  </si>
+  <si>
+    <t>13 932</t>
+  </si>
+  <si>
+    <t>14 679</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник фланцевый с пожарной подставкой ППТФ (чугун) d-150мм, отросток 100мм </t>
+  </si>
+  <si>
+    <t>Заглушка фланцевая d-150мм</t>
+  </si>
+  <si>
+    <t>5 124</t>
+  </si>
+  <si>
+    <t>5 257</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник фланцевый с пожарной подставкой ППТФ (чугун) d-200мм, отросток 100мм </t>
+  </si>
+  <si>
+    <t>48 898</t>
+  </si>
+  <si>
+    <t>50 174</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник фланцевый с пожарной подставкой ППТФ (сталь) d-150мм, отросток 100мм </t>
+  </si>
+  <si>
+    <t>9 504</t>
+  </si>
+  <si>
+    <t>9 752</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крест фланцевый с пожарной подставкой ППКФ (сталь) d-150мм, отросток 150мм </t>
+  </si>
+  <si>
+    <t>12 363</t>
+  </si>
+  <si>
+    <t>12 685</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крест фланцевый с пожарной подставкой ППКФ (чугун) d-150мм, отросток 100мм </t>
+  </si>
+  <si>
+    <t>Подставка фланцевая односторонняя ППФО (чугун) d-150мм</t>
+  </si>
+  <si>
+    <t>30 533</t>
+  </si>
+  <si>
+    <t>31 329</t>
+  </si>
+  <si>
+    <t>Подставка фланцевая односторонняя ППФО (сталь) d-150мм</t>
+  </si>
+  <si>
+    <t>5 934</t>
+  </si>
+  <si>
+    <t>6 089</t>
+  </si>
+  <si>
+    <t>Подставка фланцевая ППФ (чугун) d-150мм</t>
+  </si>
+  <si>
+    <t>33 373</t>
+  </si>
+  <si>
+    <t>34 244</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крест фланцевый с пожарной подставкой ППКФ (сталь) d-250мм, отросток 100мм </t>
+  </si>
+  <si>
+    <t>12 478</t>
+  </si>
+  <si>
+    <t>13 147</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крест фланцевый с пожарной подставкой ППКФ (чугун) d-150мм, отросток 150мм </t>
+  </si>
+  <si>
+    <t>63 940</t>
+  </si>
+  <si>
+    <t>65 608</t>
+  </si>
+  <si>
+    <t>Подставка фланцевая ППФ (сталь) d-150мм</t>
+  </si>
+  <si>
+    <t>8 013</t>
+  </si>
+  <si>
+    <t>8 222</t>
+  </si>
+  <si>
+    <t>Заглушка фланцевая d-100мм</t>
+  </si>
+  <si>
+    <t>3 717</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Подставка раструбная ППР (чугун) d-100мм </t>
+  </si>
+  <si>
+    <t>28 980</t>
+  </si>
+  <si>
+    <t>29 736</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крест фланцевый с пожарной подставкой ППКФ (чугун) d-100мм, отросток 100мм </t>
+  </si>
+  <si>
+    <t>46 403</t>
+  </si>
+  <si>
+    <t>47 613</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крест фланцевый с пожарной подставкой ППКФ (сталь) d-150мм, отросток 100мм </t>
+  </si>
+  <si>
+    <t>11 149</t>
+  </si>
+  <si>
+    <t>11 439</t>
+  </si>
+  <si>
+    <t>Подставка фланцевая ППФ (чугун) d-100мм</t>
+  </si>
+  <si>
+    <t>25 956</t>
+  </si>
+  <si>
+    <t>26 633</t>
+  </si>
+  <si>
+    <t>Подставка фланцевая ППФ (сталь) d-100мм</t>
+  </si>
+  <si>
+    <t>6 780</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крест фланцевый с пожарной подставкой ППКФ (сталь) d-100мм, отросток 100мм </t>
+  </si>
+  <si>
+    <t>9 158</t>
+  </si>
+  <si>
+    <t>9 397</t>
+  </si>
+  <si>
+    <t>Подставка фланцевая односторонняя ППФО (чугун) d-100мм</t>
+  </si>
+  <si>
+    <t>22 885</t>
+  </si>
+  <si>
+    <t>23 482</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник фланцевый с пожарной подставкой ППТФ (сталь) d-100мм, отросток 100мм </t>
+  </si>
+  <si>
+    <t>7 722</t>
+  </si>
+  <si>
+    <t>7 923</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник фланцевый с пожарной подставкой ППТФ (чугун) d-100мм, отросток 100мм </t>
+  </si>
+  <si>
+    <t>34 409</t>
+  </si>
+  <si>
+    <t>Подставка фланцевая односторонняя ППФО (сталь) d-100мм</t>
+  </si>
+  <si>
+    <t>5 349</t>
+  </si>
+  <si>
+    <t>5 489</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник фланцевый с пожарной подставкой ППТФ (сталь) d-150мм, отросток 150мм </t>
+  </si>
+  <si>
+    <t>10 208</t>
+  </si>
+  <si>
+    <t>10 474</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник фланцевый с пожарной подставкой ППТФ (чугун) d-150мм, отросток 150мм </t>
+  </si>
+  <si>
+    <t>44 160</t>
+  </si>
+  <si>
+    <t>45 312</t>
+  </si>
+  <si>
+    <t>Подставка фланцевая односторонняя ППФО (чугун) d-300мм</t>
+  </si>
+  <si>
+    <t>61 320</t>
+  </si>
+  <si>
+    <t>64 605</t>
+  </si>
+  <si>
+    <t>Прочее оборудование к пожарным гидрантам</t>
+  </si>
+  <si>
+    <t>Фланец ответный под пожарный гидрант</t>
+  </si>
+  <si>
+    <t>2 070</t>
+  </si>
+  <si>
+    <t>2 124</t>
+  </si>
+  <si>
+    <t>Заглушка под пожарный гидрант</t>
+  </si>
+  <si>
+    <t>5 106</t>
+  </si>
+  <si>
+    <t>5 240</t>
+  </si>
+  <si>
+    <t>Подставка пожарная сварная ППС-200</t>
+  </si>
+  <si>
+    <t>2 594</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крышка для пожарного гидранта </t>
+  </si>
+  <si>
+    <t>Фонари, мегафоны, аптечки</t>
+  </si>
+  <si>
+    <t>Фонари аккумуляторные</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Фонарь аккумуляторный ФАГ-Т (ФАГ-3) "Турист" </t>
+  </si>
+  <si>
+    <t>2 788</t>
+  </si>
+  <si>
+    <t>2 941</t>
+  </si>
+  <si>
+    <t>Фонарь аккумуляторный ФАГ-СЭ (Бином) с линзой</t>
+  </si>
+  <si>
+    <t>3 236</t>
+  </si>
+  <si>
+    <t>Фонарь аккумуляторный ФАГ-СЭ светодиодный</t>
+  </si>
+  <si>
+    <t>Фонарь аккумуляторный огнестойкий ФОС-3-5/6</t>
+  </si>
+  <si>
+    <t>6 928</t>
+  </si>
+  <si>
+    <t>7 307</t>
+  </si>
+  <si>
+    <t>Фонарь аккумуляторный ФПС-4/6 ПМ светодиодный</t>
+  </si>
+  <si>
+    <t>6 083</t>
+  </si>
+  <si>
+    <t>6 416</t>
+  </si>
+  <si>
+    <t>Фонарь аккумуляторный «Экотон-17» с ЗУ</t>
+  </si>
+  <si>
+    <t>6 320</t>
+  </si>
+  <si>
+    <t>6 665</t>
+  </si>
+  <si>
+    <t>Фонарь аккумуляторный ФИП-П</t>
+  </si>
+  <si>
+    <t>3 681</t>
+  </si>
+  <si>
+    <t>3 882</t>
+  </si>
+  <si>
+    <t>Фонарь аккумуляторный  ФР-ВС "Экотон-3"</t>
+  </si>
+  <si>
+    <t>18 400</t>
+  </si>
+  <si>
+    <t>19 406</t>
+  </si>
+  <si>
+    <t>Светильник аккумуляторный  СГСВ-1 "Экотон-4-03»</t>
+  </si>
+  <si>
+    <t>6 656</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Фонарь железнодорожный ФЖА-ПБ </t>
+  </si>
+  <si>
+    <t>3 738</t>
+  </si>
+  <si>
+    <t>3 942</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Фонарь железнодорожный ФЖА-ПБС </t>
+  </si>
+  <si>
+    <t>4 461</t>
+  </si>
+  <si>
+    <t>4 705</t>
+  </si>
+  <si>
+    <t>Фонарь-фара «Экотон-5» с ЗУ</t>
+  </si>
+  <si>
+    <t>13 754</t>
+  </si>
+  <si>
+    <t>14 506</t>
+  </si>
+  <si>
+    <t>Зарядные устройства и комплектующие к фонарям</t>
+  </si>
+  <si>
+    <t>Аккумулятор 3,3 А\ч</t>
+  </si>
+  <si>
+    <t>Лампочка криптоновая</t>
+  </si>
+  <si>
+    <t>Лампочка к ФОС</t>
+  </si>
+  <si>
+    <t>Зарядное устройство АЗУ-3.6/4.5 (пластиковый корпус)</t>
+  </si>
+  <si>
+    <t>1 031</t>
+  </si>
+  <si>
+    <t>1 087</t>
+  </si>
+  <si>
+    <t>Аккумулятор  4,5 А\ч</t>
+  </si>
+  <si>
+    <t>Мегафоны</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Мегафон 10 Вт </t>
+  </si>
+  <si>
+    <t>3 943</t>
+  </si>
+  <si>
+    <t>4 158</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Мегафон 25 Вт с выносным микрофоном и сиреной </t>
+  </si>
+  <si>
+    <t>8 871</t>
+  </si>
+  <si>
+    <t>9 356</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Мегафон 25 Вт </t>
+  </si>
+  <si>
+    <t>8 730</t>
+  </si>
+  <si>
+    <t>9 207</t>
+  </si>
+  <si>
+    <t>Аптечки первой помощи</t>
+  </si>
+  <si>
+    <t>Аптечки АППОЛО</t>
+  </si>
+  <si>
+    <t>Аптечка универсальная "АППОЛО"</t>
+  </si>
+  <si>
+    <t>1 355</t>
+  </si>
+  <si>
+    <t>Комплект КИМГЗ "АППОЛО"</t>
+  </si>
+  <si>
+    <t>Аптечка противоожоговая "АППОЛО"</t>
+  </si>
+  <si>
+    <t>5 114</t>
+  </si>
+  <si>
+    <t>5 394</t>
+  </si>
+  <si>
+    <t>Аптечка для детских и учебных учреждений "АППОЛО"</t>
+  </si>
+  <si>
+    <t>8 078</t>
+  </si>
+  <si>
+    <t>8 520</t>
+  </si>
+  <si>
+    <t>Аптечка коллективная для офиса и производства "АППОЛО"</t>
+  </si>
+  <si>
+    <t>3 344</t>
+  </si>
+  <si>
+    <t>3 526</t>
+  </si>
+  <si>
+    <t>Аптечка промышленная "АППОЛО" (сумка)</t>
+  </si>
+  <si>
+    <t>5 295</t>
+  </si>
+  <si>
+    <t>5 585</t>
+  </si>
+  <si>
+    <t>Аптечка для энергетических предприятий "АППОЛО"</t>
+  </si>
+  <si>
+    <t>12 752</t>
+  </si>
+  <si>
+    <t>13 449</t>
+  </si>
+  <si>
+    <t>Аптечка первой помощи работникам по приказу  №169н  (сумка)</t>
+  </si>
+  <si>
+    <t>1 921</t>
+  </si>
+  <si>
+    <t>Аптечка промышленная "АППОЛО" (пластиковый шкаф)</t>
+  </si>
+  <si>
+    <t>4 601</t>
+  </si>
+  <si>
+    <t>Аптечка первой помощи работникам по приказу  №169н  (пластиковый чемодан)</t>
+  </si>
+  <si>
+    <t>1 217</t>
+  </si>
+  <si>
+    <t>1 283</t>
+  </si>
+  <si>
+    <t>Аптечка первой помощи работникам по приказу  №169н  (пластиковый шкаф)</t>
+  </si>
+  <si>
+    <t>1 657</t>
+  </si>
+  <si>
+    <t>1 748</t>
+  </si>
+  <si>
+    <t>Аптечка промышленная "АППОЛО" (металлический шкаф)</t>
+  </si>
+  <si>
+    <t>8 915</t>
+  </si>
+  <si>
+    <t>9 403</t>
+  </si>
+  <si>
+    <t>Аптечка автомобильная «АППОЛО-АВТО»</t>
+  </si>
+  <si>
+    <t>1 664</t>
+  </si>
+  <si>
+    <t>Аптечки ВИТАЛФАРМ</t>
+  </si>
+  <si>
+    <t>Аптечка противоожоговая "ВИТАЛФАРМ"</t>
+  </si>
+  <si>
+    <t>Аптечка производственная "ВИТАЛФАРМ"</t>
+  </si>
+  <si>
+    <t>Аптечка офисная "ВИТАЛФАРМ"</t>
+  </si>
+  <si>
+    <t>Аптечка автомобильная "Тандем ВИТАЛ"</t>
+  </si>
+  <si>
+    <t>Аптечка универсальная "ВИТАЛФАРМ"</t>
+  </si>
+  <si>
+    <t>Комплект КИМГЗ "ВИТАЛФАРМ"</t>
+  </si>
+  <si>
+    <t>Аптечка коллективная ЗС ГО "ВИТАЛФАРМ" на 100-150 человек</t>
+  </si>
+  <si>
+    <t>Аптечка энергетика "ВИТАЛФАРМ"</t>
+  </si>
+  <si>
+    <t>Аптечки ФЭСТ</t>
+  </si>
+  <si>
+    <t>Аптечка автомобильная "ФЭСТ"</t>
+  </si>
+  <si>
+    <t>Аптечка коллективная ЗС ГО "ФЭСТ" на 100-150 человек</t>
+  </si>
+  <si>
+    <t>6 147</t>
+  </si>
+  <si>
+    <t>6 393</t>
+  </si>
+  <si>
+    <t>Аптечка универсальная "ФЭСТ"</t>
+  </si>
+  <si>
+    <t>Аптечка противоожоговая "ФЭСТ"</t>
+  </si>
+  <si>
+    <t>3 872</t>
+  </si>
+  <si>
+    <t>4 084</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Аптечка для учебных, общеобразовательных учреждений "ФЭСТ" (пластиковый футляр) </t>
+  </si>
+  <si>
+    <t>2 327</t>
+  </si>
+  <si>
+    <t>2 420</t>
+  </si>
+  <si>
+    <t>Аптечка коллективная на 15-20 человек "ФЭСТ" (футляр-полистирол)</t>
+  </si>
+  <si>
+    <t>3 593</t>
+  </si>
+  <si>
+    <t>3 737</t>
+  </si>
+  <si>
+    <t>Аптечка для оснащения промышленных предприятий "ФЭСТ" (футляр-полистирол)</t>
+  </si>
+  <si>
+    <t>1 818</t>
+  </si>
+  <si>
+    <t>Комплект КИМГЗ "ФЭСТ"</t>
+  </si>
+  <si>
+    <t>Аптечка энергетика "ФЭСТ"</t>
+  </si>
+  <si>
+    <t>5 714</t>
+  </si>
+  <si>
+    <t>5 943</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Аптечка для оснащения рабочих кабинетов учреждений и организаций "ФЭСТ" (футляр-полистирол) </t>
+  </si>
+  <si>
+    <t>Знаки, журналы, плакаты</t>
+  </si>
+  <si>
+    <t>Знаки на ПВХ пленке</t>
+  </si>
+  <si>
+    <t>Знак на самоклеящейся пленке 150х150, 150х300, 100х100, 50х150 мм</t>
+  </si>
+  <si>
+    <t>Знак на пленке малый (25х50, 30х20, 75х40 мм)</t>
+  </si>
+  <si>
+    <t>Знак светонакопительный на самоклеящейся пленке  150х300, 200х200 мм</t>
+  </si>
+  <si>
+    <t>Знак светонакопительный на самоклеящейся пленке 100х100, 150х150 мм</t>
+  </si>
+  <si>
+    <t>Вспомогательные плакаты</t>
+  </si>
+  <si>
+    <t>Знак V-22 (Песок)</t>
+  </si>
+  <si>
+    <t>Знак V-20 / В-05 (Не курить.No smoking)</t>
+  </si>
+  <si>
+    <t>Знак V-16 (Опасная зона)</t>
+  </si>
+  <si>
+    <t>Знак V-14 / В-50 (Проход запрещен)</t>
+  </si>
+  <si>
+    <t>Знак V-39 / В-53 (Проход держать свободным)</t>
+  </si>
+  <si>
+    <t>Знак V-05 / В-58 (Не курить)</t>
+  </si>
+  <si>
+    <t>Знак V-01 (Осторожно яд!)</t>
+  </si>
+  <si>
+    <t>Знак V-02 (Опасно! Газ)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Знак V-03 (Уходя, выключайте освещение) </t>
+  </si>
+  <si>
+    <t>Знак V-04 (Работать инструментом, не дающим искры)</t>
+  </si>
+  <si>
+    <t>Знак V-06 (Проход закрыт)</t>
+  </si>
+  <si>
+    <t>Знак V-07 (В резерве)</t>
+  </si>
+  <si>
+    <t>Знак V-08 (В работе)</t>
+  </si>
+  <si>
+    <t>Знак V-09 (В ремонте)</t>
+  </si>
+  <si>
+    <t>Знак V-10 (Не включать!)</t>
+  </si>
+  <si>
+    <t>Знак V-11 (Огнеопасно)</t>
+  </si>
+  <si>
+    <t>Знак V-12 (Взрывоопасно)</t>
+  </si>
+  <si>
+    <t>Знак V-13 (Помещение с повышенной опасностью)</t>
+  </si>
+  <si>
+    <t>Знак V-15 (Подъем запрещен)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Знак V-17 (Посторонним вход воспрещен) </t>
+  </si>
+  <si>
+    <t>Знак V-19 (Категория производства)</t>
+  </si>
+  <si>
+    <t>Знак V-21 (Внимание! Ведется видеонаблюдение)</t>
+  </si>
+  <si>
+    <t>Знак V-23 (Место стоянки крана)</t>
+  </si>
+  <si>
+    <t>Знак V-24 (Опасная зона. Работают механизмы)</t>
+  </si>
+  <si>
+    <t>Знак V-25 (Вход на крановые пути воспрещен)</t>
+  </si>
+  <si>
+    <t>Знак V-26 (Осторожно. Работает кран)</t>
+  </si>
+  <si>
+    <t>Знак V-28 (Проезд запрещен)</t>
+  </si>
+  <si>
+    <t>Знак V-30 (Не подходить! Охраняемая зона!)</t>
+  </si>
+  <si>
+    <t>Знак V-31 (Раздвижные решетки)</t>
+  </si>
+  <si>
+    <t>Знак V-32 (Ремонтная зона)</t>
+  </si>
+  <si>
+    <t>Знак V-34 (Осторожно! Электрическое напряжение)</t>
+  </si>
+  <si>
+    <t>Знак V-38 (Проход здесь)</t>
+  </si>
+  <si>
+    <t>Знак V-40 (Внимание! Ведется видеонаблюдение)</t>
+  </si>
+  <si>
+    <t>Знак V-47 (Работать в защитной каске)</t>
+  </si>
+  <si>
+    <t>Знак V-49 (Огнеопасно. Баллоны с газом)</t>
+  </si>
+  <si>
+    <t>Знаки пожарной безопасности</t>
+  </si>
+  <si>
+    <t>Знак F-01-01 (Направляющая стрелка)</t>
+  </si>
+  <si>
+    <t>Знак F-01-02 (Направляющая стрелка под углом 45 градусов)</t>
+  </si>
+  <si>
+    <t>Знак F-02 (Пожарный кран)</t>
+  </si>
+  <si>
+    <t>Знак F-03 (Пожарная лестница)</t>
+  </si>
+  <si>
+    <t>Знак F-04 (Огнетушитель)</t>
+  </si>
+  <si>
+    <t>Знак F-05 (Телефон для использования при пожаре)</t>
+  </si>
+  <si>
+    <t>Знак F-06 (Место размещения нескольких средств противопожарной защиты)</t>
+  </si>
+  <si>
+    <t>Знак F-07 (Пожарный водоисточник)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Знак F-08 (Пожарный сухотрубный стояк) </t>
+  </si>
+  <si>
+    <t>Знак F-09 (Пожарный гидрант)</t>
+  </si>
+  <si>
+    <t>Знак F-10 (Кнопка включения установок (систем) пожарной автоматики)</t>
+  </si>
+  <si>
+    <t>Знак F-11 (Звуковой оповещатель пожарной тревоги)</t>
+  </si>
+  <si>
+    <t>Знак F-12 (Место расположения средств индивидуальной защиты)</t>
+  </si>
+  <si>
+    <t>Знак F-44 / B-01 (О пожаре звонить 01, 101)</t>
+  </si>
+  <si>
+    <t>Знак F-16 / B-02 (Ответственный за противопожарное состояние помещения / При пожаре звонить 01, 101, 112)</t>
+  </si>
+  <si>
+    <t>Знак F-27 / В-03 (Пожарный кран / тел. 01, 101, 112 (без цифры))</t>
+  </si>
+  <si>
+    <t>Знак F-20 / В-43 (Ответственный за пожарную безопасность / При пожаре звонить 01, 101, 112)</t>
+  </si>
+  <si>
+    <t>Знак F-23 / В-47 (При пожаре звонить 01, 101, 112)</t>
+  </si>
+  <si>
+    <t>Знак F-26 / В-68 (Категория помещения)</t>
+  </si>
+  <si>
+    <t>Знак F-12-01 (Пункт извещения о пожаре)</t>
+  </si>
+  <si>
+    <t>Знак F-13 (Место хранения ключа)</t>
+  </si>
+  <si>
+    <t>Знак F-14 (Насосная станция пожаротушения)</t>
+  </si>
+  <si>
+    <t>Знак F-15 (Пожарный щит)</t>
+  </si>
+  <si>
+    <t>Знак F-17 (Ответственный за пожарную безопасность / Категория помещения)</t>
+  </si>
+  <si>
+    <t>Знак F-18 (Категория помещения / Класс зоны помещения / Ответственный за пожарную безопасность)</t>
+  </si>
+  <si>
+    <t>Знак F-19 (Ответственный за обеспечение пожарной безопасности)</t>
+  </si>
+  <si>
+    <t>Знак F-21 (Ответственный за пожарную безопасность)</t>
+  </si>
+  <si>
+    <t>Знак F-22 (Ответственный за противопожарное состояние)</t>
+  </si>
+  <si>
+    <t>Знак F-24 (Ответственный за пожарную безопасность / При пожаре звонить 01, 101, 112)</t>
+  </si>
+  <si>
+    <t>Знак F-25 (Ответственный за противопожарное состояние / При пожаре звонить 01, 101, 112)</t>
+  </si>
+  <si>
+    <t>Знак F-29 (Комплект цифр для знака F-27)</t>
+  </si>
+  <si>
+    <t>Знак F-33 (Багор)</t>
+  </si>
+  <si>
+    <t>Знак F-34 (Ведро)</t>
+  </si>
+  <si>
+    <t>Знак F-35 (Лом)</t>
+  </si>
+  <si>
+    <t>Знак F-36 (Лопата)</t>
+  </si>
+  <si>
+    <t>Знак F-37 (Топор)</t>
+  </si>
+  <si>
+    <t>Знак F-40 (Пожарный водоисточник)</t>
+  </si>
+  <si>
+    <t>Знак F-41 (Пожарный кран)</t>
+  </si>
+  <si>
+    <t>Знак F-42 (Пожарный кран с номером)</t>
+  </si>
+  <si>
+    <t>Знак F-45 (Станция пожаротушения)</t>
+  </si>
+  <si>
+    <t>Знак F-46 (Пожарный рукав)</t>
+  </si>
+  <si>
+    <t>Знак F-47 (Ответственный за эксплуатацию и техническое состояние)</t>
+  </si>
+  <si>
+    <t>Знаки электробезопасности</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Знак Z-05 / S-10 (220 В) </t>
+  </si>
+  <si>
+    <t>Знак Z-06 / S-11 (380 В)</t>
+  </si>
+  <si>
+    <t>Знак Z-08 / B-34 (Символ заземления)</t>
+  </si>
+  <si>
+    <t>Знак Z-01 (12 В)</t>
+  </si>
+  <si>
+    <t>Знак Z-02 (24 В)</t>
+  </si>
+  <si>
+    <t>Знак Z-03 (36 В)</t>
+  </si>
+  <si>
+    <t>Знак Z-04 (42 В)</t>
+  </si>
+  <si>
+    <t>Знак Z-09 (Защитное заземление)</t>
+  </si>
+  <si>
+    <t>Знак Z-10 (Символ нейтраль)</t>
+  </si>
+  <si>
+    <t>Плакаты электробезопасности</t>
+  </si>
+  <si>
+    <t>Знак A-01 (Не включать! Работают люди)</t>
+  </si>
+  <si>
+    <t>Знак A-02 (Не включать! Работа на линии)</t>
+  </si>
+  <si>
+    <t>Знак A-03 (Не открывать! Работают люди)</t>
+  </si>
+  <si>
+    <t>Знак A-05 (Заземлено)</t>
+  </si>
+  <si>
+    <t>Знак A-06 (Опасное электрическое поле)</t>
+  </si>
+  <si>
+    <t>Знак A-07 (Работа под напряжением. Повторно не включать!)</t>
+  </si>
+  <si>
+    <t>Знак A-09 (Не проходить с огнем)</t>
+  </si>
+  <si>
+    <t>Знак A-10 (Стой! Напряжение)</t>
+  </si>
+  <si>
+    <t>Знак A-11 (Стой! Опасная зона)</t>
+  </si>
+  <si>
+    <t>Знак A-12 (Испытание! Опасно для жизни)</t>
+  </si>
+  <si>
+    <t>Знак A-13 (Не влезай! Убьет)</t>
+  </si>
+  <si>
+    <t>Знак A-14 (Под напряжением! Опасно для жизни)</t>
+  </si>
+  <si>
+    <t>Знак A-19 (Влезать здесь)</t>
+  </si>
+  <si>
+    <t>Знак A-20 (Работать здесь)</t>
+  </si>
+  <si>
+    <t>Знак A-21 (Указатель щита освещения)</t>
+  </si>
+  <si>
+    <t>Знак A-22 (Указатель силового щита)</t>
+  </si>
+  <si>
+    <t>Знак A-28 (Электрощитовая)</t>
+  </si>
+  <si>
+    <t>Знак A-29 (Не включать. Кабель поврежден)</t>
+  </si>
+  <si>
+    <t>Знак A-31 (Ответственный за электробезопасность)</t>
+  </si>
+  <si>
+    <t>Запрещающие знаки</t>
+  </si>
+  <si>
+    <t>Знак P-01 (Запрещается курить)</t>
+  </si>
+  <si>
+    <t>Знак P-02 (Запрещается пользоваться открытым огнем и курить)</t>
+  </si>
+  <si>
+    <t>Знак P-03 (Проход запрещен)</t>
+  </si>
+  <si>
+    <t>Знак P-04 (Запрещается тушить водой)</t>
+  </si>
+  <si>
+    <t>Знак P-05 (Запрещается использовать в качестве питьевой воды)</t>
+  </si>
+  <si>
+    <t>Знак P-06 (Доступ посторонним запрещен)</t>
+  </si>
+  <si>
+    <t>Знак P-07 (Запрещается движение средств напольного транспорта)</t>
+  </si>
+  <si>
+    <t>Знак P-08 (Запрещается прикасаться. Опасно)</t>
+  </si>
+  <si>
+    <t>Знак P-09 (Запрещается прикасаться. Корпус под напряжением)</t>
+  </si>
+  <si>
+    <t>Знак P-10 (Не включать!)</t>
+  </si>
+  <si>
+    <t>Знак P-11 (Запрещается работа (присутствие) людей со стимуляторами сердечной деятельности)</t>
+  </si>
+  <si>
+    <t>Знак P-12 (Запрещается загромождать проходы и (или) складировать)</t>
+  </si>
+  <si>
+    <t>Знак P-13 (Запрещается подъем (спуск) людей по шахтному стволу (запрещается транспортировка пассажиров))</t>
+  </si>
+  <si>
+    <t>Знак P-14 (Запрещается вход (проход) с животными)</t>
+  </si>
+  <si>
+    <t>Знак P-16 (Запрещается работа (присутствие) людей, имеющих металлические имплантанты)</t>
+  </si>
+  <si>
+    <t>Знак P-17 (Запрещается разбрызгивать воду)</t>
+  </si>
+  <si>
+    <t>Знак P-18 (Запрещается пользоваться мобильным (сотовым) телефоном или рацией)</t>
+  </si>
+  <si>
+    <t>Знак P-21 (Запрещение (прочие опасности или опасные действия))</t>
+  </si>
+  <si>
+    <t>Знак P-36 (Запрещено применять электронагревательные приборы)</t>
+  </si>
+  <si>
+    <t>Знак P-42 (Подъём и перемещение груза запрещены)</t>
+  </si>
+  <si>
+    <t>Знак P-27 (Запрещается иметь при (на) себе металлические предметы (часы и т.п.))</t>
+  </si>
+  <si>
+    <t>Знак P-30 (Запрещается принимать пищу)</t>
+  </si>
+  <si>
+    <t>Знак P-32 (Запрещается подходить к элементам оборудования с маховыми движениями большой амплитуды)</t>
+  </si>
+  <si>
+    <t>Знак P-33 (Запрещается брать руками. Сыпучая масса (непрочная упаковка))</t>
+  </si>
+  <si>
+    <t>Знак P-34 (Запрещается пользоваться лифтом для подъема (спуска) людей)</t>
+  </si>
+  <si>
+    <t>Знак P-35 (Запрещается пользоваться неисправным инструментом)</t>
+  </si>
+  <si>
+    <t>Знак P-37 (Запрещается стоять под грузом)</t>
+  </si>
+  <si>
+    <t>Знак P-38 (Заправка при работающем двигателе запрещена)</t>
+  </si>
+  <si>
+    <t>Знак P-39 (Не мусорить)</t>
+  </si>
+  <si>
+    <t>Знак P-40 (Фото- и видеосъемка запрещена)</t>
+  </si>
+  <si>
+    <t>Знак P-41 (О запрете курения)</t>
+  </si>
+  <si>
+    <t>Знак P-43 (Запрещается смазывать механизмы при движении)</t>
+  </si>
+  <si>
+    <t>Знак P-44 (Пользование лифтом во время пожара запрещено)</t>
+  </si>
+  <si>
+    <t>Предупреждающие знаки</t>
+  </si>
+  <si>
+    <t>Знак W-01 (Пожароопасно. Легковоспламеняющиеся вещества)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Знак W-02 (Взрывоопасно) </t>
+  </si>
+  <si>
+    <t>Знак W-03 (Опасно. Ядовитые вещества)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Знак W-04 (Опасно. Едкие и коррозионные вещества) </t>
+  </si>
+  <si>
+    <t>Знак W-05 (Опасно. Радиоактивные вещества или ионизирующее излучение)</t>
+  </si>
+  <si>
+    <t>Знак W-06 (Опасно. Возможно падение груза)</t>
+  </si>
+  <si>
+    <t>Знак W-07 (Внимание. Автопогрузчик)</t>
+  </si>
+  <si>
+    <t>Знак W-08 (Опасность поражения эл. током)</t>
+  </si>
+  <si>
+    <t>Знак W-09 (Внимание. Опасность (прочие опасности))</t>
+  </si>
+  <si>
+    <t>Знак W-10 (Опасно. Лазерное излучение)</t>
+  </si>
+  <si>
+    <t>Знак W-11 (Пожароопасно. Окислитель)</t>
+  </si>
+  <si>
+    <t>Знак W-12 (Внимание. Электромагнитное поле)</t>
+  </si>
+  <si>
+    <t>Знак W-13 (Внимание. Магнитное поле)</t>
+  </si>
+  <si>
+    <t>Знак W-14 (Осторожно. Малозаметное препятствие)</t>
+  </si>
+  <si>
+    <t>Знак W-15 (Осторожно. Возможно падение с высоты)</t>
+  </si>
+  <si>
+    <t>Знак W-16 (Осторожно. Биологическая опасность (Инфекционные вещества))</t>
+  </si>
+  <si>
+    <t>Знак W-17 (Осторожно. Холод)</t>
+  </si>
+  <si>
+    <t>Знак W-18 (Осторожно. Вредные для здоровья аллергические (раздражающие вещества))</t>
+  </si>
+  <si>
+    <t>Знак W-19 (Газовый баллон)</t>
+  </si>
+  <si>
+    <t>Знак W-20 (Осторожно. Аккумуляторные батареи)</t>
+  </si>
+  <si>
+    <t>Знак W-22 (Осторожно. Режущие валы)</t>
+  </si>
+  <si>
+    <t>Знак W-23 (Внимание. Опасность зажима)</t>
+  </si>
+  <si>
+    <t>Знак W-24 (Осторожно. Возможно опрокидывание)</t>
+  </si>
+  <si>
+    <t>Знак W-25 (Внимание. Автоматическое включение (запуск) оборудования)</t>
+  </si>
+  <si>
+    <t>Знак W-26 (Осторожно. Горячая поверхность)</t>
+  </si>
+  <si>
+    <t>Знак W-27 (Осторожно. Возможно травмирование рук)</t>
+  </si>
+  <si>
+    <t>Знак W-28 (Осторожно. Скользко)</t>
+  </si>
+  <si>
+    <t>Знак W-29 (Осторожно. Возможно затягивание между вращающимися элементами)</t>
+  </si>
+  <si>
+    <t>Знак W-30 (Осторожно. Сужение проезда (прохода))</t>
+  </si>
+  <si>
+    <t>Знак W-31 (Берегись поезда)</t>
+  </si>
+  <si>
+    <t>Знак W-33 (Осторожно. Высокое давление)</t>
+  </si>
+  <si>
+    <t>Знак W-35 (Осторожно. Сварка)</t>
+  </si>
+  <si>
+    <t>Знак W-36 (Осторожно. Газоопасные работы)</t>
+  </si>
+  <si>
+    <t>Знак W-37 (Осторожно. Газ)</t>
+  </si>
+  <si>
+    <t>Знак W-38 (Осторожно. Работает кран)</t>
+  </si>
+  <si>
+    <t>Знак W-39 (Берегись автомобиля)</t>
+  </si>
+  <si>
+    <t>Знак W-40 (Осторожно. Падающие предметы)</t>
+  </si>
+  <si>
+    <t>Эвакуационные знаки</t>
+  </si>
+  <si>
+    <t>Знак E-24 / B-31 (Эвакуационный выход)</t>
+  </si>
+  <si>
+    <t>Знак E-23 / В-59 (Аварийный выход)</t>
+  </si>
+  <si>
+    <t>Знак Е-01-01 (Выход здесь (левосторонний))</t>
+  </si>
+  <si>
+    <t>Знак Е-01-02 (Выход здесь (правосторонний))</t>
+  </si>
+  <si>
+    <t>Знак Е-02-01 (Направляющая стрелка)</t>
+  </si>
+  <si>
+    <t>Знак Е-02-02 (Направляющая стрелка под углом 45 гр)</t>
+  </si>
+  <si>
+    <t>Знак Е-03 (Направление к эвакуационному выходу направо)</t>
+  </si>
+  <si>
+    <t>Знак Е-04 (Направление к эвакуационному выходу налево)</t>
+  </si>
+  <si>
+    <t>Знак Е-05 (Направление к эвакуационному выходу направо вверх)</t>
+  </si>
+  <si>
+    <t>Знак Е-06 (Направление к эвакуационному выходу налево вверх)</t>
+  </si>
+  <si>
+    <t>Знак Е-07 (Направление к эвакуационному выходу направо вниз)</t>
+  </si>
+  <si>
+    <t>Знак Е-08 (Направление к эвакуационному выходу налево вниз)</t>
+  </si>
+  <si>
+    <t>Знак Е-09 (Указатель двери эвакуционного выхода (правосторонний))</t>
+  </si>
+  <si>
+    <t>Знак Е-10 (Указатель двери эвакуционного выхода (левосторонний))</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Знак Е-11 (Направление к эвакуационному выходу прямо (левосторонний)) </t>
+  </si>
+  <si>
+    <t>Знак Е-12 (Направление к эвакуационному выходу прямо (правосторонний))</t>
+  </si>
+  <si>
+    <t>Знак Е-13 (Направление к эвакуационному выходу по лестнице вниз (направо))</t>
+  </si>
+  <si>
+    <t>Знак Е-14 (Направление к эвакуационному выходу по лестнице вниз (налево))</t>
+  </si>
+  <si>
+    <t>Знак Е-15 (Направление к эвакуационному выходу по лестнице вверх (направо))</t>
+  </si>
+  <si>
+    <t>Знак Е-16 (Направление к эвакуационному выходу по лестнице вверх (налево))</t>
+  </si>
+  <si>
+    <t>Знак Е-17 (Для доступа вскрыть здесь)</t>
+  </si>
+  <si>
+    <t>Знак Е-18 (Открывать движением от себя)</t>
+  </si>
+  <si>
+    <t>Знак Е-19 (Открывать движением на себя)</t>
+  </si>
+  <si>
+    <t>Знак Е-20 (Для открывания сдвинуть)</t>
+  </si>
+  <si>
+    <t>Знак Е-21 (Пункт (место) сбора)</t>
+  </si>
+  <si>
+    <t>Знак Е-22 (Выход)</t>
+  </si>
+  <si>
+    <t>Знак Е-26 (Запасный выход)</t>
+  </si>
+  <si>
+    <t>Знак E-25 (Вход)</t>
+  </si>
+  <si>
+    <t>Знаки медицинского и санитарного назначения</t>
+  </si>
+  <si>
+    <t>Знак ЕС-01 (Аптечка первой медицинской помощи)</t>
+  </si>
+  <si>
+    <t>Знак ЕС-02 (Пункт выноса (эвакуации) пораженных)</t>
+  </si>
+  <si>
+    <t>Знак ЕС-03 (Пункт приема гигиенических процедур (душевые))</t>
+  </si>
+  <si>
+    <t>Знак ЕС-04 (Пункт обработки глаз)</t>
+  </si>
+  <si>
+    <t>Знак ЕС-05 (Медицинский кабинет)</t>
+  </si>
+  <si>
+    <t>Знак ЕС-06 (Телефон связи с медицинским пунктом)</t>
+  </si>
+  <si>
+    <t>Предписывающие знаки</t>
+  </si>
+  <si>
+    <t>Знак М-01 (Работать в защитных очках)</t>
+  </si>
+  <si>
+    <t>Знак М-02 (Работать в защитной каске (шлеме))</t>
+  </si>
+  <si>
+    <t>Знак М-03 (Работать в защитных наушниках)</t>
+  </si>
+  <si>
+    <t>Знак М-04 (Работать в средствах индивидуальной защиты органов дыхания)</t>
+  </si>
+  <si>
+    <t>Знак М-05 (Работать в защитной обуви)</t>
+  </si>
+  <si>
+    <t>Знак М-06 (Работать в защитных перчатках)</t>
+  </si>
+  <si>
+    <t>Знак М-07 (Работать в защитной одежде)</t>
+  </si>
+  <si>
+    <t>Знак М-08 (Работать в защитном щитке)</t>
+  </si>
+  <si>
+    <t>Знак М-09 (Работать в предохранительном (страховочном) поясе)</t>
+  </si>
+  <si>
+    <t>Знак М-10 (Проход здесь)</t>
+  </si>
+  <si>
+    <t>Знак М-11 (Общий предписывающий знак (прочие предписания))</t>
+  </si>
+  <si>
+    <t>Знак М-12 (Переходить по надземному переходу)</t>
+  </si>
+  <si>
+    <t>Знак М-13 (Отключить штепсельную вилку)</t>
+  </si>
+  <si>
+    <t>Знак М-14 (Отключить перед работой)</t>
+  </si>
+  <si>
+    <t>Знак М-15 (Курить здесь)</t>
+  </si>
+  <si>
+    <t>Знак М-16 (Для мусора)</t>
+  </si>
+  <si>
+    <t>Знак М-17 (Мыть руки)</t>
+  </si>
+  <si>
+    <t>Знак М-18 (Работать инструментом, не дающим искры)</t>
+  </si>
+  <si>
+    <t>Знак М-19 (Работать в защитных перчатках (рукавицах))</t>
+  </si>
+  <si>
+    <t>Знак М-20 (Работать в защитной повязке)</t>
+  </si>
+  <si>
+    <t>Знак М-21 (Работать в сварочном щитке)</t>
+  </si>
+  <si>
+    <t>Знак М-22 (Работать на высоте с привязанным ручным инструментом)</t>
+  </si>
+  <si>
+    <t>Знак М-23 (Работать в диэлектрических перчатках)</t>
+  </si>
+  <si>
+    <t>Знак М-24 (Во время движения по лестнице необходимо держаться за поручни)</t>
+  </si>
+  <si>
+    <t>Указательные знаки</t>
+  </si>
+  <si>
+    <t>Знак D-01 (Пункт (место) приема пищи)</t>
+  </si>
+  <si>
+    <t>Знак D-02 (Питьевая вода)</t>
+  </si>
+  <si>
+    <t>Знак D-03 (Место для курения)</t>
+  </si>
+  <si>
+    <t>Знак D-04 (Место хранения ключа)</t>
+  </si>
+  <si>
+    <t>Знаки на пластике</t>
+  </si>
+  <si>
+    <t>Знак светонакопительный на пластике 100х100, 150х150 мм</t>
+  </si>
+  <si>
+    <t>Знак светоотражающий на пластике 150х150, 150х300, 100х100мм</t>
+  </si>
+  <si>
+    <t>Знак на пластике 150х150, 150х300, 100х100 мм</t>
+  </si>
+  <si>
+    <t>Знак светонакопительный на пластике 150х300, 200х200 мм</t>
+  </si>
+  <si>
+    <t>Знаки на металле</t>
+  </si>
+  <si>
+    <t>Знак светоотражающий на металле Пожарный Гидрант (300х300 мм)</t>
+  </si>
+  <si>
+    <t>Знак на металле светоотражающий «нестандарт»</t>
+  </si>
+  <si>
+    <t>Знак светоотражающий на металле Пожарный водоисточник (300х300 мм)</t>
+  </si>
+  <si>
+    <t>Знак светоотражающий на металле Направляющая стрелка (300х300 мм)</t>
+  </si>
+  <si>
+    <t>Журналы пожарной безопасности</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Журнал учета противопожарных инструктажей </t>
+  </si>
+  <si>
+    <t>Журнал учета огнетушителей</t>
+  </si>
+  <si>
+    <t>Журнал проверки противопожарного состояния помещения</t>
+  </si>
+  <si>
+    <t>Журнал регистрации инструктажа на рабочем месте</t>
+  </si>
+  <si>
+    <t>Плакаты по пожарной безопасности</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Комплект плакатов "Уголок пожарной безопасности" (6 листов А3) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Комплект плакатов "Уголок гражданской защиты" (9 листов А3) </t>
+  </si>
+  <si>
+    <t>1 434</t>
+  </si>
+  <si>
+    <t>1 511</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Комплект плакатов "Умей действовать при пожаре" (9 листов А3) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Комплект плакатов "Пожарная безопасность" (3 листа А2) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Комплект плакатов "Первичные средства пожаротушения" (3 листа А2) </t>
+  </si>
+  <si>
+    <t>1 244</t>
+  </si>
+  <si>
+    <t>1 310</t>
+  </si>
+  <si>
+    <t>Комплект плакатов "Оказание первой помощи пострадавшим" (6 листов А2)</t>
+  </si>
+  <si>
+    <t>1 865</t>
+  </si>
+  <si>
+    <t>1 965</t>
+  </si>
+  <si>
+    <t>Комплект плакатов "Первая помощь при чрезвычайных ситуациях" (10 листов А3)</t>
+  </si>
+  <si>
+    <t>1 512</t>
+  </si>
+  <si>
+    <t>1 593</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Комплект плакатов "Пожарная безопасность" (3 листа А3) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Плакат "Противопожарный инструктаж" (1 лист А2) </t>
+  </si>
+  <si>
+    <t>Стенды по пожарной безопасности</t>
+  </si>
+  <si>
+    <t>Стенд "Умей действовать при пожаре"</t>
+  </si>
+  <si>
+    <t>4 794</t>
+  </si>
+  <si>
+    <t>5 051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cтенд "Первая медицинская помощь" </t>
+  </si>
+  <si>
+    <t>3 019</t>
+  </si>
+  <si>
+    <t>3 181</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стенд "Уголок пожарной безопасности" </t>
+  </si>
+  <si>
+    <t>3 226</t>
+  </si>
+  <si>
+    <t>3 399</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стенд "Уголок гражданской защиты" </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стенд "Разновидности огнетушителей" </t>
+  </si>
+  <si>
+    <t>3 600</t>
+  </si>
+  <si>
+    <t>3 744</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стенд "Первая медицинская помощь при ЧС" </t>
+  </si>
+  <si>
+    <t>СИЗОД (средства индивидуальной защиты органов дыхания)</t>
+  </si>
+  <si>
+    <t>Респираторы</t>
+  </si>
+  <si>
+    <t>Респиратор Алина-200 АВК</t>
+  </si>
+  <si>
+    <t>Респиратор Алина-200 АВК тренировочный</t>
+  </si>
+  <si>
+    <t>Респиратор Алина-СО</t>
+  </si>
+  <si>
+    <t>1 127</t>
+  </si>
+  <si>
+    <t>Респиратор Алина-Г</t>
+  </si>
+  <si>
+    <t>Респиратор Р-2У</t>
+  </si>
+  <si>
+    <t>Респиратор Р-2</t>
+  </si>
+  <si>
+    <t>Респиратор Шанс</t>
+  </si>
+  <si>
+    <t>Противогазы</t>
+  </si>
+  <si>
+    <t>Комплектующие противогазов</t>
+  </si>
+  <si>
+    <t>Противогазы гражданские</t>
+  </si>
+  <si>
+    <t>Гражданский противогаз ГП-7</t>
+  </si>
+  <si>
+    <t>3 982</t>
+  </si>
+  <si>
+    <t>4 141</t>
+  </si>
+  <si>
+    <t>Гражданский противогаз ГП-7ВМТ</t>
+  </si>
+  <si>
+    <t>Гражданский противогаз ГП-8В</t>
+  </si>
+  <si>
+    <t>Гражданский противогаз ГП-7Б Универсал</t>
+  </si>
+  <si>
+    <t>4 049</t>
+  </si>
+  <si>
+    <t>4 211</t>
+  </si>
+  <si>
+    <t>Гражданский противогаз ГП-7Б</t>
+  </si>
+  <si>
+    <t>3 790</t>
+  </si>
+  <si>
+    <t>Гражданский противогаз ГП-9</t>
+  </si>
+  <si>
+    <t>5 685</t>
+  </si>
+  <si>
+    <t>5 913</t>
+  </si>
+  <si>
+    <t>Патрон дополнительный к гражданским противогазам ДПГ-3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «БРИЗ-3306» марки A1B1E1K1SXHgP3 R D с маской «Бриз-4303 (МГП)» категория 2 </t>
+  </si>
+  <si>
+    <t>5 117</t>
+  </si>
+  <si>
+    <t>5 321</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «БРИЗ-3306» марки A1B1E1K1SXHgP3 R D с маской «Бриз-4303 (МГП)» категория 3 </t>
+  </si>
+  <si>
+    <t>6 712</t>
+  </si>
+  <si>
+    <t>6 980</t>
+  </si>
+  <si>
+    <t>Противогаз фильтрующий «БРИЗ-3306» марки A1B1E1K1SXHgP3 R D с маской «БРИЗ-4301М (ППМ)» категория 2</t>
+  </si>
+  <si>
+    <t>4 979</t>
+  </si>
+  <si>
+    <t>5 178</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «БРИЗ-3306» марки A1B1E1K1SXHgP3 R D с маской «БРИЗ-4301 (ППМ)» категория 3 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «БРИЗ-3306» марки A1B1E1K1SXHgP3 R D с маской «Бриз-4304 (МГП-ВМ)» категория 2 </t>
+  </si>
+  <si>
+    <t>5 213</t>
+  </si>
+  <si>
+    <t>5 421</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «БРИЗ-Д» марки A1B1E1K1SXHgP3 R D с маской «БРИЗ-4305» </t>
+  </si>
+  <si>
+    <t>9 425</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «БРИЗ-Ш» марки A1B1E1K1SXHgP3 R D с маской «БРИЗ-4307» </t>
+  </si>
+  <si>
+    <t>Противогазы промышленные</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «Бриз-3301(ППФ)» марки A1 с лицевой частью ШМП-1 </t>
+  </si>
+  <si>
+    <t>3 312</t>
+  </si>
+  <si>
+    <t>3 444</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «Бриз-3301 (ППФ)» марки A1 с лицевой частью Бриз-4301М (ППМ) категория 2 </t>
+  </si>
+  <si>
+    <t>3 520</t>
+  </si>
+  <si>
+    <t>3 661</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «Бриз-3301 (ППФ)» марки K1 с лицевой частью ШМП-1 </t>
+  </si>
+  <si>
+    <t>3 184</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «Бриз-3301 (ППФ)» марки K1 с лицевой частью Бриз-4301М (ППМ) категория 2 </t>
+  </si>
+  <si>
+    <t>3 693</t>
+  </si>
+  <si>
+    <t>3 841</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «Бриз-3301(ППФ)» марки A1B1E1 с лицевой частью ШМП-1 </t>
+  </si>
+  <si>
+    <t>3 587</t>
+  </si>
+  <si>
+    <t>3 730</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «Бриз-3301 (ППФ)» марки A1B1E1 с лицевой частью Бриз-4301М (ППМ) категория 2 </t>
+  </si>
+  <si>
+    <t>3 817</t>
+  </si>
+  <si>
+    <t>3 969</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «Бриз-3301(ППФ)» марки A1B1E1K1 с лицевой частью ШМП-1 </t>
+  </si>
+  <si>
+    <t>3 607</t>
+  </si>
+  <si>
+    <t>3 751</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «Бриз-3301 (ППФ)» марки A1B1E1K1 с лицевой частью Бриз-4301М (ППМ) категория 2 </t>
+  </si>
+  <si>
+    <t>3 837</t>
+  </si>
+  <si>
+    <t>3 990</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «Бриз-3301(ППФ)» марки A2 с лицевой частью ШМП-1 </t>
+  </si>
+  <si>
+    <t>3 445</t>
+  </si>
+  <si>
+    <t>3 583</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «Бриз-3301 (ППФ)» марки A2 с лицевой частью Бриз-4301М (ППМ) категория 2 </t>
+  </si>
+  <si>
+    <t>3 826</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «Бриз-3301 (ППФ)» марки K2 с лицевой частью ШМП-1 </t>
+  </si>
+  <si>
+    <t>3 572</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «Бриз-3301 (ППФ)» марки K2 с лицевой частью Бриз-4301М (ППМ) категория 2 </t>
+  </si>
+  <si>
+    <t>3 769</t>
+  </si>
+  <si>
+    <t>3 920</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «Бриз-3301(ППФ)» марки A2B2E2 с лицевой частью ШМП-1 </t>
+  </si>
+  <si>
+    <t>3 624</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «Бриз-3301 (ППФ)» марки A2B2E2 с лицевой частью Бриз-4301М (ППМ) категория 2 </t>
+  </si>
+  <si>
+    <t>4 140</t>
+  </si>
+  <si>
+    <t>4 306</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «Бриз-3301(ППФ)» марки A2B2E2K2 с лицевой частью ШМП-1 </t>
+  </si>
+  <si>
+    <t>4 298</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «Бриз-3301 (ППФ)» марки A2B2E2K2 с лицевой частью Бриз-4301М (ППМ) категория 2 </t>
+  </si>
+  <si>
+    <t>4 429</t>
+  </si>
+  <si>
+    <t>4 606</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «Бриз-3301(ППФ)» марки A1P1 R D с лицевой частью ШМП-1 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «Бриз-3301 (ППФ)» марки A1P1 R D с лицевой частью Бриз-4301М (ППМ) категория 2 </t>
+  </si>
+  <si>
+    <t>3 714</t>
+  </si>
+  <si>
+    <t>3 863</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «Бриз-3301(ППФ)» марки K1P1 R D с лицевой частью ШМП-1 </t>
+  </si>
+  <si>
+    <t>3 487</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «Бриз-3301 (ППФ)» марки K1P1 R D с лицевой частью Бриз-4301М (ППМ) категория 2 </t>
+  </si>
+  <si>
+    <t>4 002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «Бриз-3301(ППФ)» марки A1B1E1P1 R D с лицевой частью ШМП-1 </t>
+  </si>
+  <si>
+    <t>3 483</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «Бриз-3301 (ППФ)» марки A1B1E1P1 R D с лицевой частью Бриз-4301М (ППМ) категория 2 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «Бриз-3301(ППФ)» марки A1B1E1K1P1 R D с лицевой частью ШМП-1 </t>
+  </si>
+  <si>
+    <t>3 369</t>
+  </si>
+  <si>
+    <t>3 504</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «Бриз-3301 (ППФ)» марки A1B1E1K1P1 R D с лицевой частью Бриз-4301М (ППМ) категория 2 </t>
+  </si>
+  <si>
+    <t>4 033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «Бриз-3301(ППФ)» марки A2P3 R D с лицевой частью ШМП-1 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «Бриз-3301 (ППФ)» марки A2P3 R D с лицевой частью Бриз-4301М (ППМ) категория 2 </t>
+  </si>
+  <si>
+    <t>3 763</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «Бриз-3301(ППФ)» марки K2P3 R D с лицевой частью ШМП-1 </t>
+  </si>
+  <si>
+    <t>3 610</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «Бриз-3301 (ППФ)» марки K2P3 R D с лицевой частью Бриз-4301М (ППМ) категория 2 </t>
+  </si>
+  <si>
+    <t>4 113</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «Бриз-3301(ППФ)» марки A2B2E2P3 R D с лицевой частью ШМП-1 </t>
+  </si>
+  <si>
+    <t>3 662</t>
+  </si>
+  <si>
+    <t>3 808</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «Бриз-3301 (ППФ)» марки A2B2E2P3 R D с лицевой частью Бриз-4301М (ППМ) категория 2 </t>
+  </si>
+  <si>
+    <t>3 934</t>
+  </si>
+  <si>
+    <t>4 092</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «Бриз-3301(ППФ)» марки A2B2E2K2HGP3 R D с лицевой частью ШМП-1 </t>
+  </si>
+  <si>
+    <t>4 058</t>
+  </si>
+  <si>
+    <t>4 220</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «Бриз-3301 (ППФ)» марки A2B2E2K2HGP3 R D с лицевой частью Бриз-4301М (ППМ) категория 2 </t>
+  </si>
+  <si>
+    <t>4 567</t>
+  </si>
+  <si>
+    <t>4 749</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «Бриз-3301(ППФ)» марки K3P3 R D с лицевой частью ШМП-1 и с соединительной трубкой </t>
+  </si>
+  <si>
+    <t>5 012</t>
+  </si>
+  <si>
+    <t>5 212</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «Бриз-3301 (ППФ)» марки K3P3 R D с лицевой частью Бриз-4301М (ППМ) категория 2 и с соединительной трубкой </t>
+  </si>
+  <si>
+    <t>5 233</t>
+  </si>
+  <si>
+    <t>5 442</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «Бриз-3301(ППФ)» марки A3AXP3 R D с лицевой частью ШМП-1 и с соединительной трубкой </t>
+  </si>
+  <si>
+    <t>5 062</t>
+  </si>
+  <si>
+    <t>5 264</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «Бриз-3301 (ППФ)» марки A3AXP3 R D с лицевой частью Бриз-4301М (ППМ) категория 2 и с соединительной трубкой </t>
+  </si>
+  <si>
+    <t>5 570</t>
+  </si>
+  <si>
+    <t>5 793</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «Бриз-3301(ППФ)» марки A3B3E2K2P3 R D с лицевой частью ШМП-1 и с соединительной трубкой </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «Бриз-3301 (ППФ)» марки A3B3E2K2P3 R D с лицевой частью Бриз-4301М (ППМ) категория 2 и с соединительной трубкой </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «Бриз-3301(ППФ)» марки A3B3E3AXP3 R D с лицевой частью ШМП-1 и с соединительной трубкой </t>
+  </si>
+  <si>
+    <t>5 450</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз фильтрующий «Бриз-3301 (ППФ)» марки A3B3E3AXP3 R D с лицевой частью Бриз-4301М (ППМ) категория 2 и с соединительной трубкой </t>
+  </si>
+  <si>
+    <t>5 763</t>
+  </si>
+  <si>
+    <t>5 993</t>
+  </si>
+  <si>
+    <t>Противогазы шланговые</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз шланговый ПШ-20РВ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз шланговый ПШ-20ЭРВ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз шланговый ПШ-40РВ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз шланговый ПШ-40ЭРВ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Противогаз шланговый ПШ-20ЭРВ-2 </t>
+  </si>
+  <si>
+    <t>Фильтры для противогазов</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Фильтр противогазовый серии «Бриз-2001» A1 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Фильтр противогазовый серии «Бриз-2001» K1 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Фильтр противогазовый серии «Бриз-2001» A1B1E1 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Фильтр противогазовый серии «Бриз-2001» A1B1E1K1 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Фильтр противогазовый серии «Бриз-2001» A2 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Фильтр противогазовый серии «Бриз-2001» K2 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Фильтр противогазовый серии «Бриз-2001» A2B2E2 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Фильтр противогазовый серии «Бриз-2001» A2B2E2K2 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Фильтр комбинированный серии «Бриз-3001» A1P1 R D </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Фильтр комбинированный серии «Бриз-3001» K1P1 R D </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Фильтр комбинированный серии «Бриз-3001» A1B1E1P1 R D </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Фильтр комбинированный серии «Бриз-3001» A1B1E1K1P1 R D </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Фильтр комбинированный серии «Бриз-3001» A2P3 R D </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Фильтр комбинированный серии «Бриз-3001» K2P3 R D </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Фильтр комбинированный серии «Бриз-3001» A2B2E2P3 R D </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Фильтр комбинированный серии «Бриз-3001» A2B2E2K2HgP3 R D </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Фильтр комбинированный серии «Бриз-3001» K3P3 R D </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Фильтр комбинированный серии «Бриз-3001» A3AXP3 R D </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Фильтр комбинированный серии «Бриз-3001» A3B3E2K2P3 R D </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Фильтр комбинированный серии «Бриз-3001» A3B3E3AXP3 R D </t>
+  </si>
+  <si>
+    <t>Самоспасатели</t>
+  </si>
+  <si>
+    <t>Самоспасатель промышленный изолирующий СПИ-50</t>
+  </si>
+  <si>
+    <t>12 994</t>
+  </si>
+  <si>
+    <t>13 514</t>
+  </si>
+  <si>
+    <t>Самоспасатель изолирующий противопожарный СИП-1М</t>
+  </si>
+  <si>
+    <t>Самоспасатель "Шанс-Е" с полумаской</t>
+  </si>
+  <si>
+    <t>Самоспасатель промышленный изолирующий СПИ-20</t>
+  </si>
+  <si>
+    <t>7 219</t>
+  </si>
+  <si>
+    <t>7 508</t>
+  </si>
+  <si>
+    <t>Самоспасатель "Шанс-Е" с четвертьмаской</t>
+  </si>
+  <si>
+    <t>4 027</t>
+  </si>
+  <si>
+    <t>Самоспасатель «Шанс-Е» с фильтрами ФСЭ-С  (усиленная модель)</t>
+  </si>
+  <si>
+    <t>4 334</t>
+  </si>
+  <si>
+    <t>4 508</t>
+  </si>
+  <si>
+    <t>Газодымозащитный  респиратор «Шанс» (ГДЗР «Шанс»)</t>
+  </si>
+  <si>
+    <t>2 882</t>
+  </si>
+  <si>
+    <t>2 998</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Газодымозащитный комплект ЗЕВС 30У (ГДЗК-У) </t>
+  </si>
+  <si>
+    <t>4 671</t>
+  </si>
+  <si>
+    <t>4 858</t>
+  </si>
+  <si>
+    <t>Капюшон защитный "Феникс"</t>
+  </si>
+  <si>
+    <t>Противогаз-самоспасатель «Феникс-2»</t>
+  </si>
+  <si>
+    <t>3 063</t>
+  </si>
+  <si>
+    <t>3 185</t>
+  </si>
+  <si>
+    <t>Самоспасатель изолирующий противопожарный СИП-3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Самоспасатель промышленный изолирующий СПИ-20М </t>
+  </si>
+  <si>
+    <t>6 063</t>
+  </si>
+  <si>
+    <t>6 305</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Самоспасатель промышленный изолирующий СПИ-25М </t>
+  </si>
+  <si>
+    <t>8 500</t>
+  </si>
+  <si>
+    <t>8 840</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Самоспасатель малогабаритный универсальный фильтрующий "БРИЗ-3401(ГДЗК)" в коробе </t>
+  </si>
+  <si>
+    <t>3 821</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Самоспасатель малогабаритный универсальный фильтрующий "БРИЗ-3401(ГДЗК)" в сумке </t>
+  </si>
+  <si>
+    <t>3 993</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Самоспасатель малогабаритный универсальный фильтрующий "БРИЗ-3401(ГДЗК)" в футляре </t>
+  </si>
+  <si>
+    <t>3 907</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Самоспасатель фильтрующий ГДЗК «ГАРАНТ-1» </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Самоспасатель фильтрующий ГДЗК «ГАРАНТ-2М» </t>
+  </si>
+  <si>
+    <t>Диэлектрические средства защиты</t>
+  </si>
+  <si>
+    <t>Инструмент диэлектрический</t>
+  </si>
+  <si>
+    <t>Ножницы диэлектрические НД "БАЛТИКА-01"</t>
+  </si>
+  <si>
+    <t>2 713</t>
+  </si>
+  <si>
+    <t>2 821</t>
+  </si>
+  <si>
+    <t>Кусачки боковые 180 мм (до 1кВ)</t>
+  </si>
+  <si>
+    <t>1 438</t>
+  </si>
+  <si>
+    <t>Пассатижи 180мм (до 1кВ)</t>
+  </si>
+  <si>
+    <t>1 676</t>
+  </si>
+  <si>
+    <t>Штанга оперативная ШО-1Д (до 1 кВ)</t>
+  </si>
+  <si>
+    <t>1 124</t>
+  </si>
+  <si>
+    <t>1 198</t>
+  </si>
+  <si>
+    <t>Штанга оперативная ШО-10 до 10кВ</t>
+  </si>
+  <si>
+    <t>1 317</t>
+  </si>
+  <si>
+    <t>Клещи изолирующие КВП-2 (до 1кВ)</t>
+  </si>
+  <si>
+    <t>Указатели напряжения низковольтные</t>
+  </si>
+  <si>
+    <t>Указатель напряжения ПИН-90-2М (до 1000В)</t>
+  </si>
+  <si>
+    <t>Указатель напряжения ПИН-90Э</t>
+  </si>
+  <si>
+    <t>Указатель напряжения ПИН-90Э ВЛ</t>
+  </si>
+  <si>
+    <t>Указатель напряжения УННУ-1Э</t>
+  </si>
+  <si>
+    <t>Указатель напряжения УННУ-1Э ВЛ</t>
+  </si>
+  <si>
+    <t>Указатель напряжения УННУ-1Э Ф</t>
+  </si>
+  <si>
+    <t>Указатель напряжения УННУ-1Э Ф ВЛ</t>
+  </si>
+  <si>
+    <t>Указатель напряжения УННЗП (12-380)</t>
+  </si>
+  <si>
+    <t>Указатель напряжения УННЗП (12-380) ВЛ</t>
+  </si>
+  <si>
+    <t>Указатель напряжения УННЗП 12-660</t>
+  </si>
+  <si>
+    <t>Указатель напряжения УННЗП 12-660 ВЛ</t>
+  </si>
+  <si>
+    <t>Указатель напряжения УННДП-Э (12-380)</t>
+  </si>
+  <si>
+    <t>Указатель напряжения УННДП-Э (12-380) ВЛ</t>
+  </si>
+  <si>
+    <t>Указатель напряжения УННДП-Э 12-660</t>
+  </si>
+  <si>
+    <t>Коврики диэлектрические</t>
+  </si>
+  <si>
+    <t>Коврик диэлектрический   500х500 мм</t>
+  </si>
+  <si>
+    <t>Коврик диэлектрический  750х750 мм</t>
+  </si>
+  <si>
+    <t>Коврик диэлектрический 1000х2000 мм</t>
+  </si>
+  <si>
+    <t>4 250</t>
+  </si>
+  <si>
+    <t>4 491</t>
+  </si>
+  <si>
+    <t>Коврик диэлектрический 1000х1000 мм</t>
+  </si>
+  <si>
+    <t>2 030</t>
+  </si>
+  <si>
+    <t>2 145</t>
+  </si>
+  <si>
+    <t>Изолирующая подставка диэлектрическая ПИ 500х520</t>
+  </si>
+  <si>
+    <t>Обувь диэлектрическая</t>
+  </si>
+  <si>
+    <t>Галоши диэлектрические</t>
+  </si>
+  <si>
+    <t>Боты диэлектрические</t>
+  </si>
+  <si>
+    <t>Сапоги защитные диэлектрические RESPIREX Dielectric</t>
+  </si>
+  <si>
+    <t>20 000</t>
+  </si>
+  <si>
+    <t>20 800</t>
+  </si>
+  <si>
+    <t>Перчатки диэлектрические</t>
+  </si>
+  <si>
+    <t>Перчатки диэлектрические (шовные)</t>
+  </si>
+  <si>
+    <t>Перчатки диэлектрические латексные (бесшовные)</t>
+  </si>
+  <si>
+    <t>Аварийно-спасательное оборудование</t>
+  </si>
+  <si>
+    <t>Лестницы пожарные</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лестница - палка ручная ЛП </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лестница штурмовая ЛШ </t>
+  </si>
+  <si>
+    <t>11 363</t>
+  </si>
+  <si>
+    <t>11 817</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лестница выдвижная трехколенная </t>
+  </si>
+  <si>
+    <t>43 800</t>
+  </si>
+  <si>
+    <t>45 552</t>
+  </si>
+  <si>
+    <t>Устройства канатно-спусковые автоматические</t>
+  </si>
+  <si>
+    <t>УКСПа «YS-E-16» (комплект без троса)</t>
+  </si>
+  <si>
+    <t>Трос к УКСПа "Life-Line" и "YS-E-16"  (1 метр пог.)</t>
+  </si>
+  <si>
+    <t>УКСПа "Life-Line" (комплект без троса)</t>
+  </si>
+  <si>
+    <t>Спасательные системы Слип-эвакуатор</t>
+  </si>
+  <si>
+    <t>Модель "Качели" исполнение «Мини», комплект без веревки</t>
+  </si>
+  <si>
+    <t>Веревка к "Качели" исполнение «Мини» (1 метр пог.)</t>
+  </si>
+  <si>
+    <t>Модель "Компакт" исполнение "Офис", комплект без веревки</t>
+  </si>
+  <si>
+    <t>Модель "Стандарт", комплект без веревки</t>
+  </si>
+  <si>
+    <t>Веревка к "Компакт" исполнение "Офис"  (1 метр пог.)</t>
+  </si>
+  <si>
+    <t>Веревка к "Стандарт" (1 метр пог.)</t>
+  </si>
+  <si>
+    <t>Веревка к "Компакт" (1 метр пог.)</t>
+  </si>
+  <si>
+    <t>Модель "Компакт", комплект без веревки</t>
+  </si>
+  <si>
+    <t>Модель "Качели" исполнение «Профи», комплект без веревки</t>
+  </si>
+  <si>
+    <t>Веревка к "Качели" исполнение «Профи» (1 метр пог.)</t>
+  </si>
+  <si>
+    <t>Веревки спасательные</t>
+  </si>
+  <si>
+    <t>Веревка ВПС 50 м</t>
+  </si>
+  <si>
+    <t>2 617</t>
+  </si>
+  <si>
+    <t>2 721</t>
+  </si>
+  <si>
+    <t>Веревка ВПС 30 м</t>
+  </si>
+  <si>
+    <t>1 733</t>
+  </si>
+  <si>
+    <t>1 802</t>
+  </si>
+  <si>
+    <t>Лестницы навесные спасательные</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лестница навесная спасательная пожарная ЛНСП-Кст-3-Н "ССС-М" </t>
+  </si>
+  <si>
+    <t>17 500</t>
+  </si>
+  <si>
+    <t>18 200</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лестница навесная спасательная пожарная ЛНСП-Кст-5-Н "ССС-М" </t>
+  </si>
+  <si>
+    <t>23 875</t>
+  </si>
+  <si>
+    <t>24 830</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лестница навесная спасательная пожарная ЛНСП-Кст-6-Н "ССС-М" </t>
+  </si>
+  <si>
+    <t>26 500</t>
+  </si>
+  <si>
+    <t>27 560</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лестница навесная спасательная пожарная ЛНСП-Кст-12-Н "ССС-М" </t>
+  </si>
+  <si>
+    <t>51 250</t>
+  </si>
+  <si>
+    <t>53 300</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лестница навесная спасательная пожарная ЛНСП-Кст-15-Н "ССС-М" </t>
+  </si>
+  <si>
+    <t>61 250</t>
+  </si>
+  <si>
+    <t>63 700</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лестница навесная спасательная пожарная ЛНСП-Кст-10-Н "ССС-М" </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лестница навесная спасательная пожарная ЛНСП-Кст-9-Н "ССС-М" </t>
+  </si>
+  <si>
+    <t>37 000</t>
+  </si>
+  <si>
+    <t>38 480</t>
+  </si>
+  <si>
+    <t>Боевая одежда пожарного и снаряжение</t>
+  </si>
+  <si>
+    <t>Шлем, каска пожарного</t>
+  </si>
+  <si>
+    <t>Каска пожарного КЗ-94</t>
+  </si>
+  <si>
+    <t>Каска пожарного КП-92</t>
+  </si>
+  <si>
+    <t>Шлем-каска ШКПС</t>
+  </si>
+  <si>
+    <t>Шлем ШПМ-С</t>
+  </si>
+  <si>
+    <t>БОП III уровня защиты</t>
+  </si>
+  <si>
+    <t>Боевая одежда пожарного БОП-3 тип "А" (нач.состав)</t>
+  </si>
+  <si>
+    <t>БОП II уровня защиты</t>
+  </si>
+  <si>
+    <t>БОП II уровня защиты (брезент) тип "А" (нач.состав)</t>
+  </si>
+  <si>
+    <t>БОП II уровня защиты (брезент) тип "Б" (ряд.состав)</t>
+  </si>
+  <si>
+    <t>СЗО ТВ тип У вид А мод. 041</t>
+  </si>
+  <si>
+    <t>СЗО ТВ тип У вид Б мод. 040</t>
+  </si>
+  <si>
+    <t>СЗО ТВ тип Х вид А мод. 043</t>
+  </si>
+  <si>
+    <t>СЗО ТВ тип Х вид Б мод. 042</t>
+  </si>
+  <si>
+    <t>БОП I уровня защиты</t>
+  </si>
+  <si>
+    <t>БОП I уровня защиты (Пировитекс) тип "А" (нач.состав)</t>
+  </si>
+  <si>
+    <t>БОП I уровня защиты (Пировитекс) тип "Б" (ряд.состав)</t>
+  </si>
+  <si>
+    <t>БОП I уровня защиты тип У вид А вид Т, мод. 016 (нач.состав)</t>
+  </si>
+  <si>
+    <t>БОП I уровня защиты тип У вид А вид Т, мод. 027 "Реглан"</t>
+  </si>
+  <si>
+    <t>БОП I уровня защиты тип У вид Б вид Т, мод. 018</t>
+  </si>
+  <si>
+    <t>БОП I уровня защиты тип У вид Б вид Т, мод. 027 "Реглан"</t>
+  </si>
+  <si>
+    <t>БОП I уровня защиты тип У вид А вид П, мод. 119Вк</t>
+  </si>
+  <si>
+    <t>БОП I уровня защиты тип У вид Б вид П, мод. 119Вк</t>
+  </si>
+  <si>
+    <t>Комплекты теплозащитной одежды (ТК-800)</t>
+  </si>
+  <si>
+    <t>Комплект теплозащитной одежды ТК-800 (1 размер)</t>
+  </si>
+  <si>
+    <t>Комплект теплозащитной одежды ТК-800 (2 размер)</t>
+  </si>
+  <si>
+    <t>Комплект теплозащитной одежды ТК-800 (3 размер)</t>
+  </si>
+  <si>
+    <t>Комплекты теплоотражающей одежды пожарных (ТОК-200)</t>
+  </si>
+  <si>
+    <t>Комплект теплоотражающей одежды ТОК-200 (ТМТ  Alpha-Maritex) (1 размер)</t>
+  </si>
+  <si>
+    <t>11 214</t>
+  </si>
+  <si>
+    <t>11 561</t>
+  </si>
+  <si>
+    <t>Комплект теплоотражающей одежды ТОК-200 (ТМТ  Alpha-Maritex) (2 размер)</t>
+  </si>
+  <si>
+    <t>Комплект теплоотражающей одежды ТОК-200 (ТМТ  Alpha-Maritex) (3 размер)</t>
+  </si>
+  <si>
+    <t>11 645</t>
+  </si>
+  <si>
+    <t>12 005</t>
+  </si>
+  <si>
+    <t>Снаряжение пожарного</t>
+  </si>
+  <si>
+    <t>Перчатки трехпалые для пожарных</t>
+  </si>
+  <si>
+    <t>Краги брезентовые трехпалые</t>
+  </si>
+  <si>
+    <t>Кобура мод. 080 (лента огнетермостойкая)</t>
+  </si>
+  <si>
+    <t>Кобура мод. 082 (юфть)</t>
+  </si>
+  <si>
+    <t>Кобура мод. 083 (кожа ШС)</t>
+  </si>
+  <si>
+    <t>Кобура мод. 083Н (брезент)</t>
+  </si>
+  <si>
+    <t>Кобура мод. 083С (брезент)</t>
+  </si>
+  <si>
+    <t>Пояс ППС (тип А) вид 2 (с люверсами)</t>
+  </si>
+  <si>
+    <t>Пояс ППС (тип А) вид 1</t>
+  </si>
+  <si>
+    <t>Обувь пожарного</t>
+  </si>
+  <si>
+    <t>Сапоги специальные ПВХ</t>
+  </si>
+  <si>
+    <t>Сапоги специальные термостойкие резиновые для пожарных</t>
+  </si>
+  <si>
+    <t>Сапоги кожаные</t>
+  </si>
+  <si>
+    <t>Пожарно-охранная сигнализация и оповещение</t>
+  </si>
+  <si>
+    <t>Оповещатели пожарные</t>
+  </si>
+  <si>
+    <t>Оповещатели пожарные звуковые</t>
+  </si>
+  <si>
+    <t>Оповещатель звуковой Щит 12А</t>
+  </si>
+  <si>
+    <t>Оповещатель звуковой ТОН-1С-12</t>
+  </si>
+  <si>
+    <t>Оповещатель звуковой ТОН-1С-24</t>
+  </si>
+  <si>
+    <t>Оповещатели пожарные световые (световые табло)</t>
+  </si>
+  <si>
+    <t>Оповещатель световой БЛИК-С-12 (NEW)</t>
+  </si>
+  <si>
+    <t>Оповещатель световой БЛИК-С-24 (NEW)</t>
+  </si>
+  <si>
+    <t>Оповещатель световой БЛИК-С-12М</t>
+  </si>
+  <si>
+    <t>Оповещатель световой БЛИК-С-24М</t>
+  </si>
+  <si>
+    <t>Оповещатель световой БЛИК-3С-12</t>
+  </si>
+  <si>
+    <t>Оповещатель световой БЛИК-3С-24</t>
+  </si>
+  <si>
+    <t>Оповещатель световой БЛИК-РП</t>
+  </si>
+  <si>
+    <t>Системы речевого оповещения</t>
+  </si>
+  <si>
+    <t>Извещатели пожарные</t>
+  </si>
+  <si>
+    <t>Кронштейны для извещателей</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн для извещателя КИ-1 Балтика </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн для извещателя КИ-2 Балтика </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн для извещателя с магнитом Балтика </t>
+  </si>
+  <si>
+    <t>Извещатели пожарные автономные</t>
+  </si>
+  <si>
+    <t>Извещатель дымовой автономный ИП 212-142</t>
+  </si>
+  <si>
+    <t>Извещатель дымовой автономный ИП 212-55С (NEW)</t>
+  </si>
+  <si>
+    <t>Сигнализатор угарного газа автономный СГА (СО) 435-02СИ</t>
+  </si>
+  <si>
+    <t>6 871</t>
+  </si>
+  <si>
+    <t>Извещатели пожарные дымовые оптико-электронные</t>
+  </si>
+  <si>
+    <t>Извещатель дымовой оптико-электронный ИП 212-3СМ-И</t>
+  </si>
+  <si>
+    <t>Извещатель дымовой оптико-электронный  ИП 212-3СМ (NEW)</t>
+  </si>
+  <si>
+    <t>Извещатель дымовой оптико-электронный ИП 212-3СУ (NEW)</t>
+  </si>
+  <si>
+    <t>Извещатель дымовой оптико-электронный ИП 212-3СУ</t>
+  </si>
+  <si>
+    <t>Извещатель дымовой оптико-электронный ИП 212-3СМ</t>
+  </si>
+  <si>
+    <t>Извещатель дымовой оптико-электронный ИП 212-4С</t>
+  </si>
+  <si>
+    <t>Извещатель дымовой оптико-электронный ИП 212-4СБ</t>
+  </si>
+  <si>
+    <t>Извещатели пожарные ручные</t>
+  </si>
+  <si>
+    <t>Извещатель ручной  ИПР-3СУ</t>
+  </si>
+  <si>
+    <t>Извещатель ручной  ИПР-3СУМ</t>
+  </si>
+  <si>
+    <t>Лесопожарное оборудование</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Торфяной ствол Балтика ТС-1 </t>
+  </si>
+  <si>
+    <t>3 509</t>
+  </si>
+  <si>
+    <t>3 650</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Торфяной ствол Балтика ТС-2 </t>
+  </si>
+  <si>
+    <t>3 989</t>
+  </si>
+  <si>
+    <t>4 149</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Грабли лесопожарные </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Хлопушка пожарная </t>
+  </si>
+  <si>
+    <t>1 098</t>
+  </si>
+  <si>
+    <t>1 142</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ствол-пробойник Балтика </t>
+  </si>
+  <si>
+    <t>10 899</t>
+  </si>
+  <si>
+    <t>11 335</t>
+  </si>
+  <si>
+    <t>Прочие изделия Балтика-01</t>
+  </si>
+  <si>
+    <t>Защита стеллажей и колонн</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Отбойник для защиты колонн угловой ОЗКУ-1 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Защита для стеллажа угловая ЗСУ-1 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Защита для стеллажа угловая ЗСУ-2 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Защита для стеллажа фронтальная ЗСФ-1 </t>
+  </si>
+  <si>
+    <t>Защита для стеллажа фронтальная ЗСФ-2</t>
+  </si>
+  <si>
+    <t>1 038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Отбойник для защиты колонн угловой ОЗКУ-2 </t>
+  </si>
+  <si>
+    <t>3 313</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Отбойник для защиты колонн угловой ОЗКУ-3 </t>
+  </si>
+  <si>
+    <t>3 965</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Отбойник для защиты колонн П-образный ОЗКП-1 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Отбойник для защиты колонн П-образный ОЗКП-2 </t>
+  </si>
+  <si>
+    <t>2 813</t>
+  </si>
+  <si>
+    <t>2 925</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Отбойник для защиты колонн П-образный ОЗКП-3 </t>
+  </si>
+  <si>
+    <t>3 055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Отбойник для защиты колонн П-образный ОЗКП-4 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Отбойник для защиты колонн П-образный ОЗКП-5 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Отбойник для защиты колонн П-образный ОЗКП-6 </t>
+  </si>
+  <si>
+    <t>3 250</t>
+  </si>
+  <si>
+    <t>3 380</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Отбойник для защиты колонн П-образный ОЗКП-7 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Отбойник для защиты колонн П-образный ОЗКП-8 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Отбойник для защиты колонн П-образный ОЗКП-9 </t>
+  </si>
+  <si>
+    <t>3 500</t>
+  </si>
+  <si>
+    <t>3 640</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Защитное ограждение для пожарного шкафа ЗПШ-1 </t>
+  </si>
+  <si>
+    <t>12 000</t>
+  </si>
+  <si>
+    <t>12 480</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Защитное ограждение для пожарного шкафа ЗПШ-2 </t>
+  </si>
+  <si>
+    <t>13 188</t>
+  </si>
+  <si>
+    <t>13 715</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Защитное ограждение для пожарного шкафа ЗПШ-3 </t>
+  </si>
+  <si>
+    <t>13 313</t>
+  </si>
+  <si>
+    <t>13 845</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Защитное ограждение для пожарного шкафа ЗПШ-4 </t>
+  </si>
+  <si>
+    <t>14 438</t>
+  </si>
+  <si>
+    <t>15 015</t>
+  </si>
+  <si>
+    <t>Контейнеры для мусора</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Контейнер сетчатый для сбора пластика </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Контейнер для мусора </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Урна-пепельница </t>
+  </si>
+  <si>
+    <t>Прочая продукция</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Решетка вентиляционная </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стеллаж передвижной </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ящик из алюминия </t>
+  </si>
+  <si>
+    <t>Шкафы для газовых баллонов</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф для газового баллона 27 л "Балтика" </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф для газового баллона 50 л "Балтика" </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф для двух газовых баллонов 27 л "Балтика" </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф для двух газовых баллонов 50 л "Балтика" </t>
+  </si>
+  <si>
+    <t>5 500</t>
+  </si>
+  <si>
+    <t>5 720</t>
+  </si>
+  <si>
+    <t>Шкафы для дымососов</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф для хранения дымососа ШДП-2 </t>
+  </si>
+  <si>
+    <t>8 875</t>
+  </si>
+  <si>
+    <t>9 230</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф для хранения дымососа ШДП-3 </t>
+  </si>
+  <si>
+    <t>13 375</t>
+  </si>
+  <si>
+    <t>13 910</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф для хранения дымососа ШДП-9 </t>
+  </si>
+  <si>
+    <t>13 500</t>
+  </si>
+  <si>
+    <t>14 040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф для хранения дымососа ШДП-15 </t>
+  </si>
+  <si>
+    <t>18 250</t>
+  </si>
+  <si>
+    <t>18 980</t>
+  </si>
+  <si>
+    <t>Шкафы коллекторные (распределительные)</t>
+  </si>
+  <si>
+    <t>Шкаф коллекторный встроенный ШРВ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф коллекторный (распределительный) встроенный ШРВ-1 </t>
+  </si>
+  <si>
+    <t>2 173</t>
+  </si>
+  <si>
+    <t>2 260</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф коллекторный (распределительный) встроенный ШРВ-2 </t>
+  </si>
+  <si>
+    <t>2 479</t>
+  </si>
+  <si>
+    <t>2 578</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф коллекторный (распределительный) встроенный ШРВ-3 </t>
+  </si>
+  <si>
+    <t>2 757</t>
+  </si>
+  <si>
+    <t>2 867</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф коллекторный (распределительный) встроенный ШРВ-4 </t>
+  </si>
+  <si>
+    <t>3 100</t>
+  </si>
+  <si>
+    <t>3 224</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф коллекторный (распределительный) встроенный ШРВ-5 </t>
+  </si>
+  <si>
+    <t>3 565</t>
+  </si>
+  <si>
+    <t>3 708</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф коллекторный (распределительный) встроенный ШРВ-6 </t>
+  </si>
+  <si>
+    <t>4 222</t>
+  </si>
+  <si>
+    <t>4 391</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф коллекторный (распределительный) встроенный ШРВ-7 </t>
+  </si>
+  <si>
+    <t>5 013</t>
+  </si>
+  <si>
+    <t>Шкаф коллекторный наружный ШРН</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф коллекторный (распределительный) наружный ШРН-1 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф коллекторный (распределительный) наружный ШРН-2 </t>
+  </si>
+  <si>
+    <t>2 127</t>
+  </si>
+  <si>
+    <t>2 212</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф коллекторный (распределительный) наружный ШРН-3 </t>
+  </si>
+  <si>
+    <t>2 523</t>
+  </si>
+  <si>
+    <t>2 624</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф коллекторный (распределительный) наружный ШРН-4 </t>
+  </si>
+  <si>
+    <t>3 169</t>
+  </si>
+  <si>
+    <t>3 296</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф коллекторный (распределительный) наружный ШРН-5 </t>
+  </si>
+  <si>
+    <t>3 508</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф коллекторный (распределительный) наружный ШРН-6 </t>
+  </si>
+  <si>
+    <t>3 792</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шкаф коллекторный (распределительный) наружный ШРН-7 </t>
+  </si>
+  <si>
+    <t>4 300</t>
+  </si>
+  <si>
+    <t>4 472</t>
+  </si>
+  <si>
+    <t>Ящики для инструментов металлические оцинкованные</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ящик для инструмента металлический 420x200x200 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ящик для инструмента металлический 510x210x230 </t>
+  </si>
+  <si>
+    <t>Оцинкованный ящик 380х300х120</t>
+  </si>
+  <si>
+    <t>1 725</t>
+  </si>
+  <si>
+    <t>1 794</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Оцинкованный ящик 380х300х320 </t>
+  </si>
+  <si>
+    <t>2 075</t>
+  </si>
+  <si>
+    <t>2 158</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Оцинкованный ящик 420х320х140 </t>
+  </si>
+  <si>
+    <t>1 763</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Оцинкованный ящик 550х350х380 </t>
+  </si>
+  <si>
+    <t>2 488</t>
+  </si>
+  <si>
+    <t>2 587</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Оцинкованный ящик 550х400х150 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Оцинкованный ящик 650х400х350 </t>
+  </si>
+  <si>
+    <t>2 663</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Оцинкованный ящик 650х450х200 </t>
+  </si>
+  <si>
+    <t>2 375</t>
+  </si>
+  <si>
+    <t>2 470</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Оцинкованный ящик 750х400х400 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Оцинкованный ящик 750х550х400 </t>
+  </si>
+  <si>
+    <t>3 188</t>
+  </si>
+  <si>
+    <t>3 315</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Оцинкованный ящик 950х450х380 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Оцинкованный ящик 1210х450х480 </t>
+  </si>
+  <si>
+    <t>Ящики из нержавеющей стали</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ящик из нержавеющей стали 380х300х120 </t>
+  </si>
+  <si>
+    <t>5 188</t>
   </si>
   <si>
     <t>5 395</t>
   </si>
   <si>
-    <t xml:space="preserve">Огнетушитель ОП-6 АВСЕ Огнеборец </t>
-[...11974 lines deleted...]
-  <si>
     <t xml:space="preserve">Ящик из нержавеющей стали 380х300х320 </t>
   </si>
   <si>
     <t xml:space="preserve">Ящик из нержавеющей стали 420х320х140 </t>
   </si>
   <si>
+    <t>5 375</t>
+  </si>
+  <si>
+    <t>5 590</t>
+  </si>
+  <si>
     <t xml:space="preserve">Ящик из нержавеющей стали 550х350х380 </t>
   </si>
   <si>
     <t xml:space="preserve">Ящик из нержавеющей стали 550х400х150 </t>
   </si>
   <si>
+    <t>6 875</t>
+  </si>
+  <si>
     <t xml:space="preserve">Ящик из нержавеющей стали 650х400х350 </t>
   </si>
   <si>
+    <t>9 625</t>
+  </si>
+  <si>
+    <t>10 010</t>
+  </si>
+  <si>
     <t xml:space="preserve">Ящик из нержавеющей стали 650х450х200 </t>
   </si>
   <si>
+    <t>8 438</t>
+  </si>
+  <si>
+    <t>8 775</t>
+  </si>
+  <si>
     <t xml:space="preserve">Ящик из нержавеющей стали 750х400х400 </t>
   </si>
   <si>
     <t xml:space="preserve">Ящик из нержавеющей стали 750х550х400 </t>
   </si>
   <si>
+    <t>12 125</t>
+  </si>
+  <si>
+    <t>12 610</t>
+  </si>
+  <si>
     <t xml:space="preserve">Ящик из нержавеющей стали 950х450х380 </t>
   </si>
   <si>
     <t xml:space="preserve">Ящик из нержавеющей стали 1210х450х480 </t>
+  </si>
+  <si>
+    <t>16 750</t>
+  </si>
+  <si>
+    <t>17 420</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="13"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -12597,51 +12696,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-ognetushiteli/ognetushitel-op-7080-abce-peredvizhnoi" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-ognetushiteli/ognetushitel-op-3545-abce-peredvizhnoi" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-ognetushiteli/ognetushitel-op-2-avse" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-ognetushiteli/ognetushitel-op-3-avse" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-ognetushiteli/ognetushitel-op-4-avse" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-ognetushiteli/ognetushitel-op-8-10-litrov-avse" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-ognetushiteli/ognetushitel-op-5-avse" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-ognetushiteli/ognetushitel-op-10-avse" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-ognetushiteli/ognetushitel-op-50-peredvizhnoi" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-ognetushiteli/ognetushitel-op-6-avse" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-ognetushiteli/ognetushitel-op-9-avse" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-ognetushiteli/ognetushitel-op-25-abce-peredvizhnoi" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-ognetushiteli/ognetushitel-op-100-abce-peredvizhnoi" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-ognetushiteli/ognetushitel-op-2-avse-yarpozhinvest" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-ognetushiteli/ognetushitel-op-3-avse-yarpozhinvest" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-ognetushiteli/ognetushitel-op-4-avse-yarpozhinvest" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-ognetushiteli/ognetushitel-op-5-avse-yarpozhinvest" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-ognetushiteli/ognetushitel-op-6-avse-yarpozhinvest" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-ognetushiteli/ognetushitel-op-8-avse-yarpozhinvest" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-ognetushiteli/ognetushitel-op-10-avse-yarpozhinvest" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-ognetushiteli/ognetushitel-op-25-abce-peredvizhnoi-yarpozhinvest" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-ognetushiteli/ognetushitel-op-35-abce-peredvizhnoi-yarpozhinvest" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-ognetushiteli/ognetushitel-op-50-abce-peredvizhnoi-yarpozhinvest" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-ognetushiteli/ognetushitel-op-70-abce-peredvizhnoi-yarpozhinvest" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-ognetushiteli/ognetushitel-op-100-abce-peredvizhnoi-yarpozhinvest" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-spetsialnye-ognetushiteli/ognetushitel-ops-5" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-spetsialnye-ognetushiteli/ognetushitel-ops-10" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-spetsialnye-ognetushiteli/ognetushitel-ops-25" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-spetsialnye-ognetushiteli/ognetushitel-ops-40" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-spetsialnye-ognetushiteli/ognetushitel-ops-50" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-spetsialnye-ognetushiteli/ognetushitel-ops-70" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-spetsialnye-ognetushiteli/ognetushitel-ops-100" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-spetsialnye-ognetushiteli/ognetushitel-ops-5-klass-d2" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-spetsialnye-ognetushiteli/ognetushitel-ops-5-klass-d3" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-spetsialnye-ognetushiteli/ognetushitel-ops-10-klass-d2" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-spetsialnye-ognetushiteli/ognetushitel-ops-10-klass-d3" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-spetsialnye-ognetushiteli/ognetushitel-ops-25-klass-d2" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-spetsialnye-ognetushiteli/ognetushitel-ops-25-klass-d3" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-spetsialnye-ognetushiteli/ognetushitel-ops-40-klass-d2" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-spetsialnye-ognetushiteli/ognetushitel-ops-40-klass-d3" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-spetsialnye-ognetushiteli/ognetushitel-ops-50-klass-d2" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-spetsialnye-ognetushiteli/ognetushitel-ops-50-klass-d3" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-spetsialnye-ognetushiteli/ognetushitel-ops-70-klass-d2" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-spetsialnye-ognetushiteli/ognetushitel-ops-70-klass-d3" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-spetsialnye-ognetushiteli/ognetushitel-ops-100-klass-d2" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/poroshkovye-spetsialnye-ognetushiteli/ognetushitel-ops-100-klass-d3" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/chekhly-dlya-ognetushitelei/chekhol-dlya-ognetushitelya-chp-op-35" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/chekhly-dlya-ognetushitelei/chekhol-dlya-ognetushitelya-chp-op-50" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/chekhly-dlya-ognetushitelei/chekhol-dlya-ognetushitelya-chp-op-70" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/chekhly-dlya-ognetushitelei/chekhol-dlya-ognetushitelya-chp-op-100" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/chekhly-dlya-ognetushitelei/chekhol-dlya-ognetushitelya-chp-ou-1" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/chekhly-dlya-ognetushitelei/chekhol-dlya-ognetushitelya-chp-ou-2" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/chekhly-dlya-ognetushitelei/chekhol-dlya-ognetushitelya-chp-ou-3" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/chekhly-dlya-ognetushitelei/chekhol-dlya-ognetushitelya-chp-ou-5" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/chekhly-dlya-ognetushitelei/chekhol-dlya-ognetushitelya-chp-ou-7" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/chekhly-dlya-ognetushitelei/chekhol-dlya-ognetushitelya-chp-ou-8" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/chekhly-dlya-ognetushitelei/chekhol-dlya-ognetushitelya-chp-ou-10" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/chekhly-dlya-ognetushitelei/chekhol-dlya-ognetushitelya-chp-ou-15" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/chekhly-dlya-ognetushitelei/chekhol-dlya-ognetushitelya-chp-ou-20" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/chekhly-dlya-ognetushitelei/chekhol-dlya-ognetushitelya-chp-ou-25" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/chekhly-dlya-ognetushitelei/chekhol-dlya-ognetushitelya-chp-ou-40" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/chekhly-dlya-ognetushitelei/chekhol-dlya-ognetushitelya-chp-ou-50" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/ognetushiteli-uglekislotnye/ognetushitel-ou-5-bce" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/ognetushiteli-uglekislotnye/ognetushitel-ou-3-bce-5-litrov-d114-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/ognetushiteli-uglekislotnye/ognetushitel-ou-7-bce" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/ognetushiteli-uglekislotnye/ognetushitel-ou-15-ou-20-bce-peredvizhnoi" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/ognetushiteli-uglekislotnye/ognetushitel-ou-2-bce-3-litra-d114-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/ognetushiteli-uglekislotnye/ognetushitel-ou-25-ou-40-bce-peredvizhnoi" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/ognetushiteli-uglekislotnye/ognetushitel-ou-55-ou-80-bce-peredvizhnoi" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/ognetushiteli-uglekislotnye/ognetushitel-ou-1-bce-2-litra" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/ognetushiteli-uglekislotnye/ognetushitel-ou-4-bce" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/ognetushiteli-uglekislotnye/ognetushitel-ou-10-bce-peredvizhnoi" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/ognetushiteli-uglekislotnye/ognetushitel-ou-6-bce" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/ognetushiteli-uglekislotnye/ognetushitel-ou-8-bce" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/ognetushiteli-uglekislotnye/ognetushitel-ou-2-bce-3-litra-d108-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/ognetushiteli-uglekislotnye/ognetushitel-ou-3-bce-5-litrov-d133-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/ognetushiteli-uglekislotnye/ognetushitel-ou-20-bce-peredvizhnoi" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/ognetushiteli-uglekislotnye/ognetushitel-ou-40-bce-peredvizhnoi" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/ognetushiteli-uglekislotnye/ognetushitel-ou-50-bce-peredvizhnoi" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/ognetushiteli-uglekislotnye/ognetushitel-ou-3-bce-d133-mm-ogneborets" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/ognetushiteli-uglekislotnye/ognetushitel-ou-5-bce-ogneborets" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/vozdushno-pennye-ognetushiteli/ognetushitel-ovp-4-5-litrov-leto" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/ognetushiteli-vozdushno-pennye/ognetushitel-ovp-4-mig-5-litrov-zima" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/ognetushiteli-vozdushno-pennye/ognetushitel-ovp-8-mig-10-litrov-leto" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/ognetushiteli-vozdushno-pennye/ognetushitel-ovp-8-mig-10-litrov-zima" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/ognetushiteli-vozdushno-pennye/ognetushitel-ovp-40-mig-peredvizhnoi-leto" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/ognetushiteli-vozdushno-pennye/ognetushitel-ovp-40-mig-peredvizhnoi-zima" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/vozdushno-pennye-ognetushiteli/ognetushitel-ovp-10-mig-12-litrov-zima" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/ognetushiteli-vozdushno-pennye/ognetushitel-ovp-80-mig-peredvizhnoi-leto" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/ognetushiteli-vozdushno-pennye/ognetushitel-ovp-80-mig-peredvizhnoi-zima" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/ognetushiteli-vozdushno-pennye/ognetushitel-ovp-10-mig-12-litrov-leto" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/vozdushno-pennye-ognetushiteli/ognetushitel-ovp-50-peredvizhnoi-leto" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/vozdushno-pennye-ognetushiteli/ognetushitel-ovp-50-peredvizhnoi-zima" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/vozdushno-pennye-ognetushiteli/ognetushitel-ovp-100-peredvizhnoi-leto" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/vozdushno-pennye-ognetushiteli/ognetushitel-ovp-100-peredvizhnoi-zima" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/ognetushiteli-vozdushno-pennye/ognetushitel-ovp-4-5-litrov-pozhnanotekh-leto" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/vozdushno-pennye-ognetushiteli/ognetushitel-ovp-4-5-litrov-zima-0" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/vozdushno-pennye-ognetushiteli/ognetushitel-ovp-8-10-litrov-leto-0" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/vozdushno-pennye-ognetushiteli/ognetushitel-ovp-8-10-litrov-zima" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/vozdushno-pennye-ognetushiteli/ognetushitel-ovp-10-12-litrov-leto-0" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/vozdushno-pennye-ognetushiteli/ognetushitel-ovp-10-12-litrov-zima-0" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/vozdushno-pennye-ognetushiteli/ognetushitel-ovp-40-peredvizhnoi-leto-0" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/vozdushno-pennye-ognetushiteli/ognetushitel-ovp-40-peredvizhnoi-zima-0" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/vozdushno-pennye-ognetushiteli/ognetushitel-ovp-80-peredvizhnoi-leto-0" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/vozdushno-pennye-ognetushiteli/ognetushitel-ovp-80-peredvizhnoi-zima-0" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/vozdushno-emulsionnye-ognetushiteli-ove/ognetushitel-ove-2-z-ave-bontel" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/vozdushno-emulsionnye-ognetushiteli-ove/ognetushitel-ove-2z-ave" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/vozdushno-emulsionnye-ognetushiteli-ove/ognetushitel-ove-4z-ave" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/vozdushno-emulsionnye-ognetushiteli-ove/ognetushitel-ove-5z-ave" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/vozdushno-emulsionnye-ognetushiteli-ove/ognetushitel-ove-6z-ave" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/vozdushno-emulsionnye-ognetushiteli-ove/ognetushitel-ove-40z-ave-peredvizhnoi" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/vozdushno-emulsionnye-ognetushiteli-ove/ognetushitel-ove-50z-ave-peredvizhnoi" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/vozdushno-emulsionnye-ognetushiteli-ove/ognetushitel-ove-5-z-ave-bontel" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/vozdushno-emulsionnye-ognetushiteli-ove/ognetushitel-ove-2z-avse-pozhnanotekh-0" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/vozdushno-emulsionnye-ognetushiteli-ove/ognetushitel-ove-4z-avse-pozhnanotekh-0" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/vozdushno-emulsionnye-ognetushiteli-ove/ognetushitel-ove-5z-avse-pozhnanotekh-0" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/vozdushno-emulsionnye-ognetushiteli-ove/ognetushitel-ove-6z-avse-pozhnanotekh-0" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/ognetushitel-ove-8z-avse-pozhnanotekh" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/vozdushno-emulsionnye-ognetushiteli-ove/ognetushitel-ove-10z-avse-pozhnanotekh-0" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/vozdushno-emulsionnye-ognetushiteli-ove/ognetushitel-ove-2z-avse-pozhnanotekh" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/vozdushno-emulsionnye-ognetushiteli-ove/ognetushitel-ove-4z-avse-pozhnanotekh" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/vozdushno-emulsionnye-ognetushiteli-ove/ognetushitel-ove-5z-avse-pozhnanotekh" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/vozdushno-emulsionnye-ognetushiteli-ove/ognetushitel-ove-6z-avse-pozhnanotekh" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/vozdushno-emulsionnye-ognetushiteli-ove/ognetushitel-ove-8z-avse-pozhnanotekh" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/vozdushno-emulsionnye-ognetushiteli-ove/ognetushitel-ove-10z-avse-pozhnanotekh" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/vozdushno-emulsionnye-ognetushiteli-ove/ognetushitel-ove-20z-avse-pozhnanotekh" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/vozdushno-emulsionnye-ognetushiteli-ove/ognetushitel-ove-20z-avse-pozhnanotekh-0" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/vozdushno-emulsionnye-ognetushiteli-ove/ognetushitel-ove-40z-avse-pozhnanotekh" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/vozdushno-emulsionnye-ognetushiteli-ove/ognetushitel-ove-40z-avse-pozhnanotekh-0" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/vozdushno-emulsionnye-ognetushiteli-ove/ognetushitel-ove-50z-avse-pozhnanotekh" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/vozdushno-emulsionnye-ognetushiteli-ove/ognetushitel-ove-50z-avse-pozhnanotekh-0" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/vozdushno-emulsionnye-ognetushiteli-ove/ognetushitel-ove-80z-avse-pozhnanotekh" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/vozdushno-emulsionnye-ognetushiteli-ove/ognetushitel-ove-80z-avse-pozhnanotekh-0" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/vozdushno-emulsionnye-ognetushiteli-ove/ognetushitel-ove-100z-avse-pozhnanotekh" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/vozdushno-emulsionnye-ognetushiteli-ove/ognetushitel-ove-100z-avse-pozhnanotekh-0" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/samosrabatyvayushchie/ognetushitel-samosrabatyvayushchii-poroshkovyi-modul-osp-1" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/samosrabatyvayushchie/protivopozharnaya-ampula-bontel" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/samosrabatyvayushchie/ognetushashchii-sprei-bontel" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/samosrabatyvayushchie/ognetushitel-samosrabatyvayushchii-poroshkovyi-osp-1-mini" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/samosrabatyvayushchie/ognetushitel-samosrabatyvayushchii-shar-baltika-01" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/samosrabatyvayushchie/ognetushitel-samosrabatyvayushchii-poroshkovyi-modul-osp-2" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/avtonomnye-sredstva-pozharotusheniya/parabola-30" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/avtonomnye-sredstva-pozharotusheniya/parabola-50" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/avtonomnye-sredstva-pozharotusheniya/parabola-100" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/avtonomnye-sredstva-pozharotusheniya/parabola-200" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/avtonomnye-sredstva-pozharotusheniya/parabola-500" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/avtonomnye-sredstva-pozharotusheniya/parabola-1000" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/avtonomnye-sredstva-pozharotusheniya/parabola-2000" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/avtonomnye-sredstva-pozharotusheniya/avtonomnaya-ustanovka-pozharotusheniya-kord-shnur" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/avtonomnye-sredstva-pozharotusheniya/avtonomnaya-ustanovka-pozharotusheniya-kord-0" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/avtonomnye-sredstva-pozharotusheniya/avtonomnaya-ustanovka-pozharotusheniya-kord-1" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/avtonomnye-sredstva-pozharotusheniya/avtonomnaya-ustanovka-pozharotusheniya-kord-2" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/avtonomnye-sredstva-pozharotusheniya/avtonomnaya-ustanovka-pozharotusheniya-kord-3" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/avtonomnye-sredstva-pozharotusheniya/avtonomnaya-ustanovka-pozharotusheniya-kord-4" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/avtonomnye-sredstva-pozharotusheniya/pirostiker-ast-r" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/avtonomnye-sredstva-pozharotusheniya/pirostiker-ast-15" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/avtonomnye-sredstva-pozharotusheniya/pirostiker-ast-25" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/avtonomnye-sredstva-pozharotusheniya/pirostiker-ast-45" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/avtonomnye-sredstva-pozharotusheniya/pirostiker-ast-60" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/avtonomnye-sredstva-pozharotusheniya/goap-pirostrazh-01-2" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/avtonomnye-sredstva-pozharotusheniya/pirostiker-ast-f-r" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/avtonomnye-sredstva-pozharotusheniya/pirostiker-ast-f-20" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/avtonomnye-sredstva-pozharotusheniya/pirostiker-ast-f-30" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/avtonomnye-sredstva-pozharotusheniya/pirostiker-ast-f-50" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/avtonomnye-sredstva-pozharotusheniya/pirostiker-ast-f-65" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/avtonomnye-sredstva-pozharotusheniya/goap-pirostrazh-20-s-krepleniem-na-din-reiku" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/avtonomnye-sredstva-pozharotusheniya/goap-pirostrazh-01-1" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/avtonomnye-sredstva-pozharotusheniya/goap-pirostrazh-01-3" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/rancevye-lesnye-ognetushiteli/ognetushitel-rantsevyi-lesnoi-rlo-m-ermak-18" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/rancevye-lesnye-ognetushiteli/ognetushitel-rantsevyi-lesnoi-rlo-m-ermak-15" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/podstavka-pod-ognetushitel-p-15-urna" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/krepleniya-i-podstavki/podstavka-pod-ognetushitel-ekonom" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki-dlya-ognetushitelei/podstavka-pod-ognetushitel-ekonom-max" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/podstavka-pod-ognetushitel-p-20-urna-max" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/podstavka-pod-ognetushitel-p-10-urna" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/podstavka-dlya-dvukh-ognetushitelei-p-15-2-urna" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/podstavka-dlya-dvukh-ognetushitelei-p-20-2-urna" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/podstavka-pod-ognetushitel-p-10-urna-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/podstavki/podstavka-pod-ognetushitel-p-15-urna-iz" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/podstavki/podstavka-pod-ognetushitel-p-20-urna-max-iz" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/podstavka-dlya-dvukh-ognetushitelei-p-15-2-urna-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/podstavka-dlya-dvukh-ognetushitelei-p-20-2-urna-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/podstavka-pod-ognetushitel-firebox" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/podstavki/podstavka-pod-ognetushitel-p-15-urna-sbornaya" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/podstavki/podstavka-pod-ognetushitel-p-10-urna-sbornaya" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/podstavki/podstavka-pod-ognetushitel-p-20-urna-sbornaya" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/podstavki/podstavka-pod-ognetushitel-nastennaya-pn-10" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/podstavki/podstavka-pod-ognetushitel-nastennaya-pn-15" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/podstavki/podstavka-pod-ognetushitel-nastennaya-pn-20" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/podstavki/podstavka-pod-ognetushitel-nastennaya-pn-20-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/podstavki/podstavka-pod-ognetushitel-nastennaya-pn-15-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/podstavki/podstavka-pod-ognetushitel-nastennaya-pn-10-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/podstavki/kronshtein-dlya-ognetushitelya-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-t-2" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-t-3" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/kronshtein-transportnyi-tv-2" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-tv-3-dlya-op-4" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-tv-3-dlya-ou-3" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-tv-5" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-tv-8" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/kronshtein-transportnyi-tv-10" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-tv-6" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktr-1-baltika-dlya-opou-1" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktr-2-baltika-dlya-op-2-d105" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktr-3-baltika-dlya-op-3-ou-2" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktr-45-baltika-dlya-opovp-4" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktr-ou-5-baltika-dlya-ou-5" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktr-6-baltika-dlya-op-6-d145" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktr-ou-7-baltika-dlya-ou-7" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktr-89-baltika-dlya-opovp-8" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktr-1012-baltika-dlya-opovp" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktkh-1-baltika-dlya-op-1-d110" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktkh-1-baltika-dlya-ou-1-d110" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktkh-2-baltika-dlya-op-2-0" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktkh-8-baltika-dlya-op-8910" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktkh-3-baltika-dlya-ou-2-d110" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktkh-3-baltika-dlya-op-3-d147" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktkh-4-baltika-dlya-opovp-4" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktkh-4-baltika-dlya-ou-3-d140" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktkh-5-baltika-dlya-op-5-d147" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktkh-5-baltika-dlya-ou-5-d140" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktkh-6-baltika-dlya-opove-6" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktm-1-baltika-dlya-op-1-d110" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktm-2-baltika-dlya-op-2-d110" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktm-3-baltika-dlya-op-3-d110" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktm-4-baltika-dlya-opovp-4" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktm-5-baltika-dlya-op-5-d147" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktm-6-baltika-dlya-op-6-d147" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktm-3-baltika-dlya-op-3-d147" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-razdvizhnoi-ktrr-baltika" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/penal-dlya-ognetushitelya-firebox-6" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/penal-dlya-ognetushitelya-firebox-8" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/penal-dlya-ognetushitelya-firebox-10" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-tv-1-d90-mm-dlya-ou-1" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-tv-2-d114-dlya-ou-2" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-tv-3-d110-mm-dlya-ou-2-op-3" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktkh-4-baltika-dlya-ou-3ou-4" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-tv-5-500kh133-dlya-ou-4-ou-5" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-t-2" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-t-3" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/kronshtein-dlya-ognetushitelya-universalnyi-nastennyi" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/kronshtein-transportnyi-tv-2" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-tv-3-dlya-op-4" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-tv-3-dlya-ou-3" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-tv-5" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-tv-8" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/kronshtein-transportnyi-tv-10" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-tv-6" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktr-1-baltika-dlya-opou-1" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktr-2-baltika-dlya-op-2-d105" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktr-3-baltika-dlya-op-3-ou-2" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktr-45-baltika-dlya-opovp-4" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktr-ou-5-baltika-dlya-ou-5" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktr-6-baltika-dlya-op-6-d145" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktr-ou-7-baltika-dlya-ou-7" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktr-89-baltika-dlya-opovp-8" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktr-1012-baltika-dlya-opovp" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktkh-1-baltika-dlya-op-1-d110" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktkh-1-baltika-dlya-ou-1-d110" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktkh-2-baltika-dlya-op-2-0" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktkh-8-baltika-dlya-op-8910" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktkh-3-baltika-dlya-ou-2-d110" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktkh-3-baltika-dlya-op-3-d147" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktkh-4-baltika-dlya-opovp-4" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktkh-4-baltika-dlya-ou-3-d140" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktkh-5-baltika-dlya-op-5-d147" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktkh-5-baltika-dlya-ou-5-d140" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktkh-6-baltika-dlya-opove-6" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktm-1-baltika-dlya-op-1-d110" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktm-2-baltika-dlya-op-2-d110" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktm-3-baltika-dlya-op-3-d110" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktm-4-baltika-dlya-opovp-4" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktm-5-baltika-dlya-op-5-d147" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktm-6-baltika-dlya-op-6-d147" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktm-3-baltika-dlya-op-3-d147" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-razdvizhnoi-ktrr-baltika" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/kronshtein/kronshtein-dlya-modulei-mpp-5-mpp-7-i-mpp-12" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/kronshtein/kronshtein-dlya-ognetushitelya-universalnyi" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-tv-1-d90-mm-dlya-ou-1" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/kronshtein/kronshtein-n3-nastennyi-universalnyi" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-tv-2-d114-dlya-ou-2" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-tv-3-d110-mm-dlya-ou-2-op-3" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/podstavki/kronshtein-dlya-ognetushitelya-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-ktkh-4-baltika-dlya-ou-3ou-4" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/kronshtein-transportnyi-tv-5-500kh133-dlya-ou-4-ou-5" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnye-stvoly/ruchnye-dlya-pozharnykh-rukavov/stvol-rskz-70-kombinirovanyi-s-zashchitnym-ekranom" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnye-stvoly/ruchnye-dlya-pozharnykh-rukavov/stvol-rs-50" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnye-stvoly/ruchnye-dlya-pozharnykh-rukavov/stvol-pozharnyi-ruchnoi-rs-70" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnye-stvoly/ruchnye-dlya-pozharnykh-rukavov/stvol-rsp-50-perekryvnoi" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnye-stvoly/ruchnye-dlya-pozharnykh-rukavov/stvol-rsp-70-perekryvnoi" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnye-stvoly/ruchnye-dlya-pozharnykh-rukavov/stvol-rsk-50-pozharnyi-kombinirovanyi" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnye-stvoly/ruchnye-dlya-pozharnykh-rukavov/stvol-rs-50-p-plastik" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnye-stvoly/ruchnye-dlya-pozharnykh-rukavov/stvol-rs-5001-plastik" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnye-stvoly/ruchnye-dlya-pozharnykh-rukavov/stvol-rs-5001" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnye-stvoly/ruchnye-dlya-pozharnykh-rukavov/stvol-pozharnyi-ruchnoi-rs-70-ap" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnye-stvoly/ruchnye-dlya-pozharnykh-rukavov/stvol-pozharnyi-ruchnoi-rs-7001" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnye-stvoly/ruchnye-dlya-pozharnykh-rukavov/stvol-rsk-70-pozharnyi-kombinirovannyi" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnye-stvoly/ruchnye-dlya-pozharnykh-rukavov/stvol-pozharnyi-rs-25-baltika" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnye-stvoly/ruchnye-dlya-pozharnykh-rukavov/stvol-pozharnyi-ruchnoi-rs-50-ap" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnye-stvoly/vozdushno-pennye-stvoly/stvol-pozharnyi-vozdushno-pennyi-svpe-2" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnye-stvoly/vozdushno-pennye-stvoly/stvol-pozharnyi-vozdushno-pennyi-svpe-4" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnye-stvoly/vozdushno-pennye-stvoly/stvol-pozharnyi-vozdushno-pennyi-svpe-8" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnye-stvoly/lafetnye-stvoly/stvol-lafetnyi-ls-p20-kombinirovannyi-perenosnoi" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnye-stvoly/lafetnye-stvoly/stvol-lafetnyi-ls-p20u-perenosnoi-s-ruchnym-upravleniem" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnye-stvoly/lafetnye-stvoly/stvol-lafetnyi-ls-p30u-perenosnoi-s-ruchnym-upravleniem" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnye-stvoly/lafetnye-stvoly/stvol-lafetnyi-ls-p40u-perenosnoi-s-ruchnym-upravleniem" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnye-stvoly/lafetnye-stvoly/stvol-lafetnyi-ls-s20u-statsionarnyi-universalnyi" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnye-stvoly/lafetnye-stvoly/stvol-lafetnyi-ls-s25u-statsionarnyi-universalnyi" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnye-stvoly/lafetnye-stvoly/stvol-lafetnyi-ls-s30u-statsionarnyi-universalnyi" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnye-stvoly/lafetnye-stvoly/stvol-lafetnyi-ls-s40u-statsionarnyi-universalnyi" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnye-stvoly/lafetnye-stvoly/stvol-lafetnyi-ls-s20-statsionarnyi-s-ruchnym-upravleniem" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnye-stvoly/lafetnye-stvoly/stvol-lafetnyi-ls-s40-statsionarnyi-s-ruchnym-upravleniem" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnye-stvoly/lafetnye-stvoly/stvol-lafetnyi-ls-s60-statsionarnyi-s-ruchnym-upravleniem" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnye-stvoly/lafetnye-stvoly/stvol-lafetnyi-ls-s60u-statsionarnyi-s-ruchnym-upravleniem" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnye-stvoly/lafetnye-stvoly/stvol-lafetnyi-distantsionnyi-lsd-s40u" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnye-stvoly/lafetnye-stvoly/stvol-lafetnyi-distantsionnyi-lsd-s20u" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnye-stvoly/lafetnye-stvoly/stvol-lafetnyi-distantsionnyi-lsd-s30u" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnye-stvoly/lafetnye-stvoly/stvol-lafetnyi-distantsionnyi-lsd-s60u" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnye-stvoly/lafetnye-stvoly/veernyi-raspylitel-vr-20" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnye-stvoly/lafetnye-stvoly/veernyi-raspylitel-vr-30" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/golovki-soedinitelnye/rukavnye/golovka-rukavnaya-gr-50-plastik" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/golovki-soedinitelnye/rukavnye/golovka-rukavnaya-gr-50-alyuminii" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/golovki-soedinitelnye/rukavnye/golovka-rukavnaya-gr-70-gr-65-alyuminii" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/golovki-soedinitelnye/rukavnye/golovka-rukavnaya-gr-80" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/golovki-soedinitelnye/rukavnye/golovka-rukavnaya-grv-100" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/golovki-soedinitelnye/rukavnye/golovka-rukavnaya-grv-125" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/golovki-soedinitelnye/rukavnye/golovka-rukavnaya-grv-150" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/golovki-soedinitelnye/rukavnye/golovka-rukavnaya-gr-25-latun" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/golovki-soedinitelnye/rukavnye/golovka-rukavnaya-gr-3850" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/golovki-soedinitelnye/rukavnye/golovka-rukavnaya-gr-25" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/golovki-soedinitelnye/rukavnye/golovka-rukavnaya-gr-50-alyuminii-plastik" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/golovki-soedinitelnye/rukavnye/golovka-rukavnaya-gr-70-gr-65-alyuminii-plastik" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/golovki-soedinitelnye/muftovye/golovka-muftovaya-gm-80" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/golovki-soedinitelnye/muftovye/golovka-muftovaya-gmv-100" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/golovki-soedinitelnye/muftovye/golovka-muftovaya-gm-70-gm-65" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/golovki-soedinitelnye/muftovye/golovka-muftovaya-gmv-150" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/golovki-soedinitelnye/muftovye/golovka-muftovaya-gm-50" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/golovki-soedinitelnye/muftovye/golovka-muftovaya-gmv-125" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/golovki-soedinitelnye/muftovye/golovka-muftovaya-gm-25-latun" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/golovki-soedinitelnye/muftovye/golovka-muftovaya-gm-80-dlya-motopompy-gtp-80" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/golovki-soedinitelnye/muftovye/golovka-muftovaya-gm-50-plastik" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/golovki-soedinitelnye/muftovye/golovka-muftovaya-gm-25" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/golovki-soedinitelnye/tsapkovye/golovka-tsapkovaya-gts-70" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/golovki-soedinitelnye/tsapkovye/golovka-tsapkovaya-gts-80" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/golovki-soedinitelnye/tsapkovye/golovka-tsapkovaya-gts-50" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/golovki-soedinitelnye/tsapkovye/golovka-tsapkovaya-gts-25-latun" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/golovki-soedinitelnye/tsapkovye/golovka-tsapkovaya-gts-25" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/golovki-soedinitelnye/zaglushki/golovka-gz-70-gz-65" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/golovki-soedinitelnye/zaglushki/golovka-gz-80" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/golovki-soedinitelnye/zaglushki/golovka-gz-50" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/golovki-soedinitelnye/zaglushki/golovka-gzv-100" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/golovki-soedinitelnye/zaglushki/golovka-gz-150" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/golovki-soedinitelnye/zaglushki/golovka-gzv-125" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/golovki-soedinitelnye/perekhodnye/perekhodnik-gp-50kh70-gp-50kh65" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/golovki-soedinitelnye/perekhodnye/perekhodnik-gp-50-kh-80" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/golovki-soedinitelnye/perekhodnye/perekhodnik-gp-70kh80-gp-65kh80" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/golovki-soedinitelnye/perekhodnye/perekhodnik-gp-80-kh-100" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/golovki-soedinitelnye/perekhodnye/perekhodnik-gp-125-kh-150" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/koltsa-uplotnitelnye/koltso-kn-50" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/koltsa-uplotnitelnye/koltso-kn-80" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/koltsa-uplotnitelnye/koltso-kn-70" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/koltsa-uplotnitelnye/koltso-kn-125" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/koltsa-uplotnitelnye/koltso-kn-150" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/klyuchi/klyuch-k-150" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/klyuchi/klyuch-k-80-baltika-01" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/klyuchi/klyuch-usilitel" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/klyuchi/klyuch-k-36" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/posty-pozharnye-peredvizhnye/post-pozharnyi-mobilnyi-peredvizhnoi" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/posty-pozharnye-peredvizhnye/post-pozharnyi-peredvizhnoi-ppp-1" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/posty-pozharnye-peredvizhnye/post-pozharnyi-peredvizhnoi-ppp-2" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/posty-pozharnye-peredvizhnye/mobilnaya-pozharnaya-ustanovka-mpu-1" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/posty-pozharnye-peredvizhnye/post-pozharnyi-peredvizhnoi-ppp-3" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya-k-nim/shchit-pozharnyi-metallicheskii-otkrytyi" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/shchity-pozharnye/shchit-pozharnyi-metallicheskii-zakrytyi" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/shchity-pozharnye/stend-pozharnyi-metallicheskii-kombi" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchit-pozharnyi-kombinirovannyi-modul" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchit-pozharnyi-zakrytyi-so-stoikoi" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchit-pozharnyi-zakrytyi-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchit-pozharnyi-so-stoikoi-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchit-pozharnyi-kombinirovannyi-modul-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/shchity-pozharnye/shchit-pozharnyi-metallicheskii-zakrytyi-2" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/shchity-pozharnye/shchit-pozharnyi-zakrytyi-so-stoikoi-2-dveri" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/shchity-pozharnye/shchit-pozharnyi-kombinirovannyi-modul-2-dveri" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/izdeliya-iz-nerzhaveyushchei-stali/shchity-pozharnye/shchit-pozharnyi-zakrytyi-iz-nerzhaveyushchei-0" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/izdeliya-iz-nerzhaveyushchei-stali/shchity-pozharnye/shchit-pozharnyi-so-stoikoi-iz-nerzhaveyushchei" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/shchity-pozharnye/shchit-pozharnyi-metallicheskii-zakrytyi-2-0" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/shchity-pozharnye/shchit-pozharnyi-zakrytyi-so-stoikoi-2-dveri-0" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/shchity-pozharnye/shchit-pozharnyi-kombinirovannyi-modul-2-0" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/izdeliya-iz-nerzhaveyushchei-stali/shchity-pozharnye/shchit-pozharnyi-zakrytyi-iz-nerzhaveyushchei" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/izdeliya-iz-nerzhaveyushchei-stali/shchity-pozharnye/shchit-pozharnyi-so-stoikoi-iz-0" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/izdeliya-iz-nerzhaveyushchei-stali/shchity-pozharnye/shchit-pozharnyi-kombinirovannyi-modul-iz" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/izdeliya-iz-nerzhaveyushchei-stali/shchity-pozharnye/shchit-pozharnyi-kombinirovannyi-modul-iz-0" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/shchity-pozharnye/shchit-pozharnyi-metallicheskii-otkrytyi" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/shchity-pozharnye/shchit-pozharnyi-metallicheskii-zakrytyi-1-dver" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/shchity-pozharnye/shchit-pozharnyi-metallicheskii-zakrytyi-2-1" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/shchity-pozharnye/shchit-pozharnyi-zakrytyi-so-stoikoi-1-dver" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/shchity-pozharnye/shchit-pozharnyi-zakrytyi-so-stoikoi-2-dveri-1" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/shchity-pozharnye/shchit-pozharnyi-kombinirovannyi-modul-1-dver" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/shchity-pozharnye/shchit-pozharnyi-kombinirovannyi-modul-2-1" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/shchity-pozharnye/shchit-pozharnyi-otkrytyi-razbornyi" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/shchity-pozharnye/stend-pozharnyi-metallicheskii-kombi-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/pozharnyi-inventar/lopata-pozharnaya-sovkovaya" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/pozharnyi-inventar/emkost-dlya-khraneniya-vody-200-litrov" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/pozharnyi-inventar/topor-dlya-pozharnogo-shchita" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/pozharnyi-inventar/bagor-pozharnyi" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/pozharnyi-inventar/vedro-pozharnoe" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/pozharnyi-inventar/bagor-pozharnyi-skladnoi" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/pozharnyi-inventar/lom-pozharnyi" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/pozharnyi-inventar/sovok-dlya-peska" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/pozharnyi-inventar/lopata-pozharnaya-shtykovaya" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/piramida-dlya-gidranta-pozharnogo-750x750x900" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/piramida-dlya-gidranta-pozharnogo-500x500x500" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/piramida-dlya-gidranta-pozharnogo-700x700x700" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/pozharnyi-inventar/shtanga-buksirovochnaya" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/pozharnyi-inventar/bagor-pozharnyi-nasadnoi-s-derevyannoi-ruchkoi" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/pozharnyi-inventar/kryuk-kp" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/pozharnyi-inventar/sovok-dlya-sypuchikh-materialov" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/piramida-dlya-gidranta-pozharnogo-500x-teplo" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya//piramida-dlya-gidranta-pozharnogo-700x-teplo" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/piramida-dlya-gidranta-pozharnogo-teplo" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/pozharnyi-inventar/podstavka-dlya-shtang-buksirovochnykh" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/koshma-protivopozharnoe-polotno/koshma-protivopozharnaya-pp-300" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/koshma-protivopozharnoe-polotno/koshma-protivopozharnaya-pp-600" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/koshma-protivopozharnoe-polotno/koshma-protivopozharnaya-pp-0" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/koshma-protivopozharnoe-polotno/koshma-protivopozharnaya-pp-300-0" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/koshma-protivopozharnoe-polotno/koshma-protivopozharnaya-pp-600-0" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/koshma-protivopozharnoe-polotno/koshma-protivopozharnaya-pp-1000" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/koshma-protivopozharnoe-polotno/penal-dlya-koshmy" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/koshma-protivopozharnoe-polotno/koshma-protivopozharnaya-pp-1200" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/yashchik-dlya-peska/yashchik-dlya-peska-metallicheskii-02-m3" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/yashchik-dlya-peska/yashchik-dlya-peska-metallicheskii-05-m3" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/yashchik-dlya-peska/yashchik-dlya-peska-metallicheskii-03-m3" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/yashchik-dlya-peska/yashchik-dlya-peska-metallicheskii-01m3" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya-k-nim/yashchik-dlya-peska-metallicheskii-1-m3" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/yashchik-dlya-peska/yashchik-dlya-peska-01m3-razbornyi" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/yashchik-dlya-peska/yashchik-dlya-peska-02-m3-razbornyi" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/yashchik-dlya-peska/yashchik-dlya-peska-03-m3-razbornyi" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/yashchik-dlya-peska/yashchik-dlya-peska-05-m3-razbornyi" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/yashchik-dlya-peska/napolnaya-podstavka-pod-yashchik-dlya-peska" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/yashchik-dlya-peska/napolnaya-podstavka-pod-yashchik-dlya-peska-0" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/yashchik-dlya-peska/napolnaya-podstavka-pod-yashchik-dlya-peska-1" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/yashchik-dlya-peska/napolnaya-podstavka-pod-yashchik-dlya-peska-2" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/yashchik-dlya-peska/yashchik-dlya-peska-metallicheskii-05-m3-s" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/posty-pozharnye-peredvizhnye/post-pozharnyi-mobilnyi-peredvizhnoi" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/posty-pozharnye-peredvizhnye/post-pozharnyi-peredvizhnoi-ppp-1" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/posty-pozharnye-peredvizhnye/post-pozharnyi-peredvizhnoi-ppp-2" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/posty-pozharnye-peredvizhnye/mobilnaya-pozharnaya-ustanovka-mpu-1" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/posty-pozharnye-peredvizhnye/post-pozharnyi-peredvizhnoi-ppp-3" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya-k-nim/shchit-pozharnyi-metallicheskii-otkrytyi" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/shchity-pozharnye/shchit-pozharnyi-metallicheskii-zakrytyi" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/shchity-pozharnye/stend-pozharnyi-metallicheskii-kombi" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchit-pozharnyi-kombinirovannyi-modul" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchit-pozharnyi-zakrytyi-so-stoikoi" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchit-pozharnyi-zakrytyi-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchit-pozharnyi-so-stoikoi-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchit-pozharnyi-kombinirovannyi-modul-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/shchity-pozharnye/shchit-pozharnyi-metallicheskii-zakrytyi-2" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/shchity-pozharnye/shchit-pozharnyi-zakrytyi-so-stoikoi-2-dveri" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/shchity-pozharnye/shchit-pozharnyi-kombinirovannyi-modul-2-dveri" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/izdeliya-iz-nerzhaveyushchei-stali/shchity-pozharnye/shchit-pozharnyi-zakrytyi-iz-nerzhaveyushchei-0" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/izdeliya-iz-nerzhaveyushchei-stali/shchity-pozharnye/shchit-pozharnyi-so-stoikoi-iz-nerzhaveyushchei" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/shchity-pozharnye/shchit-pozharnyi-metallicheskii-zakrytyi-2-0" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/shchity-pozharnye/shchit-pozharnyi-zakrytyi-so-stoikoi-2-dveri-0" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/shchity-pozharnye/shchit-pozharnyi-kombinirovannyi-modul-2-0" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/izdeliya-iz-nerzhaveyushchei-stali/shchity-pozharnye/shchit-pozharnyi-zakrytyi-iz-nerzhaveyushchei" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/izdeliya-iz-nerzhaveyushchei-stali/shchity-pozharnye/shchit-pozharnyi-so-stoikoi-iz-0" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/izdeliya-iz-nerzhaveyushchei-stali/shchity-pozharnye/shchit-pozharnyi-kombinirovannyi-modul-iz" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/izdeliya-iz-nerzhaveyushchei-stali/shchity-pozharnye/shchit-pozharnyi-kombinirovannyi-modul-iz-0" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/shchity-pozharnye/shchit-pozharnyi-metallicheskii-otkrytyi" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/shchity-pozharnye/shchit-pozharnyi-metallicheskii-zakrytyi-1-dver" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/shchity-pozharnye/shchit-pozharnyi-metallicheskii-zakrytyi-2-1" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/shchity-pozharnye/shchit-pozharnyi-zakrytyi-so-stoikoi-1-dver" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/shchity-pozharnye/shchit-pozharnyi-zakrytyi-so-stoikoi-2-dveri-1" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/shchity-pozharnye/shchit-pozharnyi-kombinirovannyi-modul-1-dver" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/shchity-pozharnye/shchit-pozharnyi-kombinirovannyi-modul-2-1" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/shchity-pozharnye/shchit-pozharnyi-otkrytyi-razbornyi" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/shchity-pozharnye/stend-pozharnyi-metallicheskii-kombi-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/pozharnyi-inventar/lopata-pozharnaya-sovkovaya" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/pozharnyi-inventar/emkost-dlya-khraneniya-vody-200-litrov" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/pozharnyi-inventar/topor-dlya-pozharnogo-shchita" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/pozharnyi-inventar/bagor-pozharnyi" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/pozharnyi-inventar/vedro-pozharnoe" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/pozharnyi-inventar/bagor-pozharnyi-skladnoi" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/pozharnyi-inventar/lom-pozharnyi" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/pozharnyi-inventar/sovok-dlya-peska" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/pozharnyi-inventar/lopata-pozharnaya-shtykovaya" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/piramida-dlya-gidranta-pozharnogo-750x750x900" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/piramida-dlya-gidranta-pozharnogo-500x500x500" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/piramida-dlya-gidranta-pozharnogo-700x700x700" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/pozharnyi-inventar/shtanga-buksirovochnaya" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/pozharnyi-inventar/bagor-pozharnyi-nasadnoi-s-derevyannoi-ruchkoi" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/pozharnyi-inventar/kryuk-kp" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/pozharnyi-inventar/sovok-dlya-sypuchikh-materialov" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/piramida-dlya-gidranta-pozharnogo-500x-teplo" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya//piramida-dlya-gidranta-pozharnogo-700x-teplo" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/piramida-dlya-gidranta-pozharnogo-teplo" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/pozharnyi-inventar/podstavka-dlya-shtang-buksirovochnykh" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/pozharnyi-inventar/kryuk-dlya-otkryvaniya-lyukov-baltika" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/koshma-protivopozharnoe-polotno/koshma-protivopozharnaya-pp-300" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/koshma-protivopozharnoe-polotno/koshma-protivopozharnaya-pp-600" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/koshma-protivopozharnoe-polotno/koshma-protivopozharnaya-pp-0" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/koshma-protivopozharnoe-polotno/koshma-protivopozharnaya-pp-300-0" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/koshma-protivopozharnoe-polotno/koshma-protivopozharnaya-pp-600-0" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/koshma-protivopozharnoe-polotno/koshma-protivopozharnaya-pp-1000" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/koshma-protivopozharnoe-polotno/penal-dlya-koshmy" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/koshma-protivopozharnoe-polotno/koshma-protivopozharnaya-pp-1200" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/yashchik-dlya-peska/yashchik-dlya-peska-metallicheskii-02-m3" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/yashchik-dlya-peska/yashchik-dlya-peska-metallicheskii-05-m3" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/yashchik-dlya-peska/yashchik-dlya-peska-metallicheskii-03-m3" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/yashchik-dlya-peska/yashchik-dlya-peska-metallicheskii-01m3" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya-k-nim/yashchik-dlya-peska-metallicheskii-1-m3" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/yashchik-dlya-peska/yashchik-dlya-peska-01m3-razbornyi" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/yashchik-dlya-peska/yashchik-dlya-peska-02-m3-razbornyi" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/yashchik-dlya-peska/yashchik-dlya-peska-03-m3-razbornyi" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/yashchik-dlya-peska/yashchik-dlya-peska-05-m3-razbornyi" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/yashchik-dlya-peska/napolnaya-podstavka-pod-yashchik-dlya-peska" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/yashchik-dlya-peska/napolnaya-podstavka-pod-yashchik-dlya-peska-0" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/yashchik-dlya-peska/napolnaya-podstavka-pod-yashchik-dlya-peska-1" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/yashchik-dlya-peska/napolnaya-podstavka-pod-yashchik-dlya-peska-2" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchity-pozharnye-i-komplektatsiya/yashchik-dlya-peska/yashchik-dlya-peska-metallicheskii-05-m3-s" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/lentochnogo-tipa/protivopozharnaya-mufta-lentochnogo-tipa-baltika-pm-125-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/protivopozharnaya-mufta-lentochnogo-tipa-baltika-pm-62-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/gilza-protivopozharnaya-baltika-pm-16-obzhimnaya-manzheta" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/gilzy/gilza-protivopozharnaya-baltika-pm-20-obzhimnaya-manzheta" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/gilza-protivopozharnaya-baltika-pm-25-obzhimnaya-manzheta" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/gilza-protivopozharnaya-baltika-pm-32-obzhimnaya-manzheta" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/gilza-protivopozharnaya-baltika-pm-40-obzhimnaya-manzheta" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/gilza-protivopozharnaya-baltika-pm-50-obzhimnaya-manzheta" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/gilza-protivopozharnaya-baltika-pm-65-obzhimnaya-manzheta" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/gilza-protivopozharnaya-baltika-pm-80-obzhimnaya-manzheta" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/gilza-protivopozharnaya-baltika-pm-90-obzhimnaya-manzheta" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/gilza-protivopozharnaya-baltika-pm-110-obzhimnaya-manzheta" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/gilza-protivopozharnaya-baltika-pm-125-obzhimnaya-manzheta" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/gilza-protivopozharnaya-baltika-pm-160-obzhimnaya-manzheta" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/protivopozharnye-zaslonki/protivopozharnaya-zaslonka-baltika-pz-100" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/protivopozharnye-zaslonki/protivopozharnaya-zaslonka-baltika-pz-125" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/protivopozharnye-zaslonki/protivopozharnaya-zaslonka-baltika-pz-160" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/protivopozharnye-zaslonki/protivopozharnaya-zaslonka-baltika-pz-200" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/protivopozharnaya-mufta-baltika-pm-16" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/pm/protivopozharnaya-mufta-baltika-pm-20" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/pm/protivopozharnaya-mufta-baltika-pm-25" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/pm/protivopozharnaya-mufta-baltika-pm-32" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/protivopozharnaya-mufta-baltika-pm-125" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/protivopozharnaya-mufta-baltika-pm-250" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/protivopozharnaya-mufta-baltika-pm-225" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/protivopozharnaya-mufta-baltika-pm-200" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/pm/protivopozharnaya-mufta-baltika-pm-160" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/protivopozharnaya-mufta-baltika-pm-110" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/protivopozharnaya-mufta-baltika-pm-90" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/protivopozharnaya-mufta-baltika-pm-80" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/protivopozharnaya-mufta-baltika-pm-65" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/protivopozharnaya-mufta-baltika-pm-50" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/pm/protivopozharnaya-mufta-baltika-pm-40" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/protivopozharnaya-mufta-baltika-pm-16-s-zamkom" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/protivopozharnaya-mufta-baltika-pm-20-s-zamkom" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/protivopozharnaya-mufta-baltika-pm-25-s-zamkom" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/protivopozharnaya-mufta-baltika-pm-32-s-zamkom" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/protivopozharnaya-mufta-baltika-pm-40-s-zamkom" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/pm/protivopozharnaya-mufta-baltika-pm-50-s-zamkom" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/protivopozharnaya-mufta-baltika-pm-65-s-zamkom" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/protivopozharnaya-mufta-baltika-pm-80-s-zamkom" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/protivopozharnaya-mufta-baltika-pm-90-s-zamkom" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/protivopozharnaya-mufta-baltika-pm-110-s-zamkom" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/protivopozharnaya-mufta-baltika-pm-125-s-zamkom" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/pm/protivopozharnaya-mufta-baltika-pm-160-s-zamkom" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/protivopozharnaya-mufta-baltika-pm-200-s-zamkom" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/protivopozharnaya-mufta-baltika-pm-225-s-zamkom" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/protivopozharnaya-mufta-baltika-pm-250-s-zamkom" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/protivopozharnaya-mufta-baltika-pm-16-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/protivopozharnaya-mufta-baltika-pm-20-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/protivopozharnaya-mufta-baltika-pm-25-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/protivopozharnaya-mufta-baltika-pm-32-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/protivopozharnaya-mufta-baltika-pm-40-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/protivopozharnaya-mufta-baltika-pm-50-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/protivopozharnaya-mufta-baltika-pm-65-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/protivopozharnaya-mufta-baltika-pm-80-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/protivopozharnaya-mufta-baltika-pm-90-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/protivopozharnaya-mufta-baltika-pm-110-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/protivopozharnaya-mufta-baltika-dlya-krovelnykh-voronok-i-trapov" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/protivopozharnaya-mufta-baltika-hl840-dlya-trapov-serii-hl310n" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/protivopozharnaya-mufta-baltika-hl-850-dlya-trapov-serii-hl317-i-krovelnykh" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/protivopozharnaya-mufta-baltika-hl-860-dlya-trapov-serii-hl606616" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/protivopozharnaya-mufta-baltika-hl830-dlya-trapov-serii-hl511n" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/protivopozharnaya-lenta/lenta-protivopozharnaya-termorasshiryayushchayasya-baltika-lpt-10kh10mm" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/protivopozharnaya-lenta/lenta-protivopozharnaya-termoaktivnaya-baltika-lpt-10kh15mm" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/protivopozharnaya-lenta/lenta-protivopozharnaya-termoaktivnaya-baltika-lpt-10kh20mm" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/protivopozharnaya-lenta/lenta-protivopozharnaya-termoaktivnaya-baltika-lpt-15kh15mm" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/protivopozharnaya-lenta/lenta-protivopozharnaya-termoaktivnaya-baltika-lpt-15kh10mm" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/protivopozharnaya-lenta/lenta-protivopozharnaya-termoaktivnaya-baltika-lpt-15kh20mm" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/protivopozharnaya-lenta/lenta-protivopozharnaya-termoaktivnaya-baltika-lpt-20kh10mm" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/protivopozharnaya-lenta/lenta-protivopozharnaya-termoaktivnaya-baltika-lpt-20kh15mm" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/protivopozharnaya-lenta/lenta-protivopozharnaya-termorasshiryayushchayasya-baltika-lpt-20kh20mm" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/protivopozharnaya-lenta/lenta-protivopozharnaya-termorasshiryayushchayasya-baltika-lpt-20kh40mm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dveri-protivopozharnye-odnopolnye/dp-1-ei-60-1000kh2100" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dveri-protivopozharnye-odnopolnye/dp-1-ei-60-1100kh2100" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dveri-protivopozharnye-odnopolnye/dp-1-ei-60-1000kh2000" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/protivopozharnye-dveri/dveri-protivopozharnye-odnopolnye/dp-1-ei-60-900kh2100" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dveri-protivopozharnye-odnopolnye/dp-1-ei-60-900kh2000" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dveri-protivopozharnye-odnopolnye/dp-1-ei-60-900kh1900" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dveri-protivopozharnye-odnopolnye/dp-1-ei-60-800kh2100" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/protivopozharnye-dveri/dveri-protivopozharnye-odnopolnye/dp-1-ei-60-800kh2000" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dveri-protivopozharnye-dvupolnye/dp-2-ei-60-1200kh2100-rabstvorka-ot-800-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dveri-protivopozharnye-dvupolnye/dp-2-ei-60-1300kh2100-rabstvorka-ot-800-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/lyuki-tekhnicheskie/lyuk-tekhnicheskii" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/lyuki-protivopozharnye/lyuk-protivopozharnyi-ei-60" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dveri-tekhnicheskie-odnopolnye/dt-1-1100kh2200" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dveri-tekhnicheskie-odnopolnye/dt-1-1100kh2100" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dveri-tekhnicheskie-odnopolnye/dt-1-1000kh2100" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dveri-tekhnicheskie-odnopolnye/dt-1-1000kh2000" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dveri-tekhnicheskie-odnopolnye/dt-1-900kh2100" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dveri-tekhnicheskie-odnopolnye/dt-1-900kh2000" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dveri-tekhnicheskie-odnopolnye/dt-1-800kh2100" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dveri-tekhnicheskie-odnopolnye/dt-1-800kh2000" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dveri-tekhnicheskie-dvupolnye/dt-2-1500kh2100-ravnopolnaya" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dveri-tekhnicheskie-dvupolnye/dt-2-1400kh2100-rabstvorka-900-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/protivopozharnye-dveri/dveri-tekhnicheskie-dvupolnye/dt-2-1300kh2100-rabstvorka-900-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dveri-tekhnicheskie-dvupolnye/dt-2-1200kh2100-rabstvorka-900-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dveri-protivopozharnye-dvupolnye/dp-2-ei-60-1400kh2100-rabstvorka-ot-800-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dveri-protivopozharnye-dvupolnye/dp-2-ei-60-1500kh2100-rabstvorka-ot-800-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/prochee/pena-montazhnaya-ognestoikaya-sertifikat-pb" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/prochee/dovodchik-dvernoi" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/protivopozharnye-dveri/komplektatsiya-k-pozharnym-dveryam/dovodchik-dvernoi-dorma" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/protivopozharnye-vorota/raspashnye-protivopozharnye-vorota" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/protivopozharnye-vorota/otkatnye-protivopozharnye-vorota" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/yanmar-ydp-20-e" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/yanmar-ydp-30-e" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/champion-gp-50" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/honda-seh-50x-scr-50-hx" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/koshin-k-180-sev-80kh" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/koshin-k-180-sev-50x" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/koshin-sem-25l" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/honda-seh-80kh-scr-80-hx" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/champion-gp-100-e" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/champion-fp-200" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/champion-gp-40-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/vepr-mp-1000-dy" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/vepr-mp-800-dy" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy-i-shlamovye-nasosy/motopompy-dlya-chistoi-vody/vepr-mp-500-dy" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/honda-wv-30kht-drx" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/honda-wv-20kht-drx" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/champion-gp-80" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/honda-seh-100kh-scr-100-hx" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/champion-fpp-10-b" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/champion-fp-300" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/yanmar-ydp-40-ste-e" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/honda-sth-50-x" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/yanmar-ydp-40-stn" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/yanmar-ydp-30-ste" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/yanmar-ydp-40-e" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/sst-50-hx" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/sst-80-hx" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/honda-sth-80-x" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/yanmar-ydp-20-ste" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/honda-swt-100-hx" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/yanmar-ydp-40-tn-e" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/honda-kth-100-x" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/yanmar-ydp-40-tn" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/yanmar-ydp-20-tn" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/honda-wt-20kh" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/yanmar-ydp-30-tn" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/honda-wt-30kh" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/champion-gtp-80" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/swt-50-hx-daishin" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/honda-kth-50-x-koshin" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/swt-80-hx-daishin" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/honda-kth-80-x-koshin" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy-i-shlamovye-nasosy/motopompy-dlya-gryaznoi-vody/honda-wt-40kh" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/honda-serh-50" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/honda-wh-20-x" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/champion-gnp-40-2" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/daishin-sch-5050hx" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/honda-serm-50v" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy/koshin-sem-50v" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pogruzhnye-shlamovye-nasosy/pshn-2000" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pogruzhnye-shlamovye-nasosy/pshn-5000" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pogruzhnye-shlamovye-nasosy/pshn-3500" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/motopompy-i-shlamovye-nasosy/pogruzhnye-shlamovye-nasosy/pshn-2500" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/setki-vsasyvayushchie/setka-vsasyvayushchaya-sv-100-alyuminii" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/setki-vsasyvayushchie/setka-vsasyvayushchaya-sv-80-alyuminii" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/setki-vsasyvayushchie/setka-vsasyvayushchaya-sv-80-stal" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/vodopennoe-oborudovanie/setki-vsasyvayushchie/setka-sv-50-alyuminii" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/setki-vsasyvayushchie/setka-vsasyvayushchaya-sv-50-stal" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/vodopennoe-oborudovanie/setki-vsasyvayushchie/setka-sv-25-bronza" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/vodopennoe-oborudovanie/setki-vsasyvayushchie/setka-sv-125-alyuminii" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/vodopennoe-oborudovanie/setki-vsasyvayushchie/setka-sv-150-alyuminii" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/setki-vsasyvayushchie/setka-vsasyvayushchaya-sv-100-stal" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/setki-vsasyvayushchie/setka-vsasyvayushchaya-sv-125-stal" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharnaya-armatura/setki-vsasyvayushchie/setka-vsasyvayushchaya-sv-150-stal" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/vodopennoe-oborudovanie/penosmesiteli/penosmesitel-ps-1" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/vodopennoe-oborudovanie/penosmesiteli/penosmesitel-ps-2" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/vodopennoe-oborudovanie/vodosborniki-rukavnye/vodosbornik-rukavnyi-vs-70" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/vodopennoe-oborudovanie/vodosborniki-rukavnye/vodosbornik-rukavnyi-vs-125" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/vodopennoe-oborudovanie/vodosborniki-rukavnye/vodosbornik-rukavnyi-vs-150" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/vodopennoe-oborudovanie/vodosborniki-rukavnye/vodosbornik-rukavnyi-vs-200" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/vodopennoe-oborudovanie/penogeneratory-srednei-kratnosti/generator-peny-gps-200" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/vodopennoe-oborudovanie/penogeneratory-srednei-kratnosti/generator-peny-gps-600" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/vodopennoe-oborudovanie/penogeneratory-srednei-kratnosti/generator-peny-gps-2000" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/vodopennoe-oborudovanie/penogeneratory-srednei-kratnosti/generator-peny-gpss-600-statsionarnyi" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/vodopennoe-oborudovanie/penogeneratory-srednei-kratnosti/generator-peny-gpss-2000-statsionarnyi" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/vodopennoe-oborudovanie/penogeneratory-srednei-kratnosti/generator-peny-srednei-kratnosti" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/nerzhaveyuschaya-stal/penogeneratory-srednei-kratnosti/generator-peny-srednei-kratnosti-gps-200" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/nerzhaveyuschaya-stal/penogeneratory-srednei-kratnosti/generator-peny-srednei-kratnosti-gps-600" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/nerzhaveyuschaya-stal/penogeneratory-srednei-kratnosti/generator-peny-srednei-kratnosti-gps-2000" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/vodopennoe-oborudovanie/razvetvleniya-rukavnye/razvetvlenie-rt-80" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/vodopennoe-oborudovanie/razvetvleniya-rukavnye/razvetvlenie-rt-70" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/vodopennoe-oborudovanie/razvetvleniya-rukavnye/razvetvlenie-dvukhkhodovoe-rd-25-baltika" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/vodopennoe-oborudovanie/razvetvleniya-rukavnye/razvetvlenie-dvukhkhodovoe-rd-805025-baltika" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/vodopennoe-oborudovanie/razvetvleniya-rukavnye/razvetvlenie-chetyrekhkhodovoe-rch-150" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/vodopennoe-oborudovanie/razvetvleniya-rukavnye/perekryvnaya-vstavka-rukavnaya-pvr-150-baltika" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/vodopennoe-oborudovanie/razvetvleniya-rukavnye/razvetvlenie-dvukhkhodovoe-rd-8050-baltika" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositeli/orositeli-sprinklernye/orositel-sprinklernyi-vodyanoi-spetsialnyi-universalnyi-svu" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositel-sprinklernyi-vodyanoi-obshchego-naznacheniya-svv-i-svn" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositel-sprinklernyi-bystrodeistvuyushchii-povyshennoi-proizvoditelnosti-sobr" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositel-sprinklernyi-tonkoraspylennoi-vody-briz" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositel-sprinklernyi-vodyanoi-i-pennyi-ssu-i-ssp" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositel-sprinklernyi-vodyanoi-gorizontalnyi-svg" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositel-sprinklernyi-vodyanoi-i-pennyi-gorizontalnyi-svg-15" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositel-sprinklernyi-skrytyi-bez-komplekta-dlya-skrytogo-montazha" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositel-sprinklernyi-stellazhnyi-ssn" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositeli/orositeli-sprinklernye/orositel-sprinklernyi-vodyanoi-i-pennyi-spetsialnyi-universalnyi" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositeli/orositeli-sprinklernye/raspylitel-sprinklernyi-spetsialnyi-rs" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositeli/orositeli-sprinklernye/orositel-sprinklernyi-vodyanoi-i-pennyi-spetsialnyi-suv-k200-i-sun" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositeli/ekrany-dlya-sprinklerov/zashchitnye-reshetki-dlya-orositelei/zashchitnaya-reshetka-dlya" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositeli/ekrany-dlya-sprinklerov/zashchitnye-reshetki-dlya-orositelei/upor-dlya-montazha-skrytykh" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositeli/ekrany-dlya-sprinklerov/pozharnye-ekrany-dlya-sprinklerov-kvadratnye/pozharnyi-ekran-dlya" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositeli/ekrany-dlya-sprinklerov/pozharnye-ekrany-dlya-sprinklerov-kvadratnye/pozharnyi-ekran-0" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositeli/ekrany-dlya-sprinklerov/pozharnye-ekrany-dlya-sprinklerov-kvadratnye/pozharnyi-ekran-1" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositeli/ekrany-dlya-sprinklerov/pozharnye-ekrany-dlya-sprinklerov-kvadratnye-kreplenie-na-0" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositeli/ekrany-dlya-sprinklerov/pozharnye-ekrany-dlya-sprinklerov-kvadratnye-kreplenie-na-1" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositeli/ekrany-dlya-sprinklerov/pozharnye-ekrany-dlya-sprinklerov-kvadratnye-kreplenie-na-2" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositeli/ekrany-dlya-sprinklerov/pozharnye-ekrany-dlya-sprinklerov-s-krepleniem-na-trubu/pozharnyi" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositeli/ekrany-dlya-sprinklerov/pozharnye-ekrany-dlya-sprinklerov-kreplenie-na-trubu/pozharnyi" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositeli/ekrany-dlya-sprinklerov/pozharnye-ekrany-dlya-sprinklerov-kreplenie-na-trubu/pozharnyi-0" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositeli/ekrany-dlya-sprinklerov/pozharnye-ekrany-dlya-sprinklerov-zontichnogo-tipa/pozharnyi-ekran" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositeli/ekrany-dlya-sprinklerov/pozharnye-ekrany-dlya-sprinklerov-zontichnogo-tipa/pozharnyi-0" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositeli/ekrany-dlya-sprinklerov/pozharnye-ekrany-dlya-sprinklerov-zontichnogo-tipa/pozharnyi-1" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositeli/ekrany-dlya-sprinklerov/pozharnye-ekrany-dlya-sprinklerov-kvadratnye-zontichnogo-tipa-0" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositeli/ekrany-dlya-sprinklerov/pozharnye-ekrany-dlya-sprinklerov-kvadratnye-zontichnogo-tipa-1" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositeli/ekrany-dlya-sprinklerov/pozharnye-ekrany-dlya-sprinklerov-kvadratnye-zontichnogo-tipa-2" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositeli/ekrany-dlya-sprinklerov/pozharnye-ekrany-dlya-sprinklerov-kvadratnye-razbornye/pozharnyi" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositeli/ekrany-dlya-sprinklerov/pozharnye-ekrany-dlya-sprinklerov-kvadratnye-razbornye/pozharnyi-0" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositeli/ekrany-dlya-sprinklerov/pozharnye-ekrany-dlya-sprinklerov-kvadratnye-razbornye/pozharnyi-1" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositeli/ekrany-dlya-sprinklerov/pozharnye-ekrany-dlya-sprinklerov-kruglye/ekran-300x300" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositeli/ekrany-dlya-sprinklerov/pozharnye-ekrany-dlya-sprinklerov-kruglye/pozharnyi-ekran-dlya" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositeli/ekrany-dlya-sprinklerov/pozharnye-ekrany-dlya-sprinklerov-kruglye/pozharnyi-ekran-dlya-0" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositeli/ekrany-dlya-sprinklerov/pozharnye-ekrany-dlya-sprinklerov-kruglye-kreplenie-na-orositel-0" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositeli/ekrany-dlya-sprinklerov/pozharnye-ekrany-dlya-sprinklerov-kruglye-kreplenie-na-orositel-1" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositeli/ekrany-dlya-sprinklerov/pozharnye-ekrany-dlya-sprinklerov-kruglye-kreplenie-na-orositel-2" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositeli/ekrany-dlya-sprinklerov/pozharnye-ekrany-dlya-sprinklerov-kruglye-razbornye/pozharnyi" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositeli/ekrany-dlya-sprinklerov/pozharnye-ekrany-dlya-sprinklerov-kruglye-razbornye/pozharnyi-0" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositeli/ekrany-dlya-sprinklerov/pozharnye-ekrany-dlya-sprinklerov-kruglye-razbornye/pozharnyi-1" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositel-drenchernyi-vodyanoi-spetsialnyi-universalnyi-dvu" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositel-drenchernyi-vodyanoi-obshchego-naznacheniya-dvv-i-dvn" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositel-drenchernyi-povyshennoi-proizvoditelnosti-sobr" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositel-drenchernyi-tonkoraspylennoi-vody-briz" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositeli/orositeli-drenchernye/orositel-drenchernyi-vodyanoi-i-pennyi-su-i-sp" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositel-drenchernyi-vodyanoi-gorizontalnyi-dvg" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositel-drenchernyi-vodyanoi-i-pennyi-gorizontalnyi-dvg-15" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/raspylitel-drenchernyi-vysokogo-davleniya-tipa-rvd" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositeli/orositeli-drenchernye/raspylitel-tsentrobezhnyi-rts-180" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositel-tsentrobezhnyi-tipa-ots" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositel-evolventnyi-oe" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositel-drenchernyi-dlya-vodyanykh-zaves-zvn-8-zvn-15" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositel-drenchernyi-spetsialnyi-zvn-3-zvn-5" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/orositeli/orositeli-drenchernye/orositel-drenchernyi-vodyanoi-i-pennyi-spetsialnyi-universalnyi-duu" TargetMode="External"/></Relationships>
 </file>
@@ -12665,79 +12764,79 @@
 <file path=xl/worksheets/_rels/sheet22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/polka-dlya-sizod" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-gdzk-u/konteiner-gdzk-2" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-gdzk-u/konteiner-gdzk-3" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-gdzk-u/konteiner-gdzk-5" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-gdzk-u/konteiner-gdzk-10" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-gdzk-u/konteiner-gdzk-15" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-gdzk-u/konteiner-gdzk-32" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/polka-dlya-sizod" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-spi-20/konteiner-spi-1" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-spi-20/konteiner-spi-2" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-spi-20/konteiner-spi-3" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-spi-20/konteiner-spi-5" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-spi-20/konteiner-spi-10" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-spi-20/konteiner-spi-14" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-spi-20/konteiner-spi-32" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/polka-dlya-sizod" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-feniks/konteiner-feniks-1" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-feniks/konteiner-feniks-2" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-feniks/konteiner-feniks-3" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-feniks/konteiner-feniks-5" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-feniks/konteiner-feniks-10" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-feniks/konteiner-feniks-20" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-feniks/konteiner-feniks-30" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/polka-dlya-sizod" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-shans/konteiner-shans-e-1" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-shans/konteiner-shans-e-2" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-shans/konteiner-shans-e-3" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-shans/konteiner-shans-e-4" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-shans/konteiner-shans-e-5" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-shans/konteiner-shans-e-6" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-shans/konteiner-shans-e-10" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-shans/konteiner-shans-e-14" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-shans/konteiner-shans-e-32" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-shans/konteiner-shans-e-8" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-shans/konteiner-shans-2n-2" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-shans/konteiner-shans-2n-3" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-shans/konteiner-shans-2n-5" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-shans/konteiner-shans-2n-8" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-shans/konteiner-shans-2n-10" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/polka-dlya-sizod" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/shkaf-dlya-protivogazov-shm-pr-8" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/shkaf-dlya-protivogazov-shm-pr-12" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/shkaf-dlya-protivogazov-shm-pr-18" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/shkaf-dlya-protivogazov-shm-pr-16" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/shkaf-dlya-protivogazov-shm-pr-20" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/shkaf-dlya-protivogazov-shm-pr-24" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/shkafy-dlya-protivogazov-shm-pr/shkaf-dlya" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/respiratory/respirator-alina-200-avk" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/respiratory/respirator-alina-200-avk-trenirovochnyi" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/respiratory/respirator-alina-so" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/respiratory/respirator-alina-g" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/respiratory/respirator-r-2u" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/respiratory/respirator-r-2" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/respiratory/respirator-shans" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/grazhdanskii-protivogaz-gp-7" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/grazhdanskii-protivogaz-gp-7vmt" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/grazhdanskii-protivogaz-gp-8v" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/grazhdanskii-protivogaz-gp-7b-universal" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/grazhdanskii-protivogaz-gp-7bv-universal" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/grazhdanskii-protivogaz-gp-9" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/patron-dopolnitelnyi-k-grazhdanskim-protivogazam-dpg-3" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogaz-filtruyushchii-brizr-3306-marki-a1b1e1k1sxhgp3-r-d-s-maskoi-briz-4303" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogaz-filtruyushchii-brizr-3306-marki-a1b1e1k1sxhgp3-r-d-s-maskoi-litsevoi" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogaz-filtruyushchii-brizr-3306-marki-a1b1e1k1sxhgp3-r-d-s-maskoi-brizr-4301m" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogaz-filtruyushchii-brizr-3306-marki-a1b1e1k1sxhgp3-r-d-s-maskoi-brizr-4301" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-grazhdanskie/protivogaz-filtruyushchii-briz-3306-marki-a1b1e1k1sxhgp3" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogaz-filtruyushchii-briz-d-marki-a1b1e1k1sxhgp3-r-d-s-maskoi-briz-4305" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-grazhdanskie/protivogaz-filtruyushchii-briz-sh-marki-a1b1e1k1sxhgp3-r" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-promyshlennye/protivogaz-filtruyushchii-briz-3301ppf-s-litsevoi" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-promyshlennye/protivogaz-filtruyushchii-briz-3301ppf-s-litsevoi-0" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-promyshlennye/protivogaz-filtruyushchii-briz-3301-ppf-marki-k1-s" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-promyshlennye/protivogaz-filtruyushchii-briz-3301-ppf-marki-k1-s-0" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-promyshlennye/protivogaz-filtruyushchii-briz-3301ppf-marki-a1b1e1-s" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-promyshlennye/protivogaz-filtruyushchii-briz-3301-ppf-marki-a1b1e1-s" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-promyshlennye/protivogaz-filtruyushchii-briz-3301ppf-marki-a1b1e1k1-s" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-promyshlennye/protivogaz-filtruyushchii-briz-3301-ppf-marki-a1b1e1k1-s" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-promyshlennye/protivogaz-filtruyushchii-briz-3301ppf-marki-a2-s" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-promyshlennye/protivogaz-filtruyushchii-briz-3301-ppf-marki-a2-s" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-promyshlennye/protivogaz-filtruyushchii-briz-3301-ppf-marki-k2-s" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-promyshlennye/protivogaz-filtruyushchii-briz-3301-ppf-marki-k2-s-0" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-promyshlennye/protivogaz-filtruyushchii-briz-3301ppf-marki-a2b2e2-s" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-promyshlennye/protivogaz-filtruyushchii-briz-3301-ppf-marki-a2b2e2-s" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-promyshlennye/protivogaz-filtruyushchii-briz-3301ppf-marki-a2b2e2k2-s" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-promyshlennye/protivogaz-filtruyushchii-briz-3301-ppf-marki-a2b2e2k2-s" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-promyshlennye/protivogaz-filtruyushchii-briz-3301ppf-marki-a1p1-r-d-s" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-promyshlennye/protivogaz-filtruyushchii-briz-3301-ppf-marki-a1p1-r-d-s" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-promyshlennye/protivogaz-filtruyushchii-briz-3301ppf-marki-k1p1-r-d-s" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-promyshlennye/protivogaz-filtruyushchii-briz-3301-ppf-marki-k1p1-r-d-s" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-promyshlennye/protivogaz-filtruyushchii-briz-3301ppf-marki-a1b1e1p1-r" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-promyshlennye/protivogaz-filtruyushchii-briz-3301-ppf-marki-a1b1e1p1-r" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-promyshlennye/protivogaz-filtruyushchii-briz-3301ppf-marki-a1b1e1k1p1" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-promyshlennye/protivogaz-filtruyushchii-briz-3301-ppf-marki-a1b1e1k1p1" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-promyshlennye/protivogaz-filtruyushchii-briz-3301ppf-marki-a2p3-r-d-s" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-promyshlennye/protivogaz-filtruyushchii-briz-3301-ppf-marki-a2p3-r-d-s" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-promyshlennye/protivogaz-filtruyushchii-briz-3301ppf-marki-k2p3-r-d-s" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-promyshlennye/protivogaz-filtruyushchii-briz-3301-ppf-marki-k2p3-r-d-s" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-promyshlennye/protivogaz-filtruyushchii-briz-3301ppf-marki-a2b2e2p3-r" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-promyshlennye/protivogaz-filtruyushchii-briz-3301-ppf-marki-a2b2e2p3-r" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-promyshlennye/protivogaz-filtruyushchii-briz-3301ppf-marki" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-promyshlennye/protivogaz-filtruyushchii-briz-3301-ppf-marki" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-promyshlennye/protivogaz-filtruyushchii-briz-3301ppf-marki-k3p3-r-d-s" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-promyshlennye/protivogaz-filtruyushchii-briz-3301-ppf-marki-k3p3-r-d-s" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-promyshlennye/protivogaz-filtruyushchii-briz-3301ppf-marki-a3axp3-r-d" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-promyshlennye/protivogaz-filtruyushchii-briz-3301-ppf-marki-a3axp3-r-d" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-promyshlennye/protivogaz-filtruyushchii-briz-3301ppf-marki-a3b3e2k2p3" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-promyshlennye/protivogaz-filtruyushchii-briz-3301-ppf-marki-a3b3e2k2p3" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-promyshlennye/protivogaz-filtruyushchii-briz-3301ppf-marki-a3b3e3axp3" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-promyshlennye/protivogaz-filtruyushchii-briz-3301-ppf-marki-a3b3e3axp3" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-shlangovye/protivogaz-shlangovyi-psh-20rv" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-shlangovye/protivogaz-shlangovyi-psh-20erv" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-shlangovye/protivogaz-shlangovyi-psh-40rv" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-shlangovye/protivogaz-shlangovyi-psh-40erv" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/protivogazy-shlangovye/protivogaz-shlangovyi-psh-20erv-2" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/filtry-dlya-protivogazov/filtr-protivogazovyi-serii-briz-2001-a1" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/filtry-dlya-protivogazov/filtr-protivogazovyi-serii-briz-2001-k1" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/filtry-dlya-protivogazov/filtr-protivogazovyi-serii-briz-2001-a1b1e1" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/filtry-dlya-protivogazov/filtr-protivogazovyi-serii-briz-2001-a1b1e1k1" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/filtry-dlya-protivogazov/filtr-protivogazovyi-serii-briz-2001-a2" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/filtry-dlya-protivogazov/filtr-protivogazovyi-serii-briz-2001-k2" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/filtry-dlya-protivogazov/filtr-protivogazovyi-serii-briz-2001-a2b2e2" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/filtry-dlya-protivogazov/filtr-protivogazovyi-serii-briz-2001-a2b2e2k2" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/filtry-dlya-protivogazov/filtr-kombinirovannyi-serii-briz-3001-a1p1-r-d" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/filtry-dlya-protivogazov/filtr-kombinirovannyi-serii-briz-3001-k1p1-r-d" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/filtry-dlya-protivogazov/filtr-kombinirovannyi-serii-briz-3001-a1b1e1p1-r-d" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/filtry-dlya-protivogazov/filtr-kombinirovannyi-serii-briz-3001-a1b1e1k1p1-r-d" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/filtry-dlya-protivogazov/filtr-kombinirovannyi-serii-briz-3001-a2p3-r-d" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/filtry-dlya-protivogazov/filtr-kombinirovannyi-serii-briz-3001-k2p3-r-d" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/filtry-dlya-protivogazov/filtr-kombinirovannyi-serii-briz-3001-a2b2e2p3-r-d" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/filtry-dlya-protivogazov/filtr-kombinirovannyi-serii-briz-3001-a2b2e2k2hgp3-r-d" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/filtry-dlya-protivogazov/filtr-kombinirovannyi-serii-briz-3001-k3p3-r-d" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/filtry-dlya-protivogazov/filtr-kombinirovannyi-serii-briz-3001-a3axp3-r-d" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/filtry-dlya-protivogazov/filtr-kombinirovannyi-serii-briz-3001-a3b3e2k2p3-r-d" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/protivogazy/filtry-dlya-protivogazov/filtr-kombinirovannyi-serii-briz-3001-a3b3e3axp3-r-d" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/samospasateli/samospasatel-promyshlennyi-izoliruyushchii-spi-50" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/samospasateli/samospasatel-izoliruyushchii-protivopozharnyi-sip-1-m" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/samospasateli/samospasatel-shans-e-s-polumaskoi" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/samospasateli/samospasatel-promyshlennyi-izoliruyushchii-spi-20" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/samospasateli/samospasatel-shans-e-s-chetvertmaskoi" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/samospasateli/samospasatel-shans-e-s-filtrami-fse-s-usilennaya-model" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/samospasateli/gazodymozashchitnyi-respirator-shans-gdzr-shans" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/samospasateli/gazodymozashchitnyi-komplekt-gdzk-u" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/samospasateli/kapyushon-zashchitnyi-feniks" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/samospasateli/protivogaz-samospasatel-feniks-2" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/samospasateli/samospasatel-izoliruyushchii-protivopozharnyi-sip-3" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/samospasateli/samospasatel-promyshlennyi-izoliruyushchii-spi-20m" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/samospasateli/samospasatel-promyshlennyi-izoliruyushchii-spi-25m" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/samospasateli/samospasatel-malogabaritnyi-universalnyi-filtruyushchii-brizr-3401gdzk-v-korobe" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/samospasateli/samospasatel-malogabaritnyi-universalnyi-filtruyushchii-brizr-3401gdzk-v-sumke" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/samospasateli/samospasatel-malogabaritnyi-universalnyi-filtruyushchii-brizr-3401gdzk-v" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/samospasateli/samospasatel-filtruyushchii-gdzk-garant-1" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/sizod/samospasateli/samospasatel-filtruyushchii-gdzk-garant-2m" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dielektricheskie-sredstva-zashchity/instrument-dielektricheskii/nozhnitsy-dielektricheskie-nd-1" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dielektricheskie-sredstva-zashchity/instrument-dielektricheskii/kusachki-bokovye-180-mm-do-1kv" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dielektricheskie-sredstva-zashchity/passatizhi-180mm-do-1kv" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dielektricheskie-sredstva-zashchity/shtanga-operativnaya-sho-1d-do-1-kv" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dielektricheskie-sredstva-zashchity/shtanga-operativnaya-sho-10-do-10kv" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dielektricheskie-sredstva-zashchity/kleshchi-izoliruyushchie-kvp-2-do-1kv" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dielektricheskie-sredstva-zashchity/ukazatel-napryazheniya-pin-90-2m-do-1000v" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dielektricheskie-sredstva-zashchity/pin-90e" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dielektricheskie-sredstva-zashchity/pin-90e-vl" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dielektricheskie-sredstva-zashchity/ukazatel-napryazheniya-unnu-1e" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dielektricheskie-sredstva-zashchity/ukazatel-napryazheniya-unnu-1e-vl" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dielektricheskie-sredstva-zashchity/ukazatel-napryazheniya-unnu-1e-f" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dielektricheskie-sredstva-zashchity/unnu-1e-f-vl" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dielektricheskie-sredstva-zashchity/ukazatel-napryazheniya-unnzp-12-380" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dielektricheskie-sredstva-zashchity/ukazatel-napryazheniya-unnzp-12-380-vl" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dielektricheskie-sredstva-zashchity/ukazatel-napryazheniya-unnzp-12-660" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dielektricheskie-sredstva-zashchity/ukazatel-napryazheniya-unnzp-12-660-vl" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dielektricheskie-sredstva-zashchity/ukazatel-napryazheniya-unndp-e-12-380" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dielektricheskie-sredstva-zashchity/ukazatel-napryazheniya-unndp-e-12-380-vl" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dielektricheskie-sredstva-zashchity/ukazatel-napryazheniya-unndp-e-12-660" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dielektricheskie-sredstva-zashchity/kovriki-dielektricheskie/kovrik-dielektricheskii-500kh500-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dielektricheskie-sredstva-zashchity/kovriki-dielektricheskie/kovrik-dielektricheskii-750kh750-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dielektricheskie-sredstva-zashchity/kovriki-dielektricheskie/kovrik-dielektricheskii-1000kh2000-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dielektricheskie-sredstva-zashchity/kovrik-dielektricheskii-1000kh1000-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dielektricheskie-sredstva-zashchity/kovriki-dielektricheskie/izoliruyushchaya-podstavka" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dielektricheskie-sredstva-zashchity/obuv-dielektricheskaya/galoshi-dielektricheskie" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dielektricheskie-sredstva-zashchity/obuv-dielektricheskaya/boty-dielektricheskie" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dielektricheskie-sredstva-zashchity/obuv-dielektricheskaya/sapogi-zashchitnye-dielektricheskie" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dielektricheskie-sredstva-zashchity/perchatki-dielektricheskie/perchatki-dielektricheskie-shovnye" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/dielektricheskie-sredstva-zashchity/perchatki-dielektricheskie/perchatki-dielektricheskie-lateksnye" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/avariino-spasatelnoe-oborudovanie/lestnitsy-pozharnye/lestnitsa-palka" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/avariino-spasatelnoe-oborudovanie/lestnitsy-pozharnye/lestnitsa-shturmovaya-lsh" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/avariino-spasatelnoe-oborudovanie/lestnitsy-pozharnye/lestnitsa-vydvizhnaya-trekhkolennaya" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ustroistva-kanatno-spusknye-pozharnye-avtomaticheskie/uksp-ys-e-16-koreya-ot-9-m" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ustroistva-kanatno-spusknye-pozharnye-avtomaticheskie/verevka-k-uksp-ys-e-16-3-metra-pog" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ukspa-life-line" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/spasatelnye-sistemy-slip-evakuator/model-kacheli-mini-komplekt-bez-verevki" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/spasatelnye-sistemy-slip-evakuator/verevka-k-kacheli-mini-1-metr-pog" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/spasatelnye-sistemy-slip-evakuator/model-kompakt-ispolnenie-ofis-komplekt-bez-verevki" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/spasatelnye-sistemy-slip-evakuator/model-standart-ispolnenie-ofis" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/spasatelnye-sistemy-slip-evakuator/verevka-k-kompakt-ofis-1-metr-pog" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/spasatelnye-sistemy-slip-evakuator/verevka-k-standart-ofis-1-metr-pog" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/spasatelnye-sistemy-slip-evakuator/verevka-k-standart-ofis-k-1-metr-pog" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/avariino-spasatelnoe-oborudovanie/spasatelnye-sistemy-slip-evakuator/model-kompakt-komplekt-bez" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/avariino-spasatelnoe-oborudovanie/spasatelnye-sistemy-slip-evakuator/model-kacheli-ispolnenie-profi" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/avariino-spasatelnoe-oborudovanie/spasatelnye-sistemy-slip-evakuator/verevka-k-kacheli-ispolnenie" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/verevka-pozharnaya-spasatelnaya-vps-30-vps-50/verevka-vps-50-m" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/verevka-pozharnaya-spasatelnaya-vps-30-vps-50/verevka-vps-30-m" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/lestnitsy-navesnye-spasatelnye-verevochnye/lestnitsa-sss-6" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/lestnitsy-navesnye-spasatelnye-verevochnye/lestnitsa-sss-10" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/lestnitsy-navesnye-spasatelnye-verevochnye/lestnitsa-sss-12" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/lestnitsy-navesnye-spasatelnye-kombinirovannye/lestnitsa-sssk-10" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/lestnitsy-navesnye-spasatelnye-kombinirovannye/lestnitsa-sssk-12" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/lestnitsy-navesnye-spasatelnye-kombinirovannye/lestnitsa-sssk-6" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/lestnitsy-navesnye-spasatelnye-verevochnye/lestnitsa-sss-15" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/boevaya-odezhda-pozharnogo/shlem-kaska-pozharnogo/kaska-pozharnogo-kz-94" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/boevaya-odezhda-pozharnogo/shlem-kaska-pozharnogo/kaska-pozharnogo-kp-92" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/boevaya-odezhda-pozharnogo/shlem-kaska-pozharnogo/shlem-kaska-shkps" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/boevaya-odezhda-pozharnogo/shlem-kaska-pozharnogo/shlem-shpm-s" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/boevaya-odezhda-pozharnogo/bop-iii-urovnya-zashchity/boevaya-odezhda-pozharnogo-bop-3-tip-nachsostav" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/boevaya-odezhda-pozharnogo/bop-ii-urovnya-zashchity/bop-ii-urovnya-zashchity-brezent-tip-nachsostav" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/boevaya-odezhda-pozharnogo/bop-ii-urovnya-zashchity/bop-ii-urovnya-zashchity-brezent-tip-b" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/boevaya-odezhda-pozharnogo/bop-ii-urovnya-zashchity/szo-tv-tip-u-vid-mod-041" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/boevaya-odezhda-pozharnogo/bop-ii-urovnya-zashchity/szo-tv-tip-u-vid-b-mod-040" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/boevaya-odezhda-pozharnogo/bop-ii-urovnya-zashchity/szo-tv-tip-kh-vid-mod-043" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/boevaya-odezhda-pozharnogo/bop-ii-urovnya-zashchity/szo-tv-tip-kh-vid-b-mod-042" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/boevaya-odezhda-pozharnogo/bop-i-urovnya-zashchity/bop-i-urovnya-zashchity-piroviteks-tip-nachsostav" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/boevaya-odezhda-pozharnogo/bop-i-urovnya-zashchity/bop-i-urovnya-zashchity-piroviteks-tip-b" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/boevaya-odezhda-pozharnogo/bop-i-urovnya-zashchity/bop-i-urovnya-zashchity-tip-u-vid-vid-t-mod-016" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/boevaya-odezhda-pozharnogo/bop-i-urovnya-zashchity/bop-i-urovnya-zashchity-tip-u-vid-vid-t-mod-027" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/boevaya-odezhda-pozharnogo/bop-i-urovnya-zashchity/bop-i-urovnya-zashchity-tip-u-vid-b-vid-t-mod-018" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/boevaya-odezhda-pozharnogo/bop-i-urovnya-zashchity/bop-i-urovnya-zashchity-tip-u-vid-b-vid-t-mod-027" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/boevaya-odezhda-pozharnogo/bop-i-urovnya-zashchity/bop-i-urovnya-zashchity-tip-u-vid-vid-p-mod-119vk" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/boevaya-odezhda-pozharnogo/bop-i-urovnya-zashchity/bop-i-urovnya-zashchity-tip-u-vid-b-vid-p-mod" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/boevaya-odezhda-pozharnogo/tk-800/komplekt-teplozashchitnoi-odezhdy-tk-800-1-razmer" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/boevaya-odezhda-pozharnogo/tk-800/komplekt-teplozashchitnoi-odezhdy-tk-800-2-razmer" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/boevaya-odezhda-pozharnogo/tk-800/komplekt-teplozashchitnoi-odezhdy-tk-800-3-razmer" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/boevaya-odezhda-pozharnogo/tok-200/komplekt-teplootrazhayushchei-odezhdy-tok-200-tmt-alpha-maritex-1" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/boevaya-odezhda-pozharnogo-i-snaryazhenie/komplekty-teplootrazhayushchei-odezhdy-pozharnykh-tok-20-0" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/boevaya-odezhda-pozharnogo/tok-200/komplekt-teplootrazhayushchei-odezhdy-tok-200-tmt-alpha-maritex-3" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/boevaya-odezhda-pozharnogo/perchatki-trekhpalye-dlya-pozharnykh" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/boevaya-odezhda-pozharnogo/kragi-brezentovye-trekhpalye" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/boevaya-odezhda-pozharnogo/snaryazhenie-pozharnogo/kobura-mod-080-lenta-ognetermostoikaya" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/boevaya-odezhda-pozharnogo/snaryazhenie-pozharnogo/kobura-mod-082-yuft" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/boevaya-odezhda-pozharnogo/snaryazhenie-pozharnogo/kobura-mod-083-kozha-shs" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/boevaya-odezhda-pozharnogo/snaryazhenie-pozharnogo/kobura-mod-083n-brezent" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/boevaya-odezhda-pozharnogo/snaryazhenie-pozharnogo/kobura-mod-083s-brezent" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/boevaya-odezhda-pozharnogo/snaryazhenie-pozharnogo/poyas-pps-tip-vid-2-s-lyuversami" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/boevaya-odezhda-pozharnogo/snaryazhenie-pozharnogo/poyas-pps-tip-vid-1" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/boevaya-odezhda-pozharnogo/obuv-pozharnogo/sapogi-spetsialnye-pvkh" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/boevaya-odezhda-pozharnogo/obuv-pozharnogo/sapogi-spetsialnye-termostoikie-rezinovye-dlya-pozharnykh" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/boevaya-odezhda-pozharnogo/obuv-pozharnogo/sapogi-kozhanye" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharno-okhrannaya-signalizatsiya-i-opoveshchenie/opoveshchatel-zvukovoi-shchit-12a" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharno-okhrannaya-signalizatsiya-i-opoveshchenie/opoveshchatel-zvukovoi-ton-1s-12" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharno-okhrannaya-signalizatsiya-i-opoveshchenie/opoveshchatel-zvukovoi-ton-1s-24" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharno-okhrannaya-signalizatsiya-i-opoveshchenie/opoveshchatel-svetovoi-blik-s-12-new" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharno-okhrannaya-signalizatsiya-i-opoveshchenie/opoveshchatel-svetovoi-blik-s-24-new" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharno-okhrannaya-signalizatsiya-i-opoveshchenie/opoveshchatel-svetovoi-blik-s-12m" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharno-okhrannaya-signalizatsiya-i-opoveshchenie/opoveshchatel-svetovoi-blik-s-24m" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharno-okhrannaya-signalizatsiya-i-opoveshchenie/opoveshchatel-svetovoi-blik-3s-12" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharno-okhrannaya-signalizatsiya-i-opoveshchenie/opoveshchatel-svetovoi-blik-3s-24" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharno-okhrannaya-signalizatsiya-i-opoveshchenie/opoveshchatel-svetovoi-blik-rp" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/izveshchateli-pozharnye/kronshteiny-dlya-izveshchatelei/kronshtein-dlya-izveshchatelei-ki-1-baltika" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/izveshchateli-pozharnye/kronshteiny-dlya-izveshchatelei/kronshtein-dlya-izveshchatelei-ki-2-baltika" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/izveshchateli-pozharnye/kronshteiny-dlya-izveshchatelei/kronshtein-dlya-izveshchatelya-s-magnitom" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharno-okhrannaya-signalizatsiya-i-opoveshchenie/izveshchatel-dymovoi-avtonomnyi-ip-212-52si" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharno-okhrannaya-signalizatsiya-i-opoveshchenie/izveshchatel-dymovoi-avtonomnyi-ip-212-55s-new" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharno-okhrannaya-signalizatsiya-i-opoveshchenie/izveshchatel-ugarnogo-gaza-avtonomnyi-ip-435-01si" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharno-okhrannaya-signalizatsiya-i-opoveshchenie/izveshchatel-dymovoi-optiko-elektronnyi-ip-212" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharno-okhrannaya-signalizatsiya-i-opoveshchenie/izveshchatel-dymovoi-optiko-elektronnyi-ip-212-0" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharno-okhrannaya-signalizatsiya-i-opoveshchenie/izveshchatel-dymovoi-optiko-elektronnyi-ip-212-1" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharno-okhrannaya-signalizatsiya-i-opoveshchenie/izveshchateli-pozharnye/izveshchateli-pozharnye-9" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharno-okhrannaya-signalizatsiya-i-opoveshchenie/izveshchatel-dymovoi-optiko-elektronnyi-ip-212-2" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharno-okhrannaya-signalizatsiya-i-opoveshchenie/izveshchateli-pozharnye/izveshchateli-pozharny-11" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharno-okhrannaya-signalizatsiya-i-opoveshchenie/izveshchateli-pozharnye/izveshchateli-pozharny-12" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharno-okhrannaya-signalizatsiya-i-opoveshchenie/izveshchatel-ruchnoi-ipr-3su" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/pozharno-okhrannaya-signalizatsiya-i-opoveshchenie/izveshchatel-ruchnoi-ipr-3sum" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/rancevye-lesnye-ognetushiteli/ognetushitel-rantsevyi-lesnoi-rlo-m-ermak-18" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/rancevye-lesnye-ognetushiteli/ognetushitel-rantsevyi-lesnoi-rlo-m-ermak-15" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/lesopozharnoe-oborudovanie/torfyanoi-stvol-baltika-ts-1" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/lesopozharnoe-oborudovanie/torfyanoi-stvol-baltika-ts-2" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/lesopozharnoe-oborudovanie/grabli-lesopozharnye" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/lesopozharnoe-oborudovanie/khlopushka-pozharnaya" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/lesopozharnoe-oborudovanie/stvol-proboinik-baltika" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/prochie-izdeliya-baltika-01/dispensery-dlya-siz/dispenser-dlya-bakhil" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/prochie-izdeliya-baltika-01/dispensery-dlya-siz/dispenser-dlya-perchatok" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/prochie-izdeliya-baltika-01/dispensery-dlya-siz/dispenser-dlya-perchatok-dvukhsektsionnyi" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/prochie-izdeliya-baltika-01/dispensery-dlya-siz/dispenser-dlya-perchatok-trekhsektsionnyi" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/zashchita-stellazhei-i-kolonn/otboinik-dlya-zashchity-kolonn" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/zashchita-stellazhei-i-kolonn/zashchita-dlya-stellazha-uglovaya-zsu-1" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/zashchita-stellazhei-i-kolonn/zashchita-dlya-stellazha-uglovaya-zsu-2" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/zashchita-stellazhei-i-kolonn/zashchita-dlya-stellazha-frontalnaya-zsf-1" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/zashchita-stellazhei-i-kolonn/zashchita-dlya-stellazha-frontalnaya-zsf-2" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/zashchita-stellazhei-i-kolonn/otboinik-dlya-zashchity-kolonn-uglovoi-ozku-2" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/zashchita-stellazhei-i-kolonn/otboinik-dlya-zashchity-kolonn-uglovoi-ozku-3" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/zashchita-stellazhei-i-kolonn/otboinik-dlya-zashchity-kolonn-p-obraznyi-ozkp-1" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/zashchita-stellazhei-i-kolonn/otboinik-dlya-zashchity-kolonn-p-obraznyi-ozkp-2" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/zashchita-stellazhei-i-kolonn/otboinik-dlya-zashchity-kolonn-p-obraznyi-ozkp-3" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/zashchita-stellazhei-i-kolonn/otboinik-dlya-zashchity-kolonn-p-obraznyi-ozkp-4" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/zashchita-stellazhei-i-kolonn/otboinik-dlya-zashchity-kolonn-p-obraznyi-ozkp-5" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/zashchita-stellazhei-i-kolonn/otboinik-dlya-zashchity-kolonn-p-obraznyi-ozkp-6" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/zashchita-stellazhei-i-kolonn/otboinik-dlya-zashchity-kolonn-p-obraznyi-ozkp-7" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/zashchita-stellazhei-i-kolonn/otboinik-dlya-zashchity-kolonn-p-obraznyi-ozkp-8" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/zashchita-stellazhei-i-kolonn/otboinik-dlya-zashchity-kolonn-p-obraznyi-ozkp-9" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/zashchita-stellazhei-i-kolonn/zashchitnoe-ograzhdenie-dlya-pozharnogo-shkafa-zpsh-1" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/zashchita-stellazhei-i-kolonn/zashchitnoe-ograzhdenie-dlya-pozharnogo-shkafa-zpsh-2" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/zashchita-stellazhei-i-kolonn/zashchitnoe-ograzhdenie-dlya-pozharnogo-shkafa-zpsh-3" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/zashchita-stellazhei-i-kolonn/zashchitnoe-ograzhdenie-dlya-pozharnogo-shkafa-zpsh-4" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/konteinery-dlya-musora/konteiner-setchatyi-dlya-sbora-plastika" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/konteinery-dlya-musora/konteiner-dlya-musora" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/konteinery-dlya-musora/urna-pepelnitsa" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/prochaya-produktsiya/reshetka-ventilyatsionnaya" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/prochaya-produktsiya/stellazh-peredvizhnoi" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/prochaya-produktsiya/yashchik-iz-alyuminiya" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/shkafy-dlya-dymososov/shkaf-dlya-khraneniya-shdp-2" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/shkafy-dlya-dymososov/shkaf-dlya-khraneniya-shdp-3" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/shkafy-dlya-dymososov/shkaf-dlya-khraneniya-shdp-9" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/shkafy-dlya-dymososov/shkaf-dlya-khraneniya-shdp-15" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/shkafy-kollektornye/shrv/shkaf-kollektornyi-raspredelitelnyi-vstraivaemyi-shrv-1" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/shkafy-kollektornye/shrv/shkaf-kollektornyi-raspredelitelnyi-vstraivaemyi-shrv-2" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/shkafy-kollektornye/shrv/shkaf-kollektornyi-raspredelitelnyi-vstraivaemyi-shrv-3" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/shkafy-kollektornye/shrv/shkaf-kollektornyi-raspredelitelnyi-vstraivaemyi-shrv-4" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/shkafy-kollektornye/shkaf-kollektornyi-vstraivaemyi-shrv/shkaf-kollektornyi-3" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/shkafy-kollektornye/shkaf-kollektornyi-vstraivaemyi-shrv/shkaf-kollektornyi-2" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/shkafy-kollektornye/shkaf-kollektornyi-vstraivaemyi-shrv/shkaf-kollektornyi" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/shkafy-kollektornye/shrn/shkaf-kollektornyi-raspredelitelnyi-naruzhnyi-shrn-1" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/shkafy-kollektornye/shrn/shkaf-kollektornyi-raspredelitelnyi-naruzhnyi-shrn-2" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/shkafy-kollektornye/shrn/shkaf-kollektornyi-raspredelitelnyi-naruzhnyi-shrn-3" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/shkafy-kollektornye/shrn/shkaf-kollektornyi-raspredelitelnyi-naruzhnyi-shrn-4" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/shkafy-kollektornye/shrn/shkaf-kollektornyi-raspredelitelnyi-naruzhnyi-shrn-5" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/shkafy-kollektornye/shrn/shkaf-kollektornyi-raspredelitelnyi-naruzhnyi-shrn-6" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/shkafy-kollektornye/shrn/shkaf-kollektornyi-raspredelitelnyi-naruzhnyi-shrn-7" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-dlya-instrumentov-metallicheskie/yashchik-dlya-instrumenta-metallicheskii-0" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-dlya-instrumentov-metallicheskie/yashchik-dlya-instrumenta-metallicheskii" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-dlya-instrumentov-metallicheskie/otsinkovannyi-yashchik-380kh300kh120" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-dlya-instrumentov-metallicheskie/otsinkovannyi-yashchik-380kh300kh320" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-dlya-instrumentov-metallicheskie/otsinkovannyi-yashchik-420kh320kh140" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-dlya-instrumentov-metallicheskie/otsinkovannyi-yashchik-550kh350kh380" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-dlya-instrumentov-metallicheskie/otsinkovannyi-yashchik-550kh400kh150" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-dlya-instrumentov-metallicheskie/otsinkovannyi-yashchik-650kh400kh350" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-dlya-instrumentov-metallicheskie/otsinkovannyi-yashchik-650kh450kh200" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-dlya-instrumentov-metallicheskie/otsinkovannyi-yashchik-750kh400kh400" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-dlya-instrumentov-metallicheskie/otsinkovannyi-yashchik-750kh550kh400" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-dlya-instrumentov-metallicheskie/otsinkovannyi-yashchik-950kh450kh380" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-dlya-instrumentov-metallicheskie/otsinkovannyi-yashchik-1210kh450kh480" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-iz-nerzhaveyushchei-stali/yashchik-iz-nerzhaveyushchei-stali-380kh300kh120" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-iz-nerzhaveyushchei-stali/yashchik-iz-nerzhaveyushchei-stali-380kh300kh320" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-iz-nerzhaveyushchei-stali/yashchik-iz-nerzhaveyushchei-stali-420kh320kh140" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-iz-nerzhaveyushchei-stali/yashchik-iz-nerzhaveyushchei-stali-550kh350kh380" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-iz-nerzhaveyushchei-stali/yashchik-iz-nerzhaveyushchei-stali-550kh400kh150" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-iz-nerzhaveyushchei-stali/yashchik-iz-nerzhaveyushchei-stali-650kh400kh350" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-iz-nerzhaveyushchei-stali/yashchik-iz-nerzhaveyushchei-stali-650kh450kh200" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-iz-nerzhaveyushchei-stali/yashchik-iz-nerzhaveyushchei-stali-750kh400kh400" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-iz-nerzhaveyushchei-stali/yashchik-iz-nerzhaveyushchei-stali-750kh550kh400" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-iz-nerzhaveyushchei-stali/yashchik-iz-nerzhaveyushchei-stali-950kh450kh380" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-iz-nerzhaveyushchei-stali/yashchik-iz-nerzhaveyushchei-stali-1210kh450kh480" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/prochie-izdeliya-baltika-01/dispensery-dlya-siz/dispenser-dlya-bakhil" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/prochie-izdeliya-baltika-01/dispensery-dlya-siz/dispenser-dlya-perchatok" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/prochie-izdeliya-baltika-01/dispensery-dlya-siz/dispenser-dlya-perchatok-dvukhsektsionnyi" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/prochie-izdeliya-baltika-01/dispensery-dlya-siz/dispenser-dlya-perchatok-trekhsektsionnyi" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/prochie-izdeliya-baltika-01/dispensery-dlya-siz/dispenser-dlya-bakhil-i-paketov" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/dispensery-dlya-siz/nastennyi-derzhatel-dlya-perchatok" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/dispensery-dlya-siz/dispenser-dlya-masok-i-perchatok-dvukhsektsionnyi" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/zashchita-stellazhei-i-kolonn/otboinik-dlya-zashchity-kolonn" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/zashchita-stellazhei-i-kolonn/zashchita-dlya-stellazha-uglovaya-zsu-1" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/zashchita-stellazhei-i-kolonn/zashchita-dlya-stellazha-uglovaya-zsu-2" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/zashchita-stellazhei-i-kolonn/zashchita-dlya-stellazha-frontalnaya-zsf-1" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/zashchita-stellazhei-i-kolonn/zashchita-dlya-stellazha-frontalnaya-zsf-2" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/zashchita-stellazhei-i-kolonn/otboinik-dlya-zashchity-kolonn-uglovoi-ozku-2" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/zashchita-stellazhei-i-kolonn/otboinik-dlya-zashchity-kolonn-uglovoi-ozku-3" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/zashchita-stellazhei-i-kolonn/otboinik-dlya-zashchity-kolonn-p-obraznyi-ozkp-1" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/zashchita-stellazhei-i-kolonn/otboinik-dlya-zashchity-kolonn-p-obraznyi-ozkp-2" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/zashchita-stellazhei-i-kolonn/otboinik-dlya-zashchity-kolonn-p-obraznyi-ozkp-3" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/zashchita-stellazhei-i-kolonn/otboinik-dlya-zashchity-kolonn-p-obraznyi-ozkp-4" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/zashchita-stellazhei-i-kolonn/otboinik-dlya-zashchity-kolonn-p-obraznyi-ozkp-5" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/zashchita-stellazhei-i-kolonn/otboinik-dlya-zashchity-kolonn-p-obraznyi-ozkp-6" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/zashchita-stellazhei-i-kolonn/otboinik-dlya-zashchity-kolonn-p-obraznyi-ozkp-7" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/zashchita-stellazhei-i-kolonn/otboinik-dlya-zashchity-kolonn-p-obraznyi-ozkp-8" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/zashchita-stellazhei-i-kolonn/otboinik-dlya-zashchity-kolonn-p-obraznyi-ozkp-9" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/zashchita-stellazhei-i-kolonn/zashchitnoe-ograzhdenie-dlya-pozharnogo-shkafa-zpsh-1" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/zashchita-stellazhei-i-kolonn/zashchitnoe-ograzhdenie-dlya-pozharnogo-shkafa-zpsh-2" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/zashchita-stellazhei-i-kolonn/zashchitnoe-ograzhdenie-dlya-pozharnogo-shkafa-zpsh-3" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/zashchita-stellazhei-i-kolonn/zashchitnoe-ograzhdenie-dlya-pozharnogo-shkafa-zpsh-4" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/konteinery-dlya-musora/konteiner-setchatyi-dlya-sbora-plastika" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/konteinery-dlya-musora/konteiner-dlya-musora" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/konteinery-dlya-musora/urna-pepelnitsa" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/prochaya-produktsiya/reshetka-ventilyatsionnaya" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/prochaya-produktsiya/stellazh-peredvizhnoi" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/prochaya-produktsiya/yashchik-iz-alyuminiya" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/shkafy-dlya-gazovykh-ballonov/shkaf-dlya-gazovogo-ballona-27-l-baltika" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/shkafy-dlya-gazovykh-ballonov/shkaf-dlya-gazovogo-ballona-50-l-baltika" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/shkafy-dlya-gazovykh-ballonov/shkaf-dlya-dvukh-gazovykh-ballonov-27-l-baltika" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/shkafy-dlya-gazovykh-ballonov/shkaf-dlya-dvukh-gazovykh-ballonov-50-l-baltika" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/shkafy-dlya-dymososov/shkaf-dlya-khraneniya-shdp-2" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/shkafy-dlya-dymososov/shkaf-dlya-khraneniya-shdp-3" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/shkafy-dlya-dymososov/shkaf-dlya-khraneniya-shdp-9" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/shkafy-dlya-dymososov/shkaf-dlya-khraneniya-shdp-15" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/shkafy-kollektornye/shrv/shkaf-kollektornyi-raspredelitelnyi-vstraivaemyi-shrv-1" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/shkafy-kollektornye/shrv/shkaf-kollektornyi-raspredelitelnyi-vstraivaemyi-shrv-2" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/shkafy-kollektornye/shrv/shkaf-kollektornyi-raspredelitelnyi-vstraivaemyi-shrv-3" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/shkafy-kollektornye/shrv/shkaf-kollektornyi-raspredelitelnyi-vstraivaemyi-shrv-4" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/shkafy-kollektornye/shkaf-kollektornyi-vstraivaemyi-shrv/shkaf-kollektornyi-3" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/shkafy-kollektornye/shkaf-kollektornyi-vstraivaemyi-shrv/shkaf-kollektornyi-2" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/shkafy-kollektornye/shkaf-kollektornyi-vstraivaemyi-shrv/shkaf-kollektornyi" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/shkafy-kollektornye/shrn/shkaf-kollektornyi-raspredelitelnyi-naruzhnyi-shrn-1" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/shkafy-kollektornye/shrn/shkaf-kollektornyi-raspredelitelnyi-naruzhnyi-shrn-2" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/shkafy-kollektornye/shrn/shkaf-kollektornyi-raspredelitelnyi-naruzhnyi-shrn-3" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/shkafy-kollektornye/shrn/shkaf-kollektornyi-raspredelitelnyi-naruzhnyi-shrn-4" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/shkafy-kollektornye/shrn/shkaf-kollektornyi-raspredelitelnyi-naruzhnyi-shrn-5" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/shkafy-kollektornye/shrn/shkaf-kollektornyi-raspredelitelnyi-naruzhnyi-shrn-6" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/shkafy-kollektornye/shrn/shkaf-kollektornyi-raspredelitelnyi-naruzhnyi-shrn-7" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-dlya-instrumentov-metallicheskie/yashchik-dlya-instrumenta-metallicheskii-0" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-dlya-instrumentov-metallicheskie/yashchik-dlya-instrumenta-metallicheskii" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-dlya-instrumentov-metallicheskie/otsinkovannyi-yashchik-380kh300kh120" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-dlya-instrumentov-metallicheskie/otsinkovannyi-yashchik-380kh300kh320" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-dlya-instrumentov-metallicheskie/otsinkovannyi-yashchik-420kh320kh140" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-dlya-instrumentov-metallicheskie/otsinkovannyi-yashchik-550kh350kh380" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-dlya-instrumentov-metallicheskie/otsinkovannyi-yashchik-550kh400kh150" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-dlya-instrumentov-metallicheskie/otsinkovannyi-yashchik-650kh400kh350" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-dlya-instrumentov-metallicheskie/otsinkovannyi-yashchik-650kh450kh200" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-dlya-instrumentov-metallicheskie/otsinkovannyi-yashchik-750kh400kh400" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-dlya-instrumentov-metallicheskie/otsinkovannyi-yashchik-750kh550kh400" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-dlya-instrumentov-metallicheskie/otsinkovannyi-yashchik-950kh450kh380" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-dlya-instrumentov-metallicheskie/otsinkovannyi-yashchik-1210kh450kh480" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-iz-nerzhaveyushchei-stali/yashchik-iz-nerzhaveyushchei-stali-380kh300kh120" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-iz-nerzhaveyushchei-stali/yashchik-iz-nerzhaveyushchei-stali-380kh300kh320" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-iz-nerzhaveyushchei-stali/yashchik-iz-nerzhaveyushchei-stali-420kh320kh140" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-iz-nerzhaveyushchei-stali/yashchik-iz-nerzhaveyushchei-stali-550kh350kh380" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-iz-nerzhaveyushchei-stali/yashchik-iz-nerzhaveyushchei-stali-550kh400kh150" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-iz-nerzhaveyushchei-stali/yashchik-iz-nerzhaveyushchei-stali-650kh400kh350" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-iz-nerzhaveyushchei-stali/yashchik-iz-nerzhaveyushchei-stali-650kh450kh200" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-iz-nerzhaveyushchei-stali/yashchik-iz-nerzhaveyushchei-stali-750kh400kh400" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-iz-nerzhaveyushchei-stali/yashchik-iz-nerzhaveyushchei-stali-750kh550kh400" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-iz-nerzhaveyushchei-stali/yashchik-iz-nerzhaveyushchei-stali-950kh450kh380" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/yashchiki-iz-nerzhaveyushchei-stali/yashchik-iz-nerzhaveyushchei-stali-1210kh450kh480" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-vozdushno-emulsionnykh-ognetushitelei/zapravka-ove-1-bontel" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-vozdushno-emulsionnykh-ognetushitelei/zapravka-ove-2" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-vozdushno-emulsionnykh-ognetushitelei/zapravka-ove-2-bontel" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-vozdushno-emulsionnykh-ognetushitelei/zapravka-ove-4" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-vozdushno-emulsionnykh-ognetushitelei/zapravka-ove-5" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-vozdushno-emulsionnykh-ognetushitelei/zapravka-ove-5-bontel" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-vozdushno-emulsionnykh-ognetushitelei/zapravka-ove-6" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-vozdushno-emulsionnykh-ognetushitelei/zapravka-ove-8" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-vozdushno-emulsionnykh-ognetushitelei/zapravka-ove-10" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-vozdushno-emulsionnykh-ognetushitelei/zapravka-ove-10-0" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-vozdushno-emulsionnykh-ognetushitelei/zapravka-ove-40" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-vozdushno-emulsionnykh-ognetushitelei/zapravka-ove-50" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-uglekislotnykh-ognetushitelei/zapravka-ou-6" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-uglekislotnykh-ognetushitelei/zapravka-ou-40" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-uglekislotnykh-ognetushitelei/zapravka-ou-20" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-uglekislotnykh-ognetushitelei/zapravka-ou-10" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/zapravka-ou-7" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-uglekislotnykh-ognetushitelei/zapravka-ou-4" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-uglekislotnykh-ognetushitelei/zapravka-ou-8" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-uglekislotnykh-ognetushitelei/zapravka-ou-25" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-uglekislotnykh-ognetushitelei/zapravka-ou-5" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-uglekislotnykh-ognetushitelei/zapravka-ou-3" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/zapravka-ou-80" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-uglekislotnykh-ognetushitelei/zapravka-ou-2" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-uglekislotnykh-ognetushitelei/zapravka-ou-1" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-poroshkovykh-ognetushitelei/zapravka-opu-10" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-poroshkovykh-ognetushitelei/zapravka-opu-5" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-poroshkovykh-ognetushitelei/zapravka-op-5" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-poroshkovykh-ognetushitelei/zapravka-op-3" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-poroshkovykh-ognetushitelei/zapravka-op-100" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-poroshkovykh-ognetushitelei/zapravka-op-1" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-poroshkovykh-ognetushitelei/zapravka-op-2" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-poroshkovykh-ognetushitelei/zapravka-op-4" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-poroshkovykh-ognetushitelei/zapravka-op-8" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-poroshkovykh-ognetushitelei/zapravka-op-10" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-poroshkovykh-ognetushitelei/zapravka-op-50" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-poroshkovykh-ognetushitelei/zapravka-op-7" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-poroshkovykh-ognetushitelei/zapravka-op-9" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-poroshkovykh-ognetushitelei/zapravka-op-12" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-poroshkovykh-ognetushitelei/zapravka-op-30" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-poroshkovykh-ognetushitelei/zapravka-op-35" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-poroshkovykh-ognetushitelei/zapravka-opu-2" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-poroshkovykh-ognetushitelei/zapravka-op-6" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-poroshkovykh-ognetushitelei/zapravka-opu-4" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-vozdushno-pennykh-ognetushitelei/zapravka-ovp-8" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-vozdushno-pennykh-ognetushitelei/zapravka-ovp-10" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-vozdushno-pennykh-ognetushitelei/zapravka-ovp-6" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-vozdushno-pennykh-ognetushitelei/zapravka-ovp-5" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-vozdushno-pennykh-ognetushitelei/zapravka-ovp-50" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-vozdushno-pennykh-ognetushitelei/zapravka-ovp-4" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-vozdushno-pennykh-ognetushitelei/zapravka-ovp-100" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-vozdushno-pennykh-ognetushitelei/zapravka-ovp-40" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/khladonovye-ognetushiteli/khladon-1-kg" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-khladonovykh-ognetushitelei/zapravka-modulya-ognetushitelya" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-khladonovykh-ognetushitelei/zapravka-modulya-0" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-khladonovykh-ognetushitelei/zapravka-modulya-1" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-khladonovykh-ognetushitelei/zapravka-modulya-2" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-modulei-pozharotusheniya/zapravka-mpp-mig-25" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-modulei-pozharotusheniya/zapravka-mpp-mig-5" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-modulei-pozharotusheniya/zapravka-mpp-mig-7" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-modulei-pozharotusheniya/zapravka-mpp-mig-12" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-modulei-pozharotusheniya/zapravka-modulya-mpp-buran-8" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-modulei-pozharotusheniya/zapravka-modulya-mpp-buran-15kd" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-modulei-pozharotusheniya/perezaryadka-modulya-bizone-mpp-75" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-modulei-pozharotusheniya/zamena-membrannogo-uzla-modulya" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-modulei-pozharotusheniya/zamena-zaporno-puskovogo" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-modulei-pozharotusheniya/perezaryadka-modulya-bizone-mpp-8" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-modulei-pozharotusheniya/zamena-membrannogo-uzla-modulya-0" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-modulei-pozharotusheniya/zamena-zaporno-puskovogo-0" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-modulei-pozharotusheniya/perezaryadka-modulya-bizone-mpp" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-modulei-pozharotusheniya/zamena-membrannogo-uzla-modulya-1" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/perezaryadka-modulei-pozharotusheniya/zamena-zaporno-puskovogo-1" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/remont-ognetushitelei/koleso-k-ou" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/remont-ognetushitelei/zamena-zpu-ou-110" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/remont-ognetushitelei/zamena-zpu-ou-2040" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/remont-ognetushitelei/zamena-telezhki-k-ou-710" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/remont-ognetushitelei/zamena-telezhki-k-ou-5" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/remont-ognetushitelei/spisanie-utilizatsiya-ognetushitelei" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/remont-ognetushitelei/koleso-k-op" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/remont-ognetushitelei/pokraska-ustranenie-korrozii-ognetushitelei" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/remont-ognetushitelei/zamena-trubki-sifonnoi-k-op-110" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/remont-ognetushitelei/zamena-sopla-k-op-2-op-3" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/remont-ognetushitelei/zamena-cheki" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/remont-ognetushitelei/zamena-pistoleta-raspylitelya" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/remont-ognetushitelei/zamena-trubki-sifonnoi-k-op-50" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/remont-ognetushitelei/zamena-plomby-na-ognetushitele" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/remont-ognetushitelei/zamena-zpu-dlya-op-48-m-16kh15" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/remont-ognetushitelei/zamena-zpu-dlya-op-50100" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/remont-ognetushitelei/zamena-ggu-2" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/remont-ognetushitelei/zamena-ggu-5" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/remont-ognetushitelei/zamena-pistoleta-raspylitelya-v-sbore" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/remont-ognetushitelei/zamena-zpu-dlya-op-12-m-14kh15" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/remont-i-obsluzhivanie-ognetushitelei/zamena-ggu-10" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/remont-i-obsluzhivanie-ognetushitelei/zamena-trubki-sifonnoi-k-ou-13" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/remont-i-obsluzhivanie-ognetushitelei/zamena-trubki-sifonnoi-k-ou-35" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/remont-i-obsluzhivanie-ognetushitelei/zamena-manometra" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/remont-i-obsluzhivanie-ognetushitelei/zamena-etiketki-na-ognetushitele" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/remont-i-obsluzhivanie-ognetushitelei/vyezd-spetsialista-na" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ezhegodnoe-osvidetelstvovanie-ognetushitelya-perenosnogo" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/remont-i-obsluzhivanie-ognetushitelei/ezhegodnoe-osvidetelstvovanie" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/remont-i-obsluzhivanie-ognetushitelei/utilizatsiya-ognetushitelya" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/remont-ognetushitelei/rastrub-k-ou-24" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/remont-ognetushitelei/rastrub-k-ou-so-shlangom-ou-510" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/remont-ognetushitelei/rastrub-k-ou-so-shlangom-ou-2580" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/remont-ognetushitelei/shlang-k-ovp-50100" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/remont-ognetushitelei/shlang-k-ovp-48" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/remont-ognetushitelei/pistolet-s-penogeneratorom-k-ovp-50100" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/remont-ognetushitelei/rastrub-k-ou-24-0" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/remont-ognetushitelei/shlang-k-op-48" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/remont-ognetushitelei/shlang-k-op-50100" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/remont-ognetushitelei/manometr-op" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/komplektuyushchie-k-ognetushitelyam/manometr-m10kh1-latun-op-50100" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/komplektuyushchie-k-ognetushitelyam/soplo-rastrub-plastikovyi-m14-m16" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/perezaryadka-ognetushitelei/komplektuyushchie-k-ognetushitelyam/etiketka-ognetushitelya" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/komplektuyushchie-dlya-pozharnykh-shkafov/evroruchka-dlya-pozharnogo-shkafa" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/komplektuyushchie-dlya-pozharnykh-shkafov/zamok-dlya-pozharnogo-shkafa" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/komplektuyushchie-dlya-pozharnykh-shkafov/steklo-dlya-pozharnogo-shkafa-370kh250kh4" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/komplektuyushchie-dlya-pozharnykh-shkafov/steklo-polikarbonat-dlya-pozharnogo" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/komplektuyushchie-dlya-pozharnykh-shkafov/steklo-dlya-klyucha-ot-pozharnogo-shkafa" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/polka-dlya-sizod" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-gdzk-u/konteiner-gdzk-2" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-gdzk-u/konteiner-gdzk-3" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-gdzk-u/konteiner-gdzk-5" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-gdzk-u/konteiner-gdzk-10" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-gdzk-u/konteiner-gdzk-15" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-gdzk-u/konteiner-gdzk-32" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/polka-dlya-sizod" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-spi-20/konteiner-spi-1" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-spi-20/konteiner-spi-2" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-spi-20/konteiner-spi-3" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-spi-20/konteiner-spi-5" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-spi-20/konteiner-spi-10" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-spi-20/konteiner-spi-14" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-spi-20/konteiner-spi-32" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/polka-dlya-sizod" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-feniks/konteiner-feniks-1" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-feniks/konteiner-feniks-2" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-feniks/konteiner-feniks-3" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-feniks/konteiner-feniks-5" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-feniks/konteiner-feniks-10" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-feniks/konteiner-feniks-20" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-feniks/konteiner-feniks-30" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/polka-dlya-sizod" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-shans/konteiner-shans-e-1" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-shans/konteiner-shans-e-2" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-shans/konteiner-shans-e-3" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-shans/konteiner-shans-e-4" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-shans/konteiner-shans-e-5" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-shans/konteiner-shans-e-6" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-shans/konteiner-shans-e-10" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-shans/konteiner-shans-e-14" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-shans/konteiner-shans-e-32" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-shans/konteiner-shans-e-8" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-shans/konteiner-shans-2n-2" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-shans/konteiner-shans-2n-3" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-shans/konteiner-shans-2n-5" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-shans/konteiner-shans-2n-8" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-shans/konteiner-shans-2n-10" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/polka-dlya-sizod" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/shkaf-dlya-protivogazov-shm-pr-8" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/shkaf-dlya-protivogazov-shm-pr-12" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/shkaf-dlya-protivogazov-shm-pr-18" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/shkaf-dlya-protivogazov-shm-pr-16" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/shkaf-dlya-protivogazov-shm-pr-20" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/shkaf-dlya-protivogazov-shm-pr-24" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/shkafy-dlya-protivogazov-shm-pr/shkaf-dlya" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/podstavki-dlya-pozharnykh-shkafov/kasseta-turel-dlya-pozharnogo-rukava-diametr" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/napolnaya-podstavka-dlya-pozharnogo-shkafa-shpk-310-320" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/napolnaya-podstavka-dlya-pozharnogo-shkafa-shpk-310-320-0" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/napolnaya-podstavka-dlya-pozharnogo-shkafa-tselnometallicheskaya-shpk-310-320" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/napolnaya-podstavka-tselnometallicheskaya-dlya-pozharnogo-shkafa-shpk-310-320" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-i-rukava-shpk-310/shkaf-shpk-310-vok" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-i-rukava-shpk-310/shkaf-shpk-310-nok" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-i-rukava-shpk-310/shkaf-shpk-310-vzk" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-i-rukava-shpk-310/shkaf-shpk-310-nzk" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-i-rukava-shpk-310/shkaf-shpk-310-nzb" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-i-rukava-shpk-310/shkaf-shpk-310-vzb" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-i-rukava-shpk-310/shkaf-shpk-310-nob" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-i-rukava-shpk-310/shkaf-shpk-310-vob" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-i-rukava-shpk-310/shkaf-shpk-310-nz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-310-no-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-310-vz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-310-vo-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-i-rukava-shpk-310/shkaf-pozharnyi-shpk-310-nzk-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-i-rukava-shpk-310/shkaf-shpk-310-nzb-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-i-rukava-shpk-310/shkaf-shpk-310-nok-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-i-rukava-shpk-310/shkaf-shpk-310-nob-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-i-rukava-shpk-310/shkaf-shpk-310-vzk-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-i-rukava-shpk-310/shkaf-shpk-310-vzb-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-i-rukava-shpk-310/shkaf-shpk-310-vok-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-i-rukava-shpk-310/shkaf-shpk-310-vob-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-ognetushitelya-shpk-315/shkaf-shpk-315-vzk" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-ognetushitelya-shpk-315/shkaf-shpk-315-nzk" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-ognetushitelya-shpk-315/shkaf-shpk-315-nok" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-ognetushitelya-shpk-315/shkaf-shpk-315-vok" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-ognetushitelya-shpk-315/shkaf-shpk-315-nzb" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-ognetushitelya-shpk-315/shkaf-shpk-315-vzb" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-ognetushitelya-shpk-315/shkaf-shpk-315-nob" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-ognetushitelya-shpk-315/shkaf-shpk-315-vob" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-315-nz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-315-no-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-315-vz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-315-vo-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-ognetushitelya-shpk-315/shkaf-pozharnyi-shpk-315-nzk-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-ognetushitelya-shpk-315/shkaf-shpk-315-nzb-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-ognetushitelya-shpk-315/shkaf-shpk-315-nok-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-ognetushitelya-shpk-315/shkaf-shpk-315-nob-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-ognetushitelya-shpk-315/shkaf-shpk-315-vzk-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-ognetushitelya-shpk-315/shkaf-shpk-315-vzb-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-ognetushitelya-shpk-315/shkaf-shpk-315-vok-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-ognetushitelya-shpk-315/shkaf-shpk-315-vob-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-2-ognetushitelei-shpk-320/shkaf-shpk-320-nzk" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-2-ognetushitelei-shpk-320/shkaf-shpk-320-vzk" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-2-ognetushitelei-shpk-320/shkaf-shpk-320-nok" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-2-ognetushitelei-shpk-320/shkaf-shpk-320-vok" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-2-ognetushitelei-shpk-320/shkaf-shpk-320-nzb" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-2-ognetushitelei-shpk-320/shkaf-shpk-320-vzb" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-2-ognetushitelei-shpk-320/shkaf-shpk-320-nob" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-2-ognetushitelei-shpk-320/shkaf-shpk-320-vob" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-320-nz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-320-no-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-320-vz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-320-vo-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-2-ognetushitelei-shpk-320/shkaf-pozharnyi-shpk-320-nzk-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-2-ognetushitelei-shpk-320/shkaf-shpk-320-nzb-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-2-ognetushitelei-shpk-320/shkaf-pozharnyi-shpk-320-nok-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-2-ognetushitelei-shpk-320/shkaf-shpk-320-nob-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-2-ognetushitelei-shpk-320/shkaf-shpk-320-vzk-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-2-ognetushitelei-shpk-320/shkaf-shpk-320-vzb-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-2-ognetushitelei-shpk-320/shkaf-shpk-320-vok-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-2-ognetushitelei-shpk-320/shkaf-shpk-320-vob-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-12/shkaf-shpk-320-12-vok" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-12/shkaf-shpk-320-12-nok" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-12/shkaf-shpk-320-12-vzk" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-12/shkaf-shpk-320-12-nzk" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-12/shkaf-shpk-320-12-nzb" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-12/shkaf-shpk-320-12-vzb" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-12/shkaf-shpk-320-12-nob" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-12/shkaf-shpk-320-12-vob" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-12/shkaf-shpk-320-12-vz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-320-12-vo-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-320-12-nz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-320-12-no-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-12/shkaf-pozharnyi-shpk-320-12-nzk-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-12/shkaf-shpk-320-12-nzb-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-12/shkaf-shpk-320-12-nok-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-12/shkaf-shpk-320-12-nob-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-12/shkaf-shpk-320-12-vzk-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-12/shkaf-shpk-320-12-vzb-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-12/shkaf-shpk-320-12-vok-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-12/shkaf-shpk-320-12-vob-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-21/shkaf-shpk-320-21-nzk" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-21/shkaf-shpk-320-21-vzk" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-21/shkaf-shpk-320-21-nok" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-21/shkaf-shpk-320-21-vok" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-21/shkaf-shpk-320-21-nzb" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-21/shkaf-shpk-320-21-vzb" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-21/shkaf-shpk-320-21-nob" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-21/shkaf-shpk-320-21-vob" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-320-21-nz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-320-21-no-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-320-21-vz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-320-21-vo-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-21/shkaf-pozharnyi-shpk-320-21-nzk-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-21/shkaf-pozharnyi-shpk-320-21-nzb-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-21/shkaf-pozharnyi-shpk-320-21-nok-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-21/shkaf-pozharnyi-shpk-320-21-nob-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-21/shkaf-pozharnyi-shpk-320-21-vzk-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-21/shkaf-pozharnyi-shpk-320-21-vzb-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-21/shkaf-pozharnyi-shpk-320-21-vok-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-21/shkaf-pozharnyi-shpk-320-21-vob-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-odnogo-ognetushitelya/shkaf-shpo-102-nob" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-odnogo-ognetushitelya/shkaf-shpo-102-nok" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-odnogo-ognetushitelya/shkaf-shpo-102-nzk" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-odnogo-ognetushitelya/shkaf-shpo-102-nzb" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-odnogo-ognetushitelya/shkaf-yashchik-dlya-ognetushitelya-adamant-plastikovyi" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-odnogo-ognetushitelya/shkaf-yashchik-dlya-ognetushitelya-kristal-plastikovyi" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-odnogo-ognetushitelya/shkaf-yashchik-dlya-ognetushitelya-kristal-plastikovyi-0" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-odnogo-ognetushitelya/shkaf-yashchik-dlya-ognetushitelya-partex-plastikovyi-do" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpo-102-nz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpo-102-no-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-odnogo-ognetushitelya/shkaf-shpo-102-nzk-uglovoi" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-odnogo-ognetushitelya/shkaf-shpo-102-nzb-uglovoi" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-odnogo-ognetushitelya/shkaf-shpo-102-nok-uglovoi" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-odnogo-ognetushitelya/shkaf-shpo-102-nob-uglovoi" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/penal-dlya-ognetushitelya-firebox-6" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/penal-dlya-ognetushitelya-firebox-8" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/penal-dlya-ognetushitelya-firebox-10" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-dvukh-ognetushitelei/shkaf-shpo-112-nzk" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-dvukh-ognetushitelei/shkaf-shpo-112-nzb" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-dvukh-ognetushitelei/shkaf-shpo-112-nok" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-dvukh-ognetushitelei/shkaf-shpo-112-nob" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpo-112-nz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpo-112-no-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/nestandart-pod-zakaz/shkaf-shp-01-820720240" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/nestandart-pod-zakaz/shkaf-nestandart" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/nestandart-pod-zakaz/yashchik-pochtovyi" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/nestandart-pod-zakaz/shkaf-dlya-utilizatsii-otkhodov" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/nestandart-pod-zakaz/shkaf-pozharnyi-dlya-lestnitsy" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/nestandart-pod-zakaz/konteiner-dlya-rukava-pozharnogo" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/nestandart-pod-zakaz/shkaf-dvoinoi-dlya-ognetushitelei-rukava-i-sizod" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/nestandart-pod-zakaz/uglovaya-ramka" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/nestandart-pod-zakaz/shkaf-pod-navesnoi-zamok" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/nestandart-pod-zakaz/shkaf-dlya-gazovykh-ballonov-1100kh800kh400" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/nestandart-pod-zakaz/shkaf-dlya-gazovykh-ballonov-1500kh700kh400" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shkafy-dlya-klyuchei-i-aptechki/shkaf-dlya-klyuchei-k-01-pod-1-klyuch-s-molotkom" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-dlya-klyuchei-i-aptechki/shkaf-k-01-pod-1-klyuch-100kh100kh30-mm-0" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shkafy-dlya-klyuchei-i-aptechki/shkaf-aptechka-metallicheskii-300kh250kh100-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shkafy-dlya-klyuchei-i-shkafy-aptechki/shkaf-kd-174-na-40-klyuchei" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shkafy-dlya-klyuchei-i-shkafy-aptechki/shkaf-kd-179-na-95-klyuchei" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shkaf-dlya-klyuchei-k-50" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shkaf-dlya-klyuchei-k-100" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shkafy-dlya-klyuchei-i-aptechki/shkaf-dlya-klyuchei-k-20" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shkafy-dlya-klyuchei-i-aptechki/shkaf-dlya-klyuchei-k-20-bez-brelkov" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shkafy-dlya-klyuchei-i-aptechki/shkaf-dlya-klyuchei-k-50-s-brelkami" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shkafy-dlya-klyuchei-i-aptechki/shkaf-dlya-klyuchei-k-100-s-brelkami" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shkafy-dlya-klyuchei-i-aptechki/shkaf-dlya-klyuchei-k-10-s-brelkami" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shkafy-dlya-klyuchei-i-aptechki/shkaf-dlya-klyuchei-k-10-bez-brelkov" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shkafy-dlya-klyuchei-i-aptechki/shkaf-dlya-klyuchei-k-40-s-brelkami" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shkafy-dlya-klyuchei-i-aptechki/shkaf-dlya-klyuchei-k-40-bez-brelkov" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shkafy-dlya-klyuchei-i-aptechki/shkaf-dlya-klyuchei-k-60-s-brelkami" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shkafy-dlya-klyuchei-i-aptechki/shkaf-dlya-klyuchei-k-60-bez-brelkov" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shkafy-dlya-klyuchei-i-aptechki/shkaf-dlya-klyuchei-k-30-s-brelkami" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shkafy-dlya-klyuchei-i-aptechki/shkaf-dlya-klyuchei-k-30-bez-brelkov" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/komplektuyushchie-dlya-pozharnykh-shkafov/evroruchka-dlya-pozharnogo-shkafa" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/komplektuyushchie-dlya-pozharnykh-shkafov/zamok-dlya-pozharnogo-shkafa" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/komplektuyushchie-dlya-pozharnykh-shkafov/steklo-dlya-pozharnogo-shkafa-370kh250kh4" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/komplektuyushchie-dlya-pozharnykh-shkafov/steklo-polikarbonat-dlya-pozharnogo" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/komplektuyushchie-dlya-pozharnykh-shkafov/steklo-dlya-klyucha-ot-pozharnogo-shkafa" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/polka-dlya-sizod" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-gdzk-u/konteiner-gdzk-2" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-gdzk-u/konteiner-gdzk-3" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-gdzk-u/konteiner-gdzk-5" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-gdzk-u/konteiner-gdzk-10" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-gdzk-u/konteiner-gdzk-15" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-gdzk-u/konteiner-gdzk-32" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/polka-dlya-sizod" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-spi-20/konteiner-spi-1" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-spi-20/konteiner-spi-2" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-spi-20/konteiner-spi-3" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-spi-20/konteiner-spi-5" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-spi-20/konteiner-spi-10" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-spi-20/konteiner-spi-14" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-spi-20/konteiner-spi-32" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/polka-dlya-sizod" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-feniks/konteiner-feniks-1" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-feniks/konteiner-feniks-2" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-feniks/konteiner-feniks-3" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-feniks/konteiner-feniks-5" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-feniks/konteiner-feniks-10" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-feniks/konteiner-feniks-20" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-feniks/konteiner-feniks-30" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/polka-dlya-sizod" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-shans/konteiner-shans-e-1" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-shans/konteiner-shans-e-2" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-shans/konteiner-shans-e-3" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-shans/konteiner-shans-e-4" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-shans/konteiner-shans-e-5" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-shans/konteiner-shans-e-6" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-shans/konteiner-shans-e-10" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-shans/konteiner-shans-e-14" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-shans/konteiner-shans-e-32" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-shans/konteiner-shans-e-8" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-shans/konteiner-shans-2n-2" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-shans/konteiner-shans-2n-3" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-shans/konteiner-shans-2n-5" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-shans/konteiner-shans-2n-8" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/konteinery-shans/konteiner-shans-2n-10" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/polka-dlya-sizod" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/shkaf-dlya-protivogazov-shm-pr-8" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/shkaf-dlya-protivogazov-shm-pr-12" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/shkaf-dlya-protivogazov-shm-pr-18" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/shkaf-dlya-protivogazov-shm-pr-16" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/shkaf-dlya-protivogazov-shm-pr-20" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/shkaf-dlya-protivogazov-shm-pr-24" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/konteinery-dlya-samospasatelei/shkafy-dlya-protivogazov-shm-pr/shkaf-dlya" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/podstavki-dlya-pozharnykh-shkafov/kasseta-turel-dlya-pozharnogo-rukava-diametr" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/napolnaya-podstavka-dlya-pozharnogo-shkafa-shpk-310-320" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/napolnaya-podstavka-dlya-pozharnogo-shkafa-shpk-310-320-0" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/napolnaya-podstavka-dlya-pozharnogo-shkafa-tselnometallicheskaya-shpk-310-320" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/napolnaya-podstavka-tselnometallicheskaya-dlya-pozharnogo-shkafa-shpk-310-320" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-i-rukava-shpk-310/shkaf-shpk-310-vok" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-i-rukava-shpk-310/shkaf-shpk-310-nok" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-i-rukava-shpk-310/shkaf-shpk-310-vzk" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-i-rukava-shpk-310/shkaf-shpk-310-nzk" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-i-rukava-shpk-310/shkaf-shpk-310-nzb" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-i-rukava-shpk-310/shkaf-shpk-310-vzb" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-i-rukava-shpk-310/shkaf-shpk-310-nob" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-i-rukava-shpk-310/shkaf-shpk-310-vob" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-i-rukava-shpk-310/shkaf-shpk-310-nz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-310-no-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-310-vz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-310-vo-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-i-rukava-shpk-310/shkaf-pozharnyi-shpk-310-nzk-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-i-rukava-shpk-310/shkaf-shpk-310-nzb-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-i-rukava-shpk-310/shkaf-shpk-310-nok-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-i-rukava-shpk-310/shkaf-shpk-310-nob-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-i-rukava-shpk-310/shkaf-shpk-310-vzk-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-i-rukava-shpk-310/shkaf-shpk-310-vzb-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-i-rukava-shpk-310/shkaf-shpk-310-vok-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-i-rukava-shpk-310/shkaf-shpk-310-vob-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-ognetushitelya-shpk-315/shkaf-shpk-315-vzk" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-ognetushitelya-shpk-315/shkaf-shpk-315-nzk" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-ognetushitelya-shpk-315/shkaf-shpk-315-nok" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-ognetushitelya-shpk-315/shkaf-shpk-315-vok" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-ognetushitelya-shpk-315/shkaf-shpk-315-nzb" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-ognetushitelya-shpk-315/shkaf-shpk-315-vzb" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-ognetushitelya-shpk-315/shkaf-shpk-315-nob" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-ognetushitelya-shpk-315/shkaf-shpk-315-vob" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-315-nz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-315-no-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-315-vz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-315-vo-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-ognetushitelya-shpk-315/shkaf-pozharnyi-shpk-315-nzk-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-ognetushitelya-shpk-315/shkaf-shpk-315-nzb-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-ognetushitelya-shpk-315/shkaf-shpk-315-nok-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-ognetushitelya-shpk-315/shkaf-shpk-315-nob-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-ognetushitelya-shpk-315/shkaf-shpk-315-vzk-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-ognetushitelya-shpk-315/shkaf-shpk-315-vzb-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-ognetushitelya-shpk-315/shkaf-shpk-315-vok-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-ognetushitelya-shpk-315/shkaf-shpk-315-vob-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-2-ognetushitelei-shpk-320/shkaf-shpk-320-nzk" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-2-ognetushitelei-shpk-320/shkaf-shpk-320-vzk" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-2-ognetushitelei-shpk-320/shkaf-shpk-320-nok" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-2-ognetushitelei-shpk-320/shkaf-shpk-320-vok" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-2-ognetushitelei-shpk-320/shkaf-shpk-320-nzb" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-2-ognetushitelei-shpk-320/shkaf-shpk-320-vzb" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-2-ognetushitelei-shpk-320/shkaf-shpk-320-nob" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-2-ognetushitelei-shpk-320/shkaf-shpk-320-vob" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-320-nz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-320-no-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-320-vz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-320-vo-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-2-ognetushitelei-shpk-320/shkaf-pozharnyi-shpk-320-nzk-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-2-ognetushitelei-shpk-320/shkaf-shpk-320-nzb-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-2-ognetushitelei-shpk-320/shkaf-pozharnyi-shpk-320-nok-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-2-ognetushitelei-shpk-320/shkaf-shpk-320-nob-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-2-ognetushitelei-shpk-320/shkaf-shpk-320-vzk-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-2-ognetushitelei-shpk-320/shkaf-shpk-320-vzb-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-2-ognetushitelei-shpk-320/shkaf-shpk-320-vok-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-rukava-i-2-ognetushitelei-shpk-320/shkaf-shpk-320-vob-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-12/shkaf-shpk-320-12-vok" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-12/shkaf-shpk-320-12-nok" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-12/shkaf-shpk-320-12-vzk" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-12/shkaf-shpk-320-12-nzk" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-12/shkaf-shpk-320-12-nzb" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-12/shkaf-shpk-320-12-vzb" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-12/shkaf-shpk-320-12-nob" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-12/shkaf-shpk-320-12-vob" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-12/shkaf-shpk-320-12-vz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-320-12-vo-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-320-12-nz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-320-12-no-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-12/shkaf-pozharnyi-shpk-320-12-nzk-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-12/shkaf-shpk-320-12-nzb-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-12/shkaf-shpk-320-12-nok-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-12/shkaf-shpk-320-12-nob-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-12/shkaf-shpk-320-12-vzk-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-12/shkaf-shpk-320-12-vzb-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-12/shkaf-shpk-320-12-vok-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-12/shkaf-shpk-320-12-vob-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-21/shkaf-shpk-320-21-nzk" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-21/shkaf-shpk-320-21-vzk" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-21/shkaf-shpk-320-21-nok" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-21/shkaf-shpk-320-21-vok" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-21/shkaf-shpk-320-21-nzb" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-21/shkaf-shpk-320-21-vzb" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-21/shkaf-shpk-320-21-nob" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-21/shkaf-shpk-320-21-vob" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-320-21-nz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-320-21-no-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-320-21-vz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-320-21-vo-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-21/shkaf-pozharnyi-shpk-320-21-nzk-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-21/shkaf-pozharnyi-shpk-320-21-nzb-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-21/shkaf-pozharnyi-shpk-320-21-nok-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-21/shkaf-pozharnyi-shpk-320-21-nob-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-21/shkaf-pozharnyi-shpk-320-21-vzk-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-21/shkaf-pozharnyi-shpk-320-21-vzb-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-21/shkaf-pozharnyi-shpk-320-21-vok-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-21/shkaf-pozharnyi-shpk-320-21-vob-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-odnogo-ognetushitelya/shkaf-shpo-102-nob" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-odnogo-ognetushitelya/shkaf-shpo-102-nok" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-odnogo-ognetushitelya/shkaf-shpo-102-nzk" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-odnogo-ognetushitelya/shkaf-shpo-102-nzb" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-odnogo-ognetushitelya/shkaf-yashchik-dlya-ognetushitelya-adamant-plastikovyi" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-odnogo-ognetushitelya/shkaf-yashchik-dlya-ognetushitelya-kristal-plastikovyi" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-odnogo-ognetushitelya/shkaf-yashchik-dlya-ognetushitelya-kristal-plastikovyi-0" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-odnogo-ognetushitelya/shkaf-yashchik-dlya-ognetushitelya-partex-plastikovyi-do" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpo-102-nz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpo-102-no-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-odnogo-ognetushitelya/shkaf-shpo-102-nzk-uglovoi" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-odnogo-ognetushitelya/shkaf-shpo-102-nzb-uglovoi" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-odnogo-ognetushitelya/shkaf-shpo-102-nok-uglovoi" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-odnogo-ognetushitelya/shkaf-shpo-102-nob-uglovoi" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/penal-dlya-ognetushitelya-firebox-6" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/penal-dlya-ognetushitelya-firebox-8" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/v-mashinu/penal-dlya-ognetushitelya-firebox-10" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-odnogo-ognetushitelya/shkaf-shpo-102-vok" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-odnogo-ognetushitelya/shkaf-shpo-102-vob" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-dvukh-ognetushitelei/shkaf-shpo-112-nzk" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-dvukh-ognetushitelei/shkaf-shpo-112-nzb" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-dvukh-ognetushitelei/shkaf-shpo-112-nok" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-dvukh-ognetushitelei/shkaf-shpo-112-nob" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpo-112-nz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpo-112-no-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/nestandart-pod-zakaz/shkaf-shp-01-820720240" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/nestandart-pod-zakaz/shkaf-nestandart" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/nestandart-pod-zakaz/yashchik-pochtovyi" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/nestandart-pod-zakaz/shkaf-dlya-utilizatsii-otkhodov" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/nestandart-pod-zakaz/shkaf-pozharnyi-dlya-lestnitsy" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/nestandart-pod-zakaz/konteiner-dlya-rukava-pozharnogo" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/nestandart-pod-zakaz/shkaf-dvoinoi-dlya-ognetushitelei-rukava-i-sizod" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/nestandart-pod-zakaz/uglovaya-ramka" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/nestandart-pod-zakaz/shkaf-pod-navesnoi-zamok" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shkafy-dlya-klyuchei-i-aptechki/shkaf-dlya-klyuchei-k-01-pod-1-klyuch-s-molotkom" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-dlya-klyuchei-i-aptechki/shkaf-k-01-pod-1-klyuch-100kh100kh30-mm-0" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shkafy-dlya-klyuchei-i-aptechki/shkaf-aptechka-metallicheskii-300kh250kh100-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shkafy-dlya-klyuchei-i-shkafy-aptechki/shkaf-kd-174-na-40-klyuchei" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shkafy-dlya-klyuchei-i-shkafy-aptechki/shkaf-kd-179-na-95-klyuchei" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shkaf-dlya-klyuchei-k-50" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shkaf-dlya-klyuchei-k-100" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shkafy-dlya-klyuchei-i-aptechki/shkaf-dlya-klyuchei-k-20" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shkafy-dlya-klyuchei-i-aptechki/shkaf-dlya-klyuchei-k-20-bez-brelkov" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shkafy-dlya-klyuchei-i-aptechki/shkaf-dlya-klyuchei-k-50-s-brelkami" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shkafy-dlya-klyuchei-i-aptechki/shkaf-dlya-klyuchei-k-100-s-brelkami" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shkafy-dlya-klyuchei-i-aptechki/shkaf-dlya-klyuchei-k-10-s-brelkami" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shkafy-dlya-klyuchei-i-aptechki/shkaf-dlya-klyuchei-k-10-bez-brelkov" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shkafy-dlya-klyuchei-i-aptechki/shkaf-dlya-klyuchei-k-40-s-brelkami" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shkafy-dlya-klyuchei-i-aptechki/shkaf-dlya-klyuchei-k-40-bez-brelkov" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shkafy-dlya-klyuchei-i-aptechki/shkaf-dlya-klyuchei-k-60-s-brelkami" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shkafy-dlya-klyuchei-i-aptechki/shkaf-dlya-klyuchei-k-60-bez-brelkov" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shkafy-dlya-klyuchei-i-aptechki/shkaf-dlya-klyuchei-k-30-s-brelkami" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shkafy-dlya-klyuchei-i-aptechki/shkaf-dlya-klyuchei-k-30-bez-brelkov" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/prochie-izdeliya-baltika-01/dispensery-dlya-siz/dispenser-dlya-bakhil" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/prochie-izdeliya-baltika-01/dispensery-dlya-siz/dispenser-dlya-perchatok" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/prochie-izdeliya-baltika-01/dispensery-dlya-siz/dispenser-dlya-perchatok-dvukhsektsionnyi" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/prochie-izdeliya-baltika-01/dispensery-dlya-siz/dispenser-dlya-perchatok-trekhsektsionnyi" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/nerzhaveyuschaya-stal/penogeneratory-srednei-kratnosti/generator-peny-srednei-kratnosti-gps-200" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/nerzhaveyuschaya-stal/penogeneratory-srednei-kratnosti/generator-peny-srednei-kratnosti-gps-600" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/nerzhaveyuschaya-stal/penogeneratory-srednei-kratnosti/generator-peny-srednei-kratnosti-gps-2000" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/podstavka-pod-ognetushitel-p-10-urna-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/podstavki/podstavka-pod-ognetushitel-p-15-urna-iz" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/podstavki/podstavka-pod-ognetushitel-p-20-urna-max-iz" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/podstavka-dlya-dvukh-ognetushitelei-p-15-2-urna-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/podstavka-dlya-dvukh-ognetushitelei-p-20-2-urna-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/protivopozharnaya-mufta-baltika-pm-16-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/protivopozharnaya-mufta-baltika-pm-20-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/protivopozharnaya-mufta-baltika-pm-25-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/protivopozharnaya-mufta-baltika-pm-32-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/protivopozharnaya-mufta-baltika-pm-40-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/protivopozharnaya-mufta-baltika-pm-50-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/protivopozharnaya-mufta-baltika-pm-65-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/protivopozharnaya-mufta-baltika-pm-80-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/protivopozharnaya-mufta-baltika-pm-90-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/protivopozharnaya-mufta-baltika-pm-110-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-i-rukava-shpk-310/shkaf-shpk-310-nz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-310-no-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-310-vz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-310-vo-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-315-nz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-315-no-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-315-vz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-315-vo-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-320-nz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-320-no-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-320-vz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-320-vo-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-12/shkaf-shpk-320-12-vz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-320-12-vo-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-320-12-nz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-320-12-no-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-320-21-nz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-320-21-no-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-320-21-vz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-320-21-vo-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpo-102-nz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpo-102-no-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpo-112-nz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpo-112-no-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchit-pozharnyi-zakrytyi-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchit-pozharnyi-so-stoikoi-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchit-pozharnyi-kombinirovannyi-modul-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/izdeliya-iz-nerzhaveyushchei-stali/shchity-pozharnye/shchit-pozharnyi-zakrytyi-iz-nerzhaveyushchei-0" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/izdeliya-iz-nerzhaveyushchei-stali/shchity-pozharnye/shchit-pozharnyi-so-stoikoi-iz-nerzhaveyushchei" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/izdeliya-iz-nerzhaveyushchei-stali/shchity-pozharnye/shchit-pozharnyi-zakrytyi-iz-nerzhaveyushchei" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/izdeliya-iz-nerzhaveyushchei-stali/shchity-pozharnye/shchit-pozharnyi-so-stoikoi-iz-0" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/izdeliya-iz-nerzhaveyushchei-stali/shchity-pozharnye/shchit-pozharnyi-kombinirovannyi-modul-iz" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/izdeliya-iz-nerzhaveyushchei-stali/shchity-pozharnye/shchit-pozharnyi-kombinirovannyi-modul-iz-0" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/prochie-izdeliya-baltika-01/dispensery-dlya-siz/dispenser-dlya-bakhil" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/prochie-izdeliya-baltika-01/dispensery-dlya-siz/dispenser-dlya-perchatok" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/prochie-izdeliya-baltika-01/dispensery-dlya-siz/dispenser-dlya-perchatok-dvukhsektsionnyi" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/prochie-izdeliya-baltika-01/dispensery-dlya-siz/dispenser-dlya-perchatok-trekhsektsionnyi" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/prochie-izdeliya-baltika-01/dispensery-dlya-siz/dispenser-dlya-bakhil-i-paketov" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/dispensery-dlya-siz/nastennyi-derzhatel-dlya-perchatok" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/baltika-01/dispensery-dlya-siz/dispenser-dlya-masok-i-perchatok-dvukhsektsionnyi" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/nerzhaveyuschaya-stal/penogeneratory-srednei-kratnosti/generator-peny-srednei-kratnosti-gps-200" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/nerzhaveyuschaya-stal/penogeneratory-srednei-kratnosti/generator-peny-srednei-kratnosti-gps-600" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/nerzhaveyuschaya-stal/penogeneratory-srednei-kratnosti/generator-peny-srednei-kratnosti-gps-2000" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/podstavka-pod-ognetushitel-p-10-urna-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/podstavki/podstavka-pod-ognetushitel-p-15-urna-iz" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ognetushiteli/krepleniya-i-podstavki/podstavki/podstavka-pod-ognetushitel-p-20-urna-max-iz" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/podstavka-dlya-dvukh-ognetushitelei-p-15-2-urna-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/podstavka-dlya-dvukh-ognetushitelei-p-20-2-urna-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/protivopozharnaya-mufta-baltika-pm-16-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/protivopozharnaya-mufta-baltika-pm-20-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/protivopozharnaya-mufta-baltika-pm-25-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/protivopozharnaya-mufta-baltika-pm-32-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/protivopozharnaya-mufta-baltika-pm-40-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/protivopozharnaya-mufta-baltika-pm-50-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/protivopozharnaya-mufta-baltika-pm-65-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/protivopozharnaya-mufta-baltika-pm-80-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/protivopozharnaya-mufta-baltika-pm-90-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/mufty-protivopozharnye/protivopozharnaya-mufta-baltika-pm-110-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/dlya-krana-i-rukava-shpk-310/shkaf-shpk-310-nz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-310-no-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-310-vz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-310-vo-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-315-nz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-315-no-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-315-vz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-315-vo-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-320-nz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-320-no-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-320-vz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-320-vo-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkafy-pozharnye/shpk-320-12/shkaf-shpk-320-12-vz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-320-12-vo-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-320-12-nz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-320-12-no-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-320-21-nz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-320-21-no-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-320-21-vz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpk-320-21-vo-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpo-102-nz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpo-102-no-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpo-112-nz-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shkaf-shpo-112-no-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchit-pozharnyi-zakrytyi-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchit-pozharnyi-so-stoikoi-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/shchit-pozharnyi-kombinirovannyi-modul-iz-nerzhaveyushchei-stali" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/izdeliya-iz-nerzhaveyushchei-stali/shchity-pozharnye/shchit-pozharnyi-zakrytyi-iz-nerzhaveyushchei-0" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/izdeliya-iz-nerzhaveyushchei-stali/shchity-pozharnye/shchit-pozharnyi-so-stoikoi-iz-nerzhaveyushchei" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/izdeliya-iz-nerzhaveyushchei-stali/shchity-pozharnye/shchit-pozharnyi-zakrytyi-iz-nerzhaveyushchei" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/izdeliya-iz-nerzhaveyushchei-stali/shchity-pozharnye/shchit-pozharnyi-so-stoikoi-iz-0" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/izdeliya-iz-nerzhaveyushchei-stali/shchity-pozharnye/shchit-pozharnyi-kombinirovannyi-modul-iz" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/izdeliya-iz-nerzhaveyushchei-stali/shchity-pozharnye/shchit-pozharnyi-kombinirovannyi-modul-iz-0" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/konteinery-dlya-utilizatsii/konteiner-dlya-rtutnykh-lamp-krl-0" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/konteinery-dlya-utilizatsii/konteiner-dlya-rtutnykh-lamp-krl-1-30" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/konteinery-dlya-utilizatsii/konteiner-dlya-rtutnykh-lamp-krl-1-90" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/konteinery-dlya-utilizatsii/konteiner-dlya-rtutnykh-lamp-krl-1-120" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/konteinery-dlya-utilizatsii/konteiner-dlya-rtutnykh-lamp-krl-1-180" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/konteinery-dlya-utilizatsii/konteiner-dlya-rtutnykh-lamp-krl-2-60" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/konteinery-dlya-utilizatsii/konteiner-dlya-rtutnykh-lamp-krl-2-120" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/konteinery-dlya-utilizatsii/komplekt-demerkurizatsionnyi-baltika-dk-1" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/konteinery-dlya-utilizatsii/tubus-dlya-rtutnykh-lamp-trl-0-30" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/konteinery-dlya-utilizatsii/tubus-dlya-rtutnykh-lamp-trl-1-30" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/konteinery-dlya-utilizatsii/tubus-dlya-rtutnykh-lamp-trl-1-50" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/konteinery-dlya-utilizatsii/tubus-dlya-rtutnykh-lamp-trl-1-90" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/konteinery-dlya-utilizatsii/tubus-dlya-rtutnykh-lamp-trl-2-50" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/konteinery-dlya-utilizatsii/tubus-dlya-rtutnykh-lamp-trl-2-90" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/konteinery-dlya-utilizatsii/komplekt-demerkurizatsionnyi-baltika-dk-2" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/konteinery-dlya-utilizatsii/konteiner-dlya-sbora-batareek-01" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/konteinery-dlya-utilizatsii/yashchik-dlya-sbora-batareek-02" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/konteinery-dlya-utilizatsii/yashchik-dlya-vetoshi" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/konteinery-dlya-utilizatsii/tubus-dlya-rtutnykh-lamp-trl-0-90" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/krany-pozharnye-ventili-klapany/diafragma-d-50mm" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/krany-pozharnye-ventili-klapany/kran-kpch-50-1" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/krany-pozharnye-ventili-klapany/makhovik-barashek-k-ventilyu" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/krany-pozharnye-ventili-klapany/kran-sharovyi-babochka-d-15-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/krany-pozharnye-ventili-klapany/kran-kplp-65-1" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/krany-pozharnye-ventili-klapany/kran-kplp-50-1" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/krany-pozharnye-ventili-klapany/kran-kpl-65-1" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/krany-pozharnye-ventili-klapany/kran-kpl-50-1" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/krany-pozharnye-ventili-klapany/kran-kpchm-65-1" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/krany-pozharnye-ventili-klapany/kran-kpchm-50-1" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/krany-pozharnye-ventili-klapany/kran-kpchp-65-1" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/krany-pozharnye-ventili-klapany/kran-kpch-65-1" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/krany-pozharnye-ventili-klapany/kran-kpchp-50-1" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/krany-pozharnye-ventili-klapany/diafragma-d-65mm" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/krany-pozharnye-ventili-klapany/kran-kplm-50-1" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/krany-pozharnye-ventili-klapany/kran-kplm-65-1" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/krany-pozharnye-ventili-klapany/kran-kpchm-50-1-s-datchikom-dppk" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/krany-pozharnye-ventili-klapany/kran-kpl-50-1-s-datchikom-dppk" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/krany-pozharnye-ventili-klapany/kran-kpk-50-1" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/krany-pozharnye-ventili-klapany/kran-kpk-65-1" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/krany-pozharnye-ventili-klapany/kran-kpal-50" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/krany-pozharnye-ventili-klapany/kran-kpal-65" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/krany-pozharnye-ventili-klapany/rezba-du-50" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/krany-pozharnye-ventili-klapany/rezba-du-65" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/krany-pozharnye-ventili-klapany/rezba-du-80" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/krany-pozharnye-ventili-klapany/kran-kpk-50" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/krany-pozharnye-ventili-klapany/kran-kpk-65" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/krany-pozharnye-ventili-klapany/kran-kpl-50" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/krany-pozharnye-ventili-klapany/kran-kpl-65" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/krany-pozharnye-ventili-klapany/kran-kpl-50-90deg" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/krany-pozharnye-ventili-klapany/kran-kplp-50" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/krany-pozharnye-ventili-klapany/kran-kplp-50-mufta-mufta" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-v-d-80-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-v-d-50-mm-s-golovkami-gr-50p" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-v-d-50-mm-s-golovkoi-gr-50ap-i" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-napornyi-rpk-v-d-65-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-tip-sibteks-d-50-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-tip-sibteks-d-50-mm-s-golovkami-gr-0" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-tip-sibteks-d-50-mm-s-golovkami-gr" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-tip-sibteks-d-50-mm-s-golovkami-gr-1" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-tip-sibteks-d-65-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-v-d-80-mm-s-golovkami-gr-80ap" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-v-d-65-mm-s-golovkami-gr-65ap" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-tip-sibteks-d-65-mm-s-golovkami-gr" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-v-d-50-mm-s-golovkami-gr-50ap" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-pozharnyi-rpk-v-d-50-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-v-d-50-mm-s-golovkoi-gr-50p-i-stvolom" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-v-d-65-mm-s-golovkoi-gr-65ap-i" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-tip-universal-d-25-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-tip-universal-d-25-mm-s-golovkami-gr" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-tip-universal-d-50-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-tip-universal-d-50-mm-s-golovkami-1" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-tip-universal-d-50-mm-s-golovkami-0" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-tip-universal-d-50-mm-s-golovkami-gr" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-tip-universal-d-65-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-tip-universal-d-65-mm-s-golovkami-gr" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-tip-universal-d-65-mm-s-golovkoi-gr" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-tip-universal-d-38-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-tip-universal-d-38-mm-s-golovkami-gr" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-pozharnyi-klassik-rpkv-25-10-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-pozharnyi-klassik-rpkv-25-10-ukhl1-s-gr" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-pozharnyi-klassik-rpkv-40-10-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-pozharnyi-klassik-rpkv-40-10-ukhl1-s-gr" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-pozharnyi-klassik-rpkv-50-10-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-pozharnyi-klassik-rpkv-50-10-ukhl1-s-gr" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-pozharnyi-klassik-rpkv-65-10-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-pozharnyi-klassik-rpkv-50-10-ukhl1-s-gr-0" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-pozharnyi-klassik-rpkv-65-10-ukhl1-s-gr" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-pozharnyi-klassik-rpkv-65-10-ukhl1-s-gr-0" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-pozharnyi-klassik-rpkv-80-10-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-pozharnyi-klassik-rpkv-80-10-ukhl1-s-gr" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-pozharnyi-klassik-rpkv-100-08-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-pozharnyi-klassik-rpkv-100-08-ukhl1-s-gr" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-iznosostoikie/rukav-rpm-p-lateksirovannyi-d-80-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-iznosostoikie/rukav-rpm-p-lateksirovannyi-d-65-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-iznosostoikie/rukav-rpm-p-lateksirovannyi-d-80-mm-s-golovkami-gr-80ap" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-iznosostoikie/rukav-rpm-v-tip-ruteks-d-80-mm-s-gr-80ap" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-iznosostoikie/rukav-rpm-v-tip-ruteks-d-65-mm-s-gr-65ap" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-iznosostoikie/rukav-rpm-v-tip-ruteks-d-50-mm-s-gr-50ap" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-iznosostoikie/rukav-rpm-v-tip-ruteks-d-50-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-iznosostoikie/rukav-rpm-v-tip-ruteks-d-65-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-iznosostoikie/rukav-rpm-p-lateksirovannyi-d-50-mm-s-golovkami-gr-50ap" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-iznosostoikie/rukav-rpm-p-lateksirovannyi-d-50-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-iznosostoikie/rukav-rpm-p-lateksirovannyi-d-65-mm-s-golovkami-gr-65ap" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-iznosostoikie/rukav-rpm-v-tip-ruteks-d-80-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-iznosostoikie/rukav-rpm-p-lateksirovannyi-d-50-mm-s-golovkami-gr-50ap-i" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-iznosostoikie/rukav-rpm-p-lateksirovannyi-d-65-mm-s-golovkami-gr-65-i" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-iznosostoikie/rukav-rpm-p-lateksirovannyi-d-38-mm-s-golovkami-gr-3850" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-iznosostoikie/rukav-pozharnyi-premium-rpmv-40-16-i-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-iznosostoikie/rukav-pozharnyi-premium-rpmv-40-16-i-ukhl1-s-gr-3850" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-iznosostoikie/rukav-pozharnyi-premium-rpmv-25-16-i-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-iznosostoikie/rukav-pozharnyi-premium-rpmv-25-16-i-ukhl1-s-gr-25a" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-iznosostoikie/rukav-pozharnyi-ekspert-rpmv-50-16-i-ukhl1-s-gr-50ap" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-iznosostoikie/rukav-pozharnyi-ekspert-rpmv-50-16-i-ukhl1-s-gr-50ap-i-rs" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-iznosostoikie/rukav-pozharnyi-premium-rpmv-50-16-i-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-iznosostoikie/rukav-pozharnyi-premium-rpmv-50-16-i-ukhl1-s-gr-50ap" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-iznosostoikie/rukav-pozharnyi-premium-rpmv-50-16-i-ukhl1-s-gr-50ap-i-rs" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-iznosostoikie/rukav-pozharnyi-premium-rpmv-65-16-i-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-iznosostoikie/rukav-pozharnyi-premium-rpmv-65-16-i-ukhl1-s-gr-65ap" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-iznosostoikie/rukav-pozharnyi-premium-rpmv-65-16-i-ukhl1-s-gr-65ap-i-rs" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-iznosostoikie/rukav-pozharnyi-premium-rpmv-80-16-i-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-iznosostoikie/rukav-pozharnyi-premium-rpmv-80-16-i-ukhl1-s-gr-80ap" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-iznosostoikie/rukav-pozharnyi-premium-rpmv-100-12-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-iznosostoikie/rukav-pozharnyi-premium-rpmv-100-12-ukhl1-s-gr-100a" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-iznosostoikie/rukav-pozharnyi-premium-rpmv-150-12-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-iznosostoikie/rukav-pozharnyi-premium-rpmv-150-12-ukhl1-s-gr-150a" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-iznosostoikie/rukav-pozharnyi-ekspert-rpmv-50-16-i-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-iznosostoikie/rukav-pozharnyi-ekspert-rpmv-65-16-i-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-iznosostoikie/rukav-pozharnyi-ekspert-rpmv-65-16-i-ukhl1-s-gr-65ap" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-iznosostoikie/rukav-pozharnyi-ekspert-rpmv-65-16-i-ukhl1-s-gr-65ap-i-rs" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-iznosostoikie/rukav-pozharnyi-ekspert-rpmv-80-16-i-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-iznosostoikie/rukav-pozharnyi-ekspert-rpmv-80-16-i-ukhl1-s-gr-80ap" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-iznosostoikie/rukav-pozharnyi-ekspert-rpmv-100-12-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-iznosostoikie/rukav-pozharnyi-ekspert-rpmv-100-12-ukhl1-s-gr-100a" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-iznosostoikie/rukav-pozharnyi-ekspert-rpmv-150-12-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-iznosostoikie/rukav-pozharnyi-ekspert-rpmv-150-12-ukhl1-s-gr-150a" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-rpm-ukhl-tip-geteks-standart-d-80-mm-s-gr-80" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-rpm-ukhl-tip-geteks-standart-d-150-mm-s-gr-150" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-rpm-ukhl-tip-geteks-standart-d-100-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-rpm-ukhl-tip-geteks-standart-d-80-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-rpm-ukhl-tip-geteks-standart-d-65-mm-s-gr-65" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-rpm-ukhl-tip-geteks-standart-d-100-mm-s-grv-100" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-rpm-ukhl-tip-geteks-standart-d-65-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-rpm-ukhl-tip-geteks-standart-d-50-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-rpm-ukhl-tip-geteks-standart-d-150-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-rpm-ukhl-tip-geteks-standart-d-50-mm-s-gr-50" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-pozharnyi-selekt-rpmv-50-16-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-pozharnyi-selekt-rpmv-50-16-ukhl1-c-gr-50ap" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-pozharnyi-selekt-rpmv-50-16-ukhl1-s-gr-50-ap-i" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-pozharnyi-selekt-rpmv-65-16-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-pozharnyi-selekt-rpmv-65-16-ukhl1-c-gr-65ap" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-pozharnyi-selekt-rpmv-65-16-ukhl1-s-gr-65-ap-i" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-pozharnyi-selekt-rpmv-80-16-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-pozharnyi-selekt-rpmv-80-16-ukhl1-c-gr-80ap" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-usilennye/rukav-rpm-d-tip-armteks-d-65-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-usilennye/rukav-rpm-d-tip-armteks-d-65-mm-s-golovkami-gr" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-usilennye/rukav-rpm-d-tip-armteks-d-80-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-usilennye/rukav-rpm-d-tip-armteks-d-80-mm-s-golovkami-gr" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-usilennye/rukav-rpm-d-tip-armteks-d-50-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-usilennye/rukav-rpm-d-tip-armteks-d-50-mm-s-golovkami-gr" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-iznosostoikie/rukav-rpm-p-lateksirovannyi-d-38-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-usilennye/rukav-pozharnyi-tipa-lateks-rpmp-50-16-m-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-usilennye/rukav-pozharnyi-tipa-lateks-rpmp-50-16-m-ukhl1-0" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-usilennye/rukav-pozharnyi-tipa-lateks-rpmp-50-16-m-ukhl1-s" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-usilennye/rukav-pozharnyi-tipa-lateks-rpmp-65-16-m-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-usilennye/rukav-pozharnyi-tipa-lateks-rpmp-65-16-m-ukhl1-s" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-usilennye/rukav-pozharnyi-tipa-lateks-rpmp-65-16-m-ukhl1-s-0" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-usilennye/rukav-pozharnyi-tipa-lateks-rpmp-80-16-m-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-usilennye/rukav-pozharnyi-tipa-lateks-rpmp-80-16-m-ukhl1-s" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-usilennye/rukav-pozharnyi-lateksirovannyi-rpmd-50-16-im" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-usilennye/rukav-pozharnyi-lateksirovannyi-rpmd-50-16-im-0" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-usilennye/rukav-pozharnyi-lateksirovannyi-rpmd-50-16" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-usilennye/rukav-pozharnyi-lateksirovannyi-rpmd-65-16-im" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-usilennye/rukav-pozharnyi-lateksirovannyi-rpmd-65-16" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-usilennye/rukav-pozharnyi-lateksirovannyi-rpmd-65-16-im-0" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-usilennye/rukav-pozharnyi-lateksirovannyi-rpmd-80-16-im" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-usilennye/rukav-pozharnyi-lateksirovannyi-rpmd-80-16-im-0" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-usilennye/rukav-pozharnyi-lateksirovannyi-rpmd-90-16" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-usilennye/rukav-pozharnyi-lateksirovannyi-rpmd-90-16-im" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-usilennye/rukav-pozharnyi-lateksirovannyi-rpmd-100-12-m" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-usilennye/rukav-pozharnyi-lateksirovannyi-rpmd-100-12-m-0" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-usilennye/rukav-pozharnyi-lateksirovannyi-rpmd-150-12-m" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-usilennye/rukav-pozharnyi-lateksirovannyi-rpmd-150-12-m-0" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-naporno-vsasyvayushchie/rukav-naporno-vsasyvayushchii-d-75-mm-bez-golovok" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-naporno-vsasyvayushchie/rukav-vsasyvayushchii-d-38-mm-bez-golovok" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-naporno-vsasyvayushchie/rukav-vsasyvayushchii-d-50-mm-bez-golovok" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-naporno-vsasyvayushchie/rukav-naporno-vsasyvayushchii-d-100-mm-bez-golovok" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-naporno-vsasyvayushchie/rukav-vsasyvayushchii-d-25-mm-bez-golovok" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-naporno-vsasyvayushchie/rukav-vsasyvayushchii-d-65-mm-bez-golovok" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-naporno-vsasyvayushchie/rukav-vsasyvayushchii-d-125-mm-bez-golovok" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-naporno-vsasyvayushchie/rukav-vsasyvayushchii-d-150-mm-bez-golovok" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-naporno-vsasyvayushchie/rukav-vsasyvayushchii-d-25-mm-s-gr-25" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-naporno-vsasyvayushchie/rukav-vsasyvayushchii-d-38-mm-s-gr-3850" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-naporno-vsasyvayushchie/rukav-vsasyvayushchii-d-50-mm-s-gr-50" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-vsasyvayushchie-s-metallicheskoi-spiralyu-4-m/rukav-vsasyvayushchii-d-65-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-naporno-vsasyvayushchie/rukav-vsasyvayushchii-d-75-mm-s-gr-80" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-naporno-vsasyvayushchie/rukav-vsasyvayushchii-d-100-mm-s-grv-100" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-naporno-vsasyvayushchie/rukav-vsasyvayushchii-d-125-mm-s-grv-125" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-naporno-vsasyvayushchie/rukav-vsasyvayushchii-d-150-mm-s-grv-150" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ustroistva-vnutrikvartirnogo-pozharotusheniya/komplekt-vnutrikvartirnogo-pozharotusheniya-standart" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/ustroistva-vnutrikvartirnogo-pozharotusheniya/uvp-baltika-ekonom-bez-sumki" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/ustroistva-vnutrikvartirnogo-pozharotusheniya/uvp-ekonom-v-tkanevoi-sumke" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/komplekt-vnutrikvartirnogo-pozharotusheniya-baltika-standart-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/komplekt-uvp-baltika-ekonom-v-shkafu-230kh230" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/ustroistva-vnutrikvartirnogo-pozharotusheniya/uvp-baltika-premium-v-sumke" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/ustroistva-vnutrikvartirnogo-pozharotusheniya/uvp-baltika-premium-bez-sumki" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/ustroistva-vnutrikvartirnogo-pozharotusheniya/komplekt-uvp-baltika-premium-v-shkafu" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/ustroistva-dlya-raboty-s-pozharnymi-rukavami/zaderzhka-rukavnaya-zr-80" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/ustroistva-dlya-raboty-s-pozharnymi-rukavami/zaderzhka-rukavnaya-zr-150" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/ustroistva-dlya-raboty-s-pozharnymi-rukavami/mostik-rukavnyi-mpr-80" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/ustroistva-dlya-raboty-s-pozharnymi-rukavami/mostik-rukavnyi-mpr-150" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/ustroistva-dlya-raboty-s-pozharnymi-rukavami/zazhim-pozharnyi-rukavnyi-zpr-80" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/ustroistva-dlya-raboty-s-pozharnymi-rukavami/zazhim-pozharnyi-rukavnyi-zpr-150" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/ustroistva-dlya-raboty-s-pozharnymi-rukavami/mostik-rukavnyi-metallicheskii-mpr-80" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/ustroistva-dlya-raboty-s-pozharnymi-rukavami/mostik-rukavnyi-metallicheskii-mpr-150" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/ustroistva-dlya-raboty-s-pozharnymi-rukavami/zazhim-pozharnyi-rukavnyi-zpr-80-0" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/ustroistva-dlya-raboty-s-pozharnymi-rukavami/zazhim-pozharnyi-rukavnyi-zpr-150-0" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/ustroistva-dlya-raboty-s-pozharnymi-rukavami/zazhim-pozharnyi-rukavnyi-zpr-100" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-v-d-80-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-v-d-50-mm-s-golovkami-gr-50p" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-v-d-50-mm-s-golovkoi-gr-50ap-i" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-napornyi-rpk-v-d-65-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-tip-sibteks-d-50-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-tip-sibteks-d-50-mm-s-golovkami-gr-0" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-tip-sibteks-d-50-mm-s-golovkami-gr" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-tip-sibteks-d-50-mm-s-golovkami-gr-1" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-tip-sibteks-d-65-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-v-d-80-mm-s-golovkami-gr-80ap" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-v-d-65-mm-s-golovkami-gr-65ap" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-tip-sibteks-d-65-mm-s-golovkami-gr" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-v-d-50-mm-s-golovkami-gr-50ap" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-pozharnyi-rpk-v-d-50-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-v-d-50-mm-s-golovkoi-gr-50p-i-stvolom" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-v-d-65-mm-s-golovkoi-gr-65ap-i" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-tip-universal-d-25-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-tip-universal-d-25-mm-s-golovkami-gr" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-tip-universal-d-50-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-tip-universal-d-50-mm-s-golovkami-1" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-tip-universal-d-50-mm-s-golovkami-0" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-tip-universal-d-50-mm-s-golovkami-gr" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-tip-universal-d-65-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-tip-universal-d-65-mm-s-golovkami-gr" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-tip-universal-d-65-mm-s-golovkoi-gr" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-tip-universal-d-38-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-rpk-tip-universal-d-38-mm-s-golovkami-gr" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-pozharnyi-klassik-rpkv-25-10-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-pozharnyi-klassik-rpkv-25-10-ukhl1-s-gr" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-pozharnyi-klassik-rpkv-40-10-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-pozharnyi-klassik-rpkv-40-10-ukhl1-s-gr" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-pozharnyi-klassik-rpkv-50-10-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-pozharnyi-klassik-rpkv-50-10-ukhl1-s-gr" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-pozharnyi-klassik-rpkv-65-10-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-pozharnyi-klassik-rpkv-50-10-ukhl1-s-gr-0" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-pozharnyi-klassik-rpkv-65-10-ukhl1-s-gr" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-pozharnyi-klassik-rpkv-65-10-ukhl1-s-gr-0" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-pozharnyi-klassik-rpkv-80-10-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-pozharnyi-klassik-rpkv-80-10-ukhl1-s-gr" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-pozharnyi-klassik-rpkv-100-08-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-dlya-vnutrennikh-pk-10-atm/rukav-pozharnyi-klassik-rpkv-100-08-ukhl1-s-gr" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-napornye-lateksirovannye/rukav-pozharnyi-lateksirovannyi-rpmd-40-16-im-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-iznosostoikie/rukav-rpm-p-lateksirovannyi-d-38-mm-s-golovkami-gr-3850" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-napornye-lateksirovannye/rukav-pozharnyi-tipa-lateks-rpmp-50-16-m-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-napornye-lateksirovannye/rukav-pozharnyi-tipa-lateks-rpmp-50-16-m-ukhl1-s-0" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-napornye-lateksirovannye/rukav-pozharnyi-tipa-lateks-rpmp-50-16-m-ukhl1-s-gr" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-napornye-lateksirovannye/rukav-pozharnyi-tipa-lateks-rpmp-65-16-m-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-napornye-lateksirovannye/rukav-pozharnyi-tipa-lateks-rpmp-65-16-m-ukhl1-s-0" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-napornye-lateksirovannye/rukav-pozharnyi-tipa-lateks-rpmp-65-16-m-ukhl1-s-gr" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-napornye-lateksirovannye/rukav-pozharnyi-tipa-lateks-rpmp-80-16-m-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-napornye-lateksirovannye/rukav-pozharnyi-tipa-lateks-rpmp-80-16-m-ukhl1-s-gr" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-napornye-lateksirovannye/rukav-pozharnyi-lateksirovannyi-rpmd-50-16-im-0" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-napornye-lateksirovannye/rukav-pozharnyi-lateksirovannyi-rpmd-50-16-im-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-usilennye/rukav-pozharnyi-lateksirovannyi-rpmd-50-16" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-napornye-lateksirovannye/rukav-pozharnyi-lateksirovannyi-rpmd-65-16-im-0" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-usilennye/rukav-pozharnyi-lateksirovannyi-rpmd-65-16" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-napornye-lateksirovannye/rukav-pozharnyi-lateksirovannyi-rpmd-65-16-im-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-napornye-lateksirovannye/rukav-pozharnyi-lateksirovannyi-rpmd-80-16-im-0" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-napornye-lateksirovannye/rukav-pozharnyi-lateksirovannyi-rpmd-80-16-im-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-usilennye/rukav-pozharnyi-lateksirovannyi-rpmd-90-16" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-napornye-lateksirovannye/rukav-pozharnyi-lateksirovannyi-rpmd-90-16-im-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-napornye-lateksirovannye/rukav-pozharnyi-lateksirovannyi-rpmd-100-12-m-0" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-napornye-lateksirovannye/rukav-pozharnyi-lateksirovannyi-rpmd-100-12-m-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-napornye-lateksirovannye/rukav-pozharnyi-lateksirovannyi-rpmd-150-12-m-0" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-napornye-lateksirovannye/rukav-pozharnyi-lateksirovannyi-rpmd-150-12-m-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-rpm-v-80-16-tip-geteks-standart-d-80-mm-s-gr" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-rpm-v-tip-ruteks-d-80-mm-s-gr-80ap" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-rpm-v-tip-ruteks-d-65-mm-s-gr-65ap" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-rpm-v-tip-ruteks-d-50-mm-s-gr-50ap" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-rpm-v-150-12-tip-geteks-standart-d-150-mm-s-gr" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-rpm-v-tip-ruteks-d-50-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-rpm-v-tip-ruteks-d-65-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-rpm-v-100-12-tip-geteks-standart-d-100-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-rpm-v-80-16-tip-geteks-standart-d-80-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-rpm-v-65-16-tip-geteks-standart-d-65-mm-s-gr" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-rpm-v-100-12-tip-geteks-standart-d-100-mm-s-grv" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-rpm-v-65-16-tip-geteks-standart-d-65-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-rpm-v-50-16-tip-geteks-standart-d-50-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-rpm-v-tip-ruteks-d-80-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-rpm-v-150-12-tip-geteks-standart-d-150-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-rpm-v-50-16-tip-geteks-standart-d-50-mm-s-gr" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-pozharnyi-premium-rpmv-40-16-i-ukhl1-0" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-pozharnyi-premium-rpmv-40-16-i-ukhl1-s-gr-0" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-pozharnyi-selekt-rpmv-50-16-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-pozharnyi-selekt-rpmv-50-16-ukhl1-c-gr-50ap" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-pozharnyi-selekt-rpmv-50-16-ukhl1-s-gr-50-ap-i" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-pozharnyi-selekt-rpmv-65-16-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-pozharnyi-selekt-rpmv-65-16-ukhl1-c-gr-65ap" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-pozharnyi-selekt-rpmv-65-16-ukhl1-s-gr-65-ap-i" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-pozharnyi-selekt-rpmv-80-16-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-pozharnyi-selekt-rpmv-80-16-ukhl1-c-gr-80ap" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-pozharnyi-premium-rpmv-25-16-i-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-pozharnyi-premium-rpmv-25-16-i-ukhl1-s-gr-25a" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-pozharnyi-ekspert-rpmv-50-16-i-ukhl1-s-gr-50ap" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-pozharnyi-ekspert-rpmv-50-16-i-ukhl1-s-gr-0" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-pozharnyi-premium-rpmv-50-16-i-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-pozharnyi-premium-rpmv-50-16-i-ukhl1-s-gr-50ap" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-pozharnyi-premium-rpmv-50-16-i-ukhl1-s-gr-0" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-pozharnyi-premium-rpmv-65-16-i-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-pozharnyi-premium-rpmv-65-16-i-ukhl1-s-gr-65ap" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-pozharnyi-premium-rpmv-65-16-i-ukhl1-s-gr-0" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-pozharnyi-premium-rpmv-80-16-i-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-pozharnyi-premium-rpmv-80-16-i-ukhl1-s-gr-80ap" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-pozharnyi-premium-rpmv-100-12-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-pozharnyi-premium-rpmv-100-12-ukhl1-s-gr-100a" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-pozharnyi-premium-rpmv-150-12-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-pozharnyi-premium-rpmv-150-12-ukhl1-s-gr-150a" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-pozharnyi-ekspert-rpmv-50-16-i-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-pozharnyi-ekspert-rpmv-65-16-i-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-pozharnyi-ekspert-rpmv-65-16-i-ukhl1-s-gr-65ap" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-pozharnyi-ekspert-rpmv-65-16-i-ukhl1-s-gr-0" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-pozharnyi-ekspert-rpmv-80-16-i-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-pozharnyi-ekspert-rpmv-80-16-i-ukhl1-s-gr-80ap" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-pozharnyi-ekspert-rpmv-100-12-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-pozharnyi-ekspert-rpmv-100-12-ukhl1-s-gr-100a" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-pozharnyi-ekspert-rpmv-150-12-ukhl1" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-16-atm/rukav-pozharnyi-ekspert-rpmv-150-12-ukhl1-s-gr-150a" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-usilennye/rukav-rpm-d-tip-armteks-d-65-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-usilennye/rukav-rpm-d-tip-armteks-d-65-mm-s-golovkami-gr" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-usilennye/rukav-rpm-d-tip-armteks-d-80-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-usilennye/rukav-rpm-d-tip-armteks-d-80-mm-s-golovkami-gr" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-usilennye/rukav-rpm-d-tip-armteks-d-50-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/napornye-morozostoikie-usilennye/rukav-rpm-d-tip-armteks-d-50-mm-s-golovkami-gr" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-naporno-vsasyvayushchie/rukav-naporno-vsasyvayushchii-d-75-mm-bez-golovok" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-naporno-vsasyvayushchie/rukav-vsasyvayushchii-d-38-mm-bez-golovok" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-naporno-vsasyvayushchie/rukav-vsasyvayushchii-d-50-mm-bez-golovok" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-naporno-vsasyvayushchie/rukav-naporno-vsasyvayushchii-d-100-mm-bez-golovok" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-naporno-vsasyvayushchie/rukav-vsasyvayushchii-d-25-mm-bez-golovok" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-naporno-vsasyvayushchie/rukav-vsasyvayushchii-d-65-mm-bez-golovok" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-naporno-vsasyvayushchie/rukav-vsasyvayushchii-d-125-mm-bez-golovok" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-naporno-vsasyvayushchie/rukav-vsasyvayushchii-d-150-mm-bez-golovok" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-naporno-vsasyvayushchie/rukav-vsasyvayushchii-d-25-mm-s-gr-25" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-naporno-vsasyvayushchie/rukav-vsasyvayushchii-d-38-mm-s-gr-3850" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-naporno-vsasyvayushchie/rukav-vsasyvayushchii-d-50-mm-s-gr-50" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-vsasyvayushchie-s-metallicheskoi-spiralyu-4-m/rukav-vsasyvayushchii-d-65-mm" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-naporno-vsasyvayushchie/rukav-vsasyvayushchii-d-75-mm-s-gr-80" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-naporno-vsasyvayushchie/rukav-vsasyvayushchii-d-100-mm-s-grv-100" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-naporno-vsasyvayushchie/rukav-vsasyvayushchii-d-125-mm-s-grv-125" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/rukava-naporno-vsasyvayushchie/rukav-vsasyvayushchii-d-150-mm-s-grv-150" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ustroistva-vnutrikvartirnogo-pozharotusheniya/komplekt-vnutrikvartirnogo-pozharotusheniya-standart" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/ustroistva-vnutrikvartirnogo-pozharotusheniya/uvp-baltika-ekonom-bez-sumki" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/ustroistva-vnutrikvartirnogo-pozharotusheniya/uvp-ekonom-v-tkanevoi-sumke" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/komplekt-vnutrikvartirnogo-pozharotusheniya-baltika-standart-premium" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/komplekt-uvp-baltika-ekonom-v-shkafu-230kh230" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/ustroistva-vnutrikvartirnogo-pozharotusheniya/uvp-baltika-premium-v-sumke" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/ustroistva-vnutrikvartirnogo-pozharotusheniya/uvp-baltika-premium-bez-sumki" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/ustroistva-vnutrikvartirnogo-pozharotusheniya/komplekt-uvp-baltika-premium-v-shkafu" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/ustroistva-dlya-raboty-s-pozharnymi-rukavami/zaderzhka-rukavnaya-zr-80" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/ustroistva-dlya-raboty-s-pozharnymi-rukavami/zaderzhka-rukavnaya-zr-150" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/ustroistva-dlya-raboty-s-pozharnymi-rukavami/mostik-rukavnyi-mpr-80" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/ustroistva-dlya-raboty-s-pozharnymi-rukavami/mostik-rukavnyi-mpr-150" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/ustroistva-dlya-raboty-s-pozharnymi-rukavami/zazhim-pozharnyi-rukavnyi-zpr-80" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/ustroistva-dlya-raboty-s-pozharnymi-rukavami/zazhim-pozharnyi-rukavnyi-zpr-150" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/ustroistva-dlya-raboty-s-pozharnymi-rukavami/mostik-rukavnyi-metallicheskii-mpr-80" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/ustroistva-dlya-raboty-s-pozharnymi-rukavami/mostik-rukavnyi-metallicheskii-mpr-150" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/ustroistva-dlya-raboty-s-pozharnymi-rukavami/zazhim-pozharnyi-rukavnyi-zpr-80-0" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/ustroistva-dlya-raboty-s-pozharnymi-rukavami/zazhim-pozharnyi-rukavnyi-zpr-150-0" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukava-pozharnye/ustroistva-dlya-raboty-s-pozharnymi-rukavami/zazhim-pozharnyi-rukavnyi-zpr-100" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/stanok-dlya-navyazki-rukavov-vruchnuyu-ziegler-germaniya" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/gidrotester-pozharnykh-kranov-baltika-01" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ustanovka-dlya-namotki-pozharnykh-rukavov-v-skatku-tts-11" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ustanovka-dlya-namotki-pozharnykh-rukavov-v-skatku-tts-11p" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/stanok-dlya-perekatki-pozharnykh-rukavov-na-novoe-rebro-tts-12" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/stanok-dlya-namotki-pozharnykh-rukavov-v-skatku-tts-52" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ustanovka-dlya-sushki-pozharnykh-rukavov-aist-1" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ustanovka-dlya-sushki-i-talkirovaniya-rukavov-aist-2" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ustanovka-dlya-talkirovaniya-pozharnykh-rukavov-aist-3" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukavomoechnaya-mashina-tts-14" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/stanok-dlya-navyazki-pozharnykh-rukavov-tts-15" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/stanok-dlya-navyazki-pozharnykh-rukavov-tts-15p" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ustanovka-dlya-navyazki-pozharnykh-napornykh-rukavov-tts-15r" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ustanovka-dlya-gidravlicheskikh-ispytanii-pozharnykh-rukavov-ugir" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ustanovka-dlya-gidravlicheskikh-ispytanii-pozharnykh-rukavov-ugir-1m" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/stanok-dlya-namotki-pozharnykh-rukavov-v-skatku-baltika-01" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/stanok-dlya-namotki-v-skatku-i-perekatki-na-novyi-shov-rukavov-baltika-01-p" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/komplekt-dlya-navyazki-rukavov-vruchnuyu-baltika-01" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/stanok-dlya-namotki-pozharnykh-rukavov-v-skatku-baltika-01-m" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/oborudovanie-dlya-obsluzhivaniya-pozharnykh-rukavov/shkaf-dlya-pozharnoi-kolonki-kpa" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/stanok-dlya-namotki-pozharnykh-rukavov-v-dvoinuyu-skatku-baltika-01-2s" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/stanok-dlya-namotki-pozharnykh-rukavov-v-skatku-baltika-01-ep" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/tiski-dlya-fiksatsii-ognetushitelei-baltika" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/oborudovanie-dlya-obsluzhivaniya-pozharnykh-rukavov/stanok-dlya-namotki-i-perekatki-v-dvoinuyu" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/oborudovanie-dlya-obsluzhivaniya-pozharnykh-rukavov/strubtsina-dlya-remonta-pozharnykh-rukavov-st" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/oborudovanie-dlya-obsluzhivaniya-pozharnykh-rukavov/shkaf-dlya-khraneniya-pozharnykh-rukavov" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/oborudovanie-dlya-obsluzhivaniya-pozharnykh-rukavov/stellazh-dlya-khraneniya-pozharnykh-rukavov" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/oborudovanie-dlya-obsluzhivaniya-pozharnykh-rukavov/stanok-dlya-namotki-pozharnykh-rukavov-v-skatku" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/oborudovanie-dlya-obsluzhivaniya-pozharnykh-rukavov/oprokidyvatel-dlya-ballonov-baltika" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/stanok-dlya-navyazki-rukavov-vruchnuyu-ziegler-germaniya" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/gidrotester-pozharnykh-kranov-baltika-01" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ustanovka-dlya-namotki-pozharnykh-rukavov-v-skatku-tts-11" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ustanovka-dlya-namotki-pozharnykh-rukavov-v-skatku-tts-11p" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/stanok-dlya-perekatki-pozharnykh-rukavov-na-novoe-rebro-tts-12" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/stanok-dlya-namotki-pozharnykh-rukavov-v-skatku-tts-52" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ustanovka-dlya-sushki-pozharnykh-rukavov-aist-1" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ustanovka-dlya-sushki-i-talkirovaniya-rukavov-aist-2" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ustanovka-dlya-talkirovaniya-pozharnykh-rukavov-aist-3" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/rukavomoechnaya-mashina-tts-14" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/stanok-dlya-navyazki-pozharnykh-rukavov-tts-15" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/stanok-dlya-navyazki-pozharnykh-rukavov-tts-15p" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ustanovka-dlya-navyazki-pozharnykh-napornykh-rukavov-tts-15r" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ustanovka-dlya-gidravlicheskikh-ispytanii-pozharnykh-rukavov-ugir" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/ustanovka-dlya-gidravlicheskikh-ispytanii-pozharnykh-rukavov-ugir-1m" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/stanok-dlya-namotki-pozharnykh-rukavov-v-skatku-baltika-01" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/stanok-dlya-namotki-v-skatku-i-perekatki-na-novyi-shov-rukavov-baltika-01-p" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/komplekt-dlya-navyazki-rukavov-vruchnuyu-baltika-01" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/stanok-dlya-namotki-pozharnykh-rukavov-v-skatku-baltika-01-m" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/oborudovanie-dlya-obsluzhivaniya-pozharnykh-rukavov/shkaf-dlya-pozharnoi-kolonki-kpa" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/stanok-dlya-namotki-pozharnykh-rukavov-v-dvoinuyu-skatku-baltika-01-2s" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/stanok-dlya-namotki-pozharnykh-rukavov-v-skatku-baltika-01-ep" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/tiski-dlya-fiksatsii-ognetushitelei-baltika" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/oborudovanie-dlya-obsluzhivaniya-pozharnykh-rukavov/stanok-dlya-namotki-i-perekatki-v-dvoinuyu" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/oborudovanie-dlya-obsluzhivaniya-pozharnykh-rukavov/strubtsina-dlya-remonta-pozharnykh-rukavov-st" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/oborudovanie-dlya-obsluzhivaniya-pozharnykh-rukavov/shkaf-dlya-khraneniya-pozharnykh-rukavov" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/oborudovanie-dlya-obsluzhivaniya-pozharnykh-rukavov/stellazh-dlya-khraneniya-pozharnykh-rukavov" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/oborudovanie-dlya-obsluzhivaniya-pozharnykh-rukavov/stanok-dlya-namotki-pozharnykh-rukavov-v-skatku" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/oborudovanie-dlya-obsluzhivaniya-pozharnykh-rukavov/oprokidyvatel-dlya-ballonov-baltika" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/oborudovanie-dlya-obsluzhivaniya-pozharnykh-rukavov/gidrotester-gidrantov-baltika-01" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/oborudovanie-dlya-obsluzhivaniya-pozharnykh-rukavov/komplekt-klyuchei-zaryadnikov-baltika" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nfcom.ru/oborudovanie-dlya-obsluzhivaniya-pozharnykh-rukavov/gidrotester-gidrantov-baltika-01-s-kolonkoi-kpa" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AMK303"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D303" sqref="D303"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.5703125" customWidth="true" style="0"/>
     <col min="2" max="2" width="90.692139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.710938" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.5703125" customWidth="true" style="0"/>
     <col min="6" max="6" width="8.5703125" customWidth="true" style="0"/>
     <col min="7" max="7" width="8.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="8.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="8.5703125" customWidth="true" style="0"/>
     <col min="10" max="10" width="8.5703125" customWidth="true" style="0"/>
@@ -13814,152 +13913,152 @@
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:1025">
       <c r="A7" s="6">
         <v>2</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>10</v>
       </c>
       <c r="C7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="D7" s="7" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:1025">
       <c r="A8" s="6">
         <v>3</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="7">
-        <v>374</v>
+        <v>383</v>
       </c>
       <c r="D8" s="7">
-        <v>396</v>
+        <v>405</v>
       </c>
     </row>
     <row r="9" spans="1:1025">
       <c r="A9" s="6">
         <v>4</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="7">
-        <v>421</v>
+        <v>441</v>
       </c>
       <c r="D9" s="7">
-        <v>445</v>
+        <v>466</v>
       </c>
     </row>
     <row r="10" spans="1:1025">
       <c r="A10" s="6">
         <v>5</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>15</v>
       </c>
       <c r="C10" s="7">
-        <v>523</v>
+        <v>537</v>
       </c>
       <c r="D10" s="7">
-        <v>553</v>
+        <v>567</v>
       </c>
     </row>
     <row r="11" spans="1:1025">
       <c r="A11" s="6">
         <v>6</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C11" s="7">
-        <v>757</v>
+        <v>777</v>
       </c>
       <c r="D11" s="7">
-        <v>800</v>
+        <v>821</v>
       </c>
     </row>
     <row r="12" spans="1:1025">
       <c r="A12" s="6">
         <v>7</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>17</v>
       </c>
       <c r="C12" s="7">
-        <v>579</v>
+        <v>593</v>
       </c>
       <c r="D12" s="7">
-        <v>611</v>
+        <v>627</v>
       </c>
     </row>
     <row r="13" spans="1:1025">
       <c r="A13" s="6">
         <v>8</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C13" s="7">
-        <v>967</v>
+        <v>993</v>
       </c>
       <c r="D13" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:1025">
       <c r="A14" s="6">
         <v>9</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="7" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="7" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:1025">
       <c r="A15" s="6">
         <v>10</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>23</v>
       </c>
       <c r="C15" s="7">
-        <v>671</v>
+        <v>689</v>
       </c>
       <c r="D15" s="7">
-        <v>709</v>
+        <v>728</v>
       </c>
     </row>
     <row r="16" spans="1:1025">
       <c r="A16" s="6">
         <v>11</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>24</v>
       </c>
       <c r="C16" s="7" t="s">
         <v>25</v>
       </c>
       <c r="D16" s="7" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="17" spans="1:1025">
       <c r="A17" s="6">
         <v>12</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>27</v>
       </c>
       <c r="C17" s="7" t="s">
         <v>28</v>
@@ -14038,54 +14137,54 @@
         <v>652</v>
       </c>
     </row>
     <row r="23" spans="1:1025">
       <c r="A23" s="6">
         <v>18</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>37</v>
       </c>
       <c r="C23" s="7">
         <v>718</v>
       </c>
       <c r="D23" s="7">
         <v>758</v>
       </c>
     </row>
     <row r="24" spans="1:1025">
       <c r="A24" s="6">
         <v>19</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>38</v>
       </c>
       <c r="C24" s="7">
-        <v>684</v>
+        <v>803</v>
       </c>
       <c r="D24" s="7">
-        <v>723</v>
+        <v>849</v>
       </c>
     </row>
     <row r="25" spans="1:1025">
       <c r="A25" s="6">
         <v>20</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>39</v>
       </c>
       <c r="C25" s="7" t="s">
         <v>40</v>
       </c>
       <c r="D25" s="7" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="26" spans="1:1025">
       <c r="A26" s="6">
         <v>21</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>42</v>
       </c>
       <c r="C26" s="7" t="s">
         <v>43</v>
@@ -15319,359 +15418,359 @@
       </c>
     </row>
     <row r="115" spans="1:1025">
       <c r="A115" s="4" t="s">
         <v>259</v>
       </c>
       <c r="B115" s="5"/>
       <c r="C115" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D115" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="116" spans="1:1025">
       <c r="A116" s="6">
         <v>1</v>
       </c>
       <c r="B116" s="6" t="s">
         <v>260</v>
       </c>
       <c r="C116" s="7" t="s">
         <v>261</v>
       </c>
       <c r="D116" s="7" t="s">
-        <v>262</v>
+        <v>32</v>
       </c>
     </row>
     <row r="117" spans="1:1025">
       <c r="A117" s="6">
         <v>2</v>
       </c>
       <c r="B117" s="6" t="s">
+        <v>262</v>
+      </c>
+      <c r="C117" s="7" t="s">
         <v>263</v>
       </c>
-      <c r="C117" s="7" t="s">
+      <c r="D117" s="7" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
     </row>
     <row r="118" spans="1:1025">
       <c r="A118" s="6">
         <v>3</v>
       </c>
       <c r="B118" s="6" t="s">
+        <v>265</v>
+      </c>
+      <c r="C118" s="7" t="s">
         <v>266</v>
       </c>
-      <c r="C118" s="7" t="s">
+      <c r="D118" s="7" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="119" spans="1:1025">
       <c r="A119" s="6">
         <v>4</v>
       </c>
       <c r="B119" s="6" t="s">
+        <v>268</v>
+      </c>
+      <c r="C119" s="7" t="s">
         <v>269</v>
       </c>
-      <c r="C119" s="7" t="s">
+      <c r="D119" s="7" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="120" spans="1:1025">
       <c r="A120" s="6">
         <v>5</v>
       </c>
       <c r="B120" s="6" t="s">
+        <v>271</v>
+      </c>
+      <c r="C120" s="7" t="s">
         <v>272</v>
       </c>
-      <c r="C120" s="7" t="s">
+      <c r="D120" s="7" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="121" spans="1:1025">
       <c r="A121" s="6">
         <v>6</v>
       </c>
       <c r="B121" s="6" t="s">
+        <v>274</v>
+      </c>
+      <c r="C121" s="7" t="s">
         <v>275</v>
       </c>
-      <c r="C121" s="7" t="s">
+      <c r="D121" s="7" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
     </row>
     <row r="122" spans="1:1025">
       <c r="A122" s="6">
         <v>7</v>
       </c>
       <c r="B122" s="6" t="s">
+        <v>277</v>
+      </c>
+      <c r="C122" s="7" t="s">
         <v>278</v>
       </c>
-      <c r="C122" s="7" t="s">
+      <c r="D122" s="7" t="s">
         <v>279</v>
-      </c>
-[...1 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="123" spans="1:1025">
       <c r="A123" s="6">
         <v>8</v>
       </c>
       <c r="B123" s="6" t="s">
+        <v>280</v>
+      </c>
+      <c r="C123" s="7" t="s">
         <v>281</v>
       </c>
-      <c r="C123" s="7" t="s">
+      <c r="D123" s="7" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="124" spans="1:1025">
       <c r="A124" s="6">
         <v>9</v>
       </c>
       <c r="B124" s="6" t="s">
+        <v>283</v>
+      </c>
+      <c r="C124" s="7" t="s">
         <v>284</v>
       </c>
-      <c r="C124" s="7" t="s">
+      <c r="D124" s="7" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
     </row>
     <row r="125" spans="1:1025">
       <c r="A125" s="6">
         <v>10</v>
       </c>
       <c r="B125" s="6" t="s">
+        <v>286</v>
+      </c>
+      <c r="C125" s="7" t="s">
         <v>287</v>
       </c>
-      <c r="C125" s="7" t="s">
+      <c r="D125" s="7" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
     </row>
     <row r="126" spans="1:1025">
       <c r="A126" s="6">
         <v>11</v>
       </c>
       <c r="B126" s="6" t="s">
+        <v>289</v>
+      </c>
+      <c r="C126" s="7" t="s">
         <v>290</v>
       </c>
-      <c r="C126" s="7" t="s">
+      <c r="D126" s="7" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
     </row>
     <row r="127" spans="1:1025">
       <c r="A127" s="6">
         <v>12</v>
       </c>
       <c r="B127" s="6" t="s">
+        <v>292</v>
+      </c>
+      <c r="C127" s="7" t="s">
         <v>293</v>
       </c>
-      <c r="C127" s="7" t="s">
+      <c r="D127" s="7" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="128" spans="1:1025">
       <c r="A128" s="6">
         <v>13</v>
       </c>
       <c r="B128" s="6" t="s">
+        <v>295</v>
+      </c>
+      <c r="C128" s="7" t="s">
         <v>296</v>
       </c>
-      <c r="C128" s="7" t="s">
+      <c r="D128" s="7" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
     </row>
     <row r="129" spans="1:1025">
       <c r="A129" s="6">
         <v>14</v>
       </c>
       <c r="B129" s="6" t="s">
+        <v>298</v>
+      </c>
+      <c r="C129" s="7" t="s">
         <v>299</v>
       </c>
-      <c r="C129" s="7" t="s">
+      <c r="D129" s="7" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="130" spans="1:1025">
       <c r="A130" s="6">
         <v>15</v>
       </c>
       <c r="B130" s="6" t="s">
+        <v>301</v>
+      </c>
+      <c r="C130" s="7" t="s">
         <v>302</v>
       </c>
-      <c r="C130" s="7" t="s">
+      <c r="D130" s="7" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="131" spans="1:1025">
       <c r="A131" s="6">
         <v>16</v>
       </c>
       <c r="B131" s="6" t="s">
+        <v>304</v>
+      </c>
+      <c r="C131" s="7" t="s">
         <v>305</v>
       </c>
-      <c r="C131" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D131" s="7" t="s">
-        <v>307</v>
+        <v>50</v>
       </c>
     </row>
     <row r="132" spans="1:1025">
       <c r="A132" s="6">
         <v>17</v>
       </c>
       <c r="B132" s="6" t="s">
+        <v>306</v>
+      </c>
+      <c r="C132" s="7" t="s">
+        <v>307</v>
+      </c>
+      <c r="D132" s="7" t="s">
         <v>308</v>
-      </c>
-[...4 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="133" spans="1:1025">
       <c r="A133" s="6">
         <v>18</v>
       </c>
       <c r="B133" s="6" t="s">
+        <v>309</v>
+      </c>
+      <c r="C133" s="7" t="s">
+        <v>310</v>
+      </c>
+      <c r="D133" s="7" t="s">
         <v>311</v>
-      </c>
-[...4 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="134" spans="1:1025">
       <c r="A134" s="6">
         <v>19</v>
       </c>
       <c r="B134" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="C134" s="7" t="s">
+        <v>313</v>
+      </c>
+      <c r="D134" s="7" t="s">
         <v>314</v>
-      </c>
-[...4 lines deleted...]
-        <v>316</v>
       </c>
     </row>
     <row r="135" spans="1:1025">
       <c r="A135" s="6">
         <v>20</v>
       </c>
       <c r="B135" s="6" t="s">
+        <v>315</v>
+      </c>
+      <c r="C135" s="7" t="s">
+        <v>316</v>
+      </c>
+      <c r="D135" s="7" t="s">
         <v>317</v>
-      </c>
-[...4 lines deleted...]
-        <v>319</v>
       </c>
     </row>
     <row r="136" spans="1:1025">
       <c r="A136" s="6">
         <v>21</v>
       </c>
       <c r="B136" s="6" t="s">
+        <v>318</v>
+      </c>
+      <c r="C136" s="7" t="s">
+        <v>319</v>
+      </c>
+      <c r="D136" s="7" t="s">
         <v>320</v>
-      </c>
-[...4 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="137" spans="1:1025">
       <c r="A137" s="6">
         <v>22</v>
       </c>
       <c r="B137" s="6" t="s">
+        <v>321</v>
+      </c>
+      <c r="C137" s="7" t="s">
+        <v>322</v>
+      </c>
+      <c r="D137" s="7" t="s">
         <v>323</v>
-      </c>
-[...4 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="138" spans="1:1025">
       <c r="A138" s="6">
         <v>23</v>
       </c>
       <c r="B138" s="6" t="s">
+        <v>324</v>
+      </c>
+      <c r="C138" s="7" t="s">
+        <v>325</v>
+      </c>
+      <c r="D138" s="7" t="s">
         <v>326</v>
-      </c>
-[...4 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="139" spans="1:1025">
       <c r="A139" s="6">
         <v>24</v>
       </c>
       <c r="B139" s="6" t="s">
         <v>327</v>
       </c>
       <c r="C139" s="7" t="s">
         <v>328</v>
       </c>
       <c r="D139" s="7" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="140" spans="1:1025">
       <c r="A140" s="6">
         <v>25</v>
       </c>
       <c r="B140" s="6" t="s">
         <v>330</v>
       </c>
       <c r="C140" s="7" t="s">
         <v>328</v>
@@ -16022,54 +16121,54 @@
         <v>397</v>
       </c>
     </row>
     <row r="166" spans="1:1025">
       <c r="A166" s="6">
         <v>13</v>
       </c>
       <c r="B166" s="6" t="s">
         <v>398</v>
       </c>
       <c r="C166" s="7" t="s">
         <v>399</v>
       </c>
       <c r="D166" s="7" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="167" spans="1:1025">
       <c r="A167" s="6">
         <v>14</v>
       </c>
       <c r="B167" s="6" t="s">
         <v>401</v>
       </c>
       <c r="C167" s="7">
-        <v>281</v>
+        <v>194</v>
       </c>
       <c r="D167" s="7">
-        <v>292</v>
+        <v>202</v>
       </c>
     </row>
     <row r="168" spans="1:1025">
       <c r="A168" s="6">
         <v>15</v>
       </c>
       <c r="B168" s="6" t="s">
         <v>402</v>
       </c>
       <c r="C168" s="7" t="s">
         <v>403</v>
       </c>
       <c r="D168" s="7" t="s">
         <v>404</v>
       </c>
     </row>
     <row r="169" spans="1:1025">
       <c r="A169" s="6">
         <v>16</v>
       </c>
       <c r="B169" s="6" t="s">
         <v>405</v>
       </c>
       <c r="C169" s="7" t="s">
         <v>406</v>
@@ -16102,138 +16201,138 @@
       <c r="C171" s="7" t="s">
         <v>412</v>
       </c>
       <c r="D171" s="7" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="172" spans="1:1025">
       <c r="A172" s="6">
         <v>19</v>
       </c>
       <c r="B172" s="6" t="s">
         <v>414</v>
       </c>
       <c r="C172" s="7"/>
       <c r="D172" s="7"/>
     </row>
     <row r="173" spans="1:1025">
       <c r="A173" s="6">
         <v>20</v>
       </c>
       <c r="B173" s="6" t="s">
         <v>415</v>
       </c>
       <c r="C173" s="7" t="s">
-        <v>41</v>
+        <v>416</v>
       </c>
       <c r="D173" s="7" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
     </row>
     <row r="174" spans="1:1025">
       <c r="A174" s="6">
         <v>21</v>
       </c>
       <c r="B174" s="6" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C174" s="7" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="D174" s="7" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
     </row>
     <row r="175" spans="1:1025">
       <c r="A175" s="6">
         <v>22</v>
       </c>
       <c r="B175" s="6" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C175" s="7" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="D175" s="7" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
     </row>
     <row r="176" spans="1:1025">
       <c r="A176" s="6">
         <v>23</v>
       </c>
       <c r="B176" s="6" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="C176" s="7" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="D176" s="7" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
     </row>
     <row r="177" spans="1:1025">
       <c r="A177" s="6">
         <v>24</v>
       </c>
       <c r="B177" s="6" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C177" s="7" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="D177" s="7" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
     </row>
     <row r="178" spans="1:1025">
       <c r="A178" s="6">
         <v>25</v>
       </c>
       <c r="B178" s="6" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="C178" s="7" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="D178" s="7" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
     </row>
     <row r="179" spans="1:1025">
       <c r="A179" s="6">
         <v>26</v>
       </c>
       <c r="B179" s="6" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C179" s="7" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="D179" s="7" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
     </row>
     <row r="180" spans="1:1025">
       <c r="A180" s="6">
         <v>27</v>
       </c>
       <c r="B180" s="6" t="s">
         <v>435</v>
       </c>
       <c r="C180" s="7" t="s">
         <v>436</v>
       </c>
       <c r="D180" s="7" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="181" spans="1:1025">
       <c r="A181" s="4" t="s">
         <v>438</v>
       </c>
       <c r="B181" s="5"/>
       <c r="C181" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D181" s="5" t="s">
@@ -16278,1674 +16377,1674 @@
       </c>
       <c r="D184" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="185" spans="1:1025">
       <c r="A185" s="4" t="s">
         <v>446</v>
       </c>
       <c r="B185" s="5"/>
       <c r="C185" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D185" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="186" spans="1:1025">
       <c r="A186" s="6">
         <v>1</v>
       </c>
       <c r="B186" s="6" t="s">
         <v>447</v>
       </c>
       <c r="C186" s="7">
-        <v>303</v>
+        <v>313</v>
       </c>
       <c r="D186" s="7">
-        <v>320</v>
+        <v>331</v>
       </c>
     </row>
     <row r="187" spans="1:1025">
       <c r="A187" s="6">
         <v>2</v>
       </c>
       <c r="B187" s="6" t="s">
         <v>448</v>
       </c>
       <c r="C187" s="7">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="D187" s="7">
-        <v>195</v>
+        <v>202</v>
       </c>
     </row>
     <row r="188" spans="1:1025">
       <c r="A188" s="6">
         <v>3</v>
       </c>
       <c r="B188" s="6" t="s">
         <v>449</v>
       </c>
       <c r="C188" s="7">
-        <v>205</v>
+        <v>211</v>
       </c>
       <c r="D188" s="7">
-        <v>216</v>
+        <v>223</v>
       </c>
     </row>
     <row r="189" spans="1:1025">
       <c r="A189" s="6">
         <v>4</v>
       </c>
       <c r="B189" s="6" t="s">
         <v>450</v>
       </c>
       <c r="C189" s="7">
-        <v>334</v>
+        <v>345</v>
       </c>
       <c r="D189" s="7">
-        <v>353</v>
+        <v>364</v>
       </c>
     </row>
     <row r="190" spans="1:1025">
       <c r="A190" s="6">
         <v>5</v>
       </c>
       <c r="B190" s="6" t="s">
         <v>451</v>
       </c>
       <c r="C190" s="7">
-        <v>283</v>
+        <v>292</v>
       </c>
       <c r="D190" s="7">
-        <v>299</v>
+        <v>309</v>
       </c>
     </row>
     <row r="191" spans="1:1025">
       <c r="A191" s="6">
         <v>6</v>
       </c>
       <c r="B191" s="6" t="s">
         <v>452</v>
       </c>
       <c r="C191" s="7">
-        <v>606</v>
+        <v>624</v>
       </c>
       <c r="D191" s="7">
-        <v>640</v>
+        <v>660</v>
       </c>
     </row>
     <row r="192" spans="1:1025">
       <c r="A192" s="6">
         <v>7</v>
       </c>
       <c r="B192" s="6" t="s">
         <v>453</v>
       </c>
       <c r="C192" s="7">
-        <v>640</v>
+        <v>660</v>
       </c>
       <c r="D192" s="7">
-        <v>676</v>
+        <v>697</v>
       </c>
     </row>
     <row r="193" spans="1:1025">
       <c r="A193" s="6">
         <v>8</v>
       </c>
       <c r="B193" s="6" t="s">
         <v>454</v>
       </c>
       <c r="C193" s="7" t="s">
         <v>455</v>
       </c>
       <c r="D193" s="7" t="s">
         <v>456</v>
       </c>
     </row>
     <row r="194" spans="1:1025">
       <c r="A194" s="6">
         <v>9</v>
       </c>
       <c r="B194" s="6" t="s">
         <v>457</v>
       </c>
       <c r="C194" s="7" t="s">
         <v>458</v>
       </c>
       <c r="D194" s="7" t="s">
         <v>459</v>
       </c>
     </row>
     <row r="195" spans="1:1025">
       <c r="A195" s="6">
         <v>10</v>
       </c>
       <c r="B195" s="6" t="s">
         <v>460</v>
       </c>
       <c r="C195" s="7" t="s">
-        <v>356</v>
+        <v>461</v>
       </c>
       <c r="D195" s="7" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
     </row>
     <row r="196" spans="1:1025">
       <c r="A196" s="6">
         <v>11</v>
       </c>
       <c r="B196" s="6" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="C196" s="7" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="D196" s="7" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
     </row>
     <row r="197" spans="1:1025">
       <c r="A197" s="6">
         <v>12</v>
       </c>
       <c r="B197" s="6" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="C197" s="7" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="D197" s="7" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
     </row>
     <row r="198" spans="1:1025">
       <c r="A198" s="6">
         <v>13</v>
       </c>
       <c r="B198" s="6" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="C198" s="7" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="D198" s="7" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
     </row>
     <row r="199" spans="1:1025">
       <c r="A199" s="6">
         <v>14</v>
       </c>
       <c r="B199" s="6" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="C199" s="7">
-        <v>341</v>
+        <v>352</v>
       </c>
       <c r="D199" s="7">
-        <v>361</v>
+        <v>372</v>
       </c>
     </row>
     <row r="200" spans="1:1025">
       <c r="A200" s="6">
         <v>15</v>
       </c>
       <c r="B200" s="6" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C200" s="7">
-        <v>325</v>
+        <v>335</v>
       </c>
       <c r="D200" s="7">
-        <v>344</v>
+        <v>354</v>
       </c>
     </row>
     <row r="201" spans="1:1025">
       <c r="A201" s="6">
         <v>16</v>
       </c>
       <c r="B201" s="6" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="C201" s="7">
-        <v>370</v>
+        <v>382</v>
       </c>
       <c r="D201" s="7">
-        <v>391</v>
+        <v>403</v>
       </c>
     </row>
     <row r="202" spans="1:1025">
       <c r="A202" s="6">
         <v>17</v>
       </c>
       <c r="B202" s="6" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C202" s="7">
-        <v>277</v>
+        <v>286</v>
       </c>
       <c r="D202" s="7">
-        <v>293</v>
+        <v>302</v>
       </c>
     </row>
     <row r="203" spans="1:1025">
       <c r="A203" s="6">
         <v>18</v>
       </c>
       <c r="B203" s="6" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="C203" s="7">
-        <v>317</v>
+        <v>326</v>
       </c>
       <c r="D203" s="7">
-        <v>335</v>
+        <v>345</v>
       </c>
     </row>
     <row r="204" spans="1:1025">
       <c r="A204" s="6">
         <v>19</v>
       </c>
       <c r="B204" s="6" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="C204" s="7">
-        <v>363</v>
+        <v>374</v>
       </c>
       <c r="D204" s="7">
-        <v>384</v>
+        <v>396</v>
       </c>
     </row>
     <row r="205" spans="1:1025">
       <c r="A205" s="6">
         <v>20</v>
       </c>
       <c r="B205" s="6" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="C205" s="7">
-        <v>850</v>
+        <v>877</v>
       </c>
       <c r="D205" s="7">
-        <v>884</v>
+        <v>912</v>
       </c>
     </row>
     <row r="206" spans="1:1025">
       <c r="A206" s="6">
         <v>21</v>
       </c>
       <c r="B206" s="6" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="C206" s="7">
-        <v>763</v>
+        <v>787</v>
       </c>
       <c r="D206" s="7">
-        <v>793</v>
+        <v>818</v>
       </c>
     </row>
     <row r="207" spans="1:1025">
       <c r="A207" s="6">
         <v>22</v>
       </c>
       <c r="B207" s="6" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="C207" s="7">
-        <v>663</v>
+        <v>683</v>
       </c>
       <c r="D207" s="7">
-        <v>689</v>
+        <v>710</v>
       </c>
     </row>
     <row r="208" spans="1:1025">
       <c r="A208" s="6">
         <v>23</v>
       </c>
       <c r="B208" s="6" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="C208" s="7" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="D208" s="7" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
     </row>
     <row r="209" spans="1:1025">
       <c r="A209" s="4" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="B209" s="5"/>
       <c r="C209" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D209" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="210" spans="1:1025">
       <c r="A210" s="6">
         <v>1</v>
       </c>
       <c r="B210" s="6" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="C210" s="7">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="D210" s="7">
-        <v>94</v>
+        <v>98</v>
       </c>
     </row>
     <row r="211" spans="1:1025">
       <c r="A211" s="6">
         <v>2</v>
       </c>
       <c r="B211" s="6" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="C211" s="7">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="D211" s="7">
-        <v>138</v>
+        <v>143</v>
       </c>
     </row>
     <row r="212" spans="1:1025">
       <c r="A212" s="6">
         <v>3</v>
       </c>
       <c r="B212" s="6" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="C212" s="7">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="D212" s="7">
-        <v>117</v>
+        <v>121</v>
       </c>
     </row>
     <row r="213" spans="1:1025">
       <c r="A213" s="6">
         <v>4</v>
       </c>
       <c r="B213" s="6" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="C213" s="7">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="D213" s="7">
-        <v>155</v>
+        <v>160</v>
       </c>
     </row>
     <row r="214" spans="1:1025">
       <c r="A214" s="6">
         <v>5</v>
       </c>
       <c r="B214" s="6" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="C214" s="7">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D214" s="7">
-        <v>150</v>
+        <v>155</v>
       </c>
     </row>
     <row r="215" spans="1:1025">
       <c r="A215" s="6">
         <v>6</v>
       </c>
       <c r="B215" s="6" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="C215" s="7">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="D215" s="7">
-        <v>163</v>
+        <v>168</v>
       </c>
     </row>
     <row r="216" spans="1:1025">
       <c r="A216" s="6">
         <v>7</v>
       </c>
       <c r="B216" s="6" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="C216" s="7">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="D216" s="7">
-        <v>169</v>
+        <v>175</v>
       </c>
     </row>
     <row r="217" spans="1:1025">
       <c r="A217" s="6">
         <v>8</v>
       </c>
       <c r="B217" s="6" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="C217" s="7">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="D217" s="7">
-        <v>169</v>
+        <v>175</v>
       </c>
     </row>
     <row r="218" spans="1:1025">
       <c r="A218" s="6">
         <v>9</v>
       </c>
       <c r="B218" s="6" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="C218" s="7">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="D218" s="7">
-        <v>169</v>
+        <v>175</v>
       </c>
     </row>
     <row r="219" spans="1:1025">
       <c r="A219" s="6">
         <v>10</v>
       </c>
       <c r="B219" s="6" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="C219" s="7" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="D219" s="7" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
     </row>
     <row r="220" spans="1:1025">
       <c r="A220" s="6">
         <v>11</v>
       </c>
       <c r="B220" s="6" t="s">
+        <v>497</v>
+      </c>
+      <c r="C220" s="7" t="s">
+        <v>495</v>
+      </c>
+      <c r="D220" s="7" t="s">
         <v>496</v>
-      </c>
-[...4 lines deleted...]
-        <v>495</v>
       </c>
     </row>
     <row r="221" spans="1:1025">
       <c r="A221" s="6">
         <v>12</v>
       </c>
       <c r="B221" s="6" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="C221" s="7" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D221" s="7" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
     </row>
     <row r="222" spans="1:1025">
       <c r="A222" s="6">
         <v>13</v>
       </c>
       <c r="B222" s="6" t="s">
+        <v>501</v>
+      </c>
+      <c r="C222" s="7" t="s">
+        <v>499</v>
+      </c>
+      <c r="D222" s="7" t="s">
         <v>500</v>
-      </c>
-[...4 lines deleted...]
-        <v>499</v>
       </c>
     </row>
     <row r="223" spans="1:1025">
       <c r="A223" s="6">
         <v>14</v>
       </c>
       <c r="B223" s="6" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C223" s="7" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="D223" s="7" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
     </row>
     <row r="224" spans="1:1025">
       <c r="A224" s="6">
         <v>15</v>
       </c>
       <c r="B224" s="6" t="s">
+        <v>505</v>
+      </c>
+      <c r="C224" s="7" t="s">
+        <v>503</v>
+      </c>
+      <c r="D224" s="7" t="s">
         <v>504</v>
-      </c>
-[...4 lines deleted...]
-        <v>503</v>
       </c>
     </row>
     <row r="225" spans="1:1025">
       <c r="A225" s="6">
         <v>16</v>
       </c>
       <c r="B225" s="6" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="C225" s="7" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="D225" s="7" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
     </row>
     <row r="226" spans="1:1025">
       <c r="A226" s="6">
         <v>17</v>
       </c>
       <c r="B226" s="6" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="C226" s="7" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="D226" s="7" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
     </row>
     <row r="227" spans="1:1025">
       <c r="A227" s="6">
         <v>18</v>
       </c>
       <c r="B227" s="6" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="C227" s="7" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="D227" s="7" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
     </row>
     <row r="228" spans="1:1025">
       <c r="A228" s="6">
         <v>19</v>
       </c>
       <c r="B228" s="6" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="C228" s="7" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="D228" s="7" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
     </row>
     <row r="229" spans="1:1025">
       <c r="A229" s="6">
         <v>20</v>
       </c>
       <c r="B229" s="6" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="C229" s="7" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="D229" s="7" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
     </row>
     <row r="230" spans="1:1025">
       <c r="A230" s="6">
         <v>21</v>
       </c>
       <c r="B230" s="6" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="C230" s="7" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="D230" s="7" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
     </row>
     <row r="231" spans="1:1025">
       <c r="A231" s="6">
         <v>22</v>
       </c>
       <c r="B231" s="6" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="C231" s="7" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="D231" s="7" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
     </row>
     <row r="232" spans="1:1025">
       <c r="A232" s="6">
         <v>23</v>
       </c>
       <c r="B232" s="6" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="C232" s="7" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D232" s="7" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
     </row>
     <row r="233" spans="1:1025">
       <c r="A233" s="6">
         <v>24</v>
       </c>
       <c r="B233" s="6" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="C233" s="7" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D233" s="7" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
     </row>
     <row r="234" spans="1:1025">
       <c r="A234" s="6">
         <v>25</v>
       </c>
       <c r="B234" s="6" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="C234" s="7" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D234" s="7" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
     </row>
     <row r="235" spans="1:1025">
       <c r="A235" s="6">
         <v>26</v>
       </c>
       <c r="B235" s="6" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="C235" s="7" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D235" s="7" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
     </row>
     <row r="236" spans="1:1025">
       <c r="A236" s="6">
         <v>27</v>
       </c>
       <c r="B236" s="6" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="C236" s="7" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="D236" s="7" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
     </row>
     <row r="237" spans="1:1025">
       <c r="A237" s="6">
         <v>28</v>
       </c>
       <c r="B237" s="6" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="C237" s="7" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="D237" s="7" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
     </row>
     <row r="238" spans="1:1025">
       <c r="A238" s="6">
         <v>29</v>
       </c>
       <c r="B238" s="6" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C238" s="7" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="D238" s="7" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
     </row>
     <row r="239" spans="1:1025">
       <c r="A239" s="6">
         <v>30</v>
       </c>
       <c r="B239" s="6" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="C239" s="7">
-        <v>804</v>
+        <v>828</v>
       </c>
       <c r="D239" s="7">
-        <v>849</v>
+        <v>875</v>
       </c>
     </row>
     <row r="240" spans="1:1025">
       <c r="A240" s="6">
         <v>31</v>
       </c>
       <c r="B240" s="6" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C240" s="7">
-        <v>806</v>
+        <v>831</v>
       </c>
       <c r="D240" s="7">
-        <v>852</v>
+        <v>878</v>
       </c>
     </row>
     <row r="241" spans="1:1025">
       <c r="A241" s="6">
         <v>32</v>
       </c>
       <c r="B241" s="6" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="C241" s="7">
-        <v>886</v>
+        <v>913</v>
       </c>
       <c r="D241" s="7">
-        <v>936</v>
+        <v>965</v>
       </c>
     </row>
     <row r="242" spans="1:1025">
       <c r="A242" s="6">
         <v>33</v>
       </c>
       <c r="B242" s="6" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="C242" s="7">
-        <v>893</v>
+        <v>921</v>
       </c>
       <c r="D242" s="7">
-        <v>944</v>
+        <v>973</v>
       </c>
     </row>
     <row r="243" spans="1:1025">
       <c r="A243" s="6">
         <v>34</v>
       </c>
       <c r="B243" s="6" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="C243" s="7">
-        <v>908</v>
+        <v>937</v>
       </c>
       <c r="D243" s="7">
-        <v>960</v>
+        <v>990</v>
       </c>
     </row>
     <row r="244" spans="1:1025">
       <c r="A244" s="6">
         <v>35</v>
       </c>
       <c r="B244" s="6" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="C244" s="7">
-        <v>917</v>
+        <v>945</v>
       </c>
       <c r="D244" s="7">
-        <v>969</v>
+        <v>999</v>
       </c>
     </row>
     <row r="245" spans="1:1025">
       <c r="A245" s="6">
         <v>36</v>
       </c>
       <c r="B245" s="6" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C245" s="7">
-        <v>891</v>
+        <v>918</v>
       </c>
       <c r="D245" s="7">
-        <v>942</v>
+        <v>970</v>
       </c>
     </row>
     <row r="246" spans="1:1025">
       <c r="A246" s="6">
         <v>37</v>
       </c>
       <c r="B246" s="6" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="C246" s="7" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="D246" s="7" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
     </row>
     <row r="247" spans="1:1025">
       <c r="A247" s="6">
         <v>38</v>
       </c>
       <c r="B247" s="6" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="C247" s="7" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="D247" s="7" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
     </row>
     <row r="248" spans="1:1025">
       <c r="A248" s="6">
         <v>39</v>
       </c>
       <c r="B248" s="6" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="C248" s="7" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="D248" s="7" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
     </row>
     <row r="249" spans="1:1025">
       <c r="A249" s="6">
         <v>40</v>
       </c>
       <c r="B249" s="6" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C249" s="7" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="D249" s="7" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
     </row>
     <row r="250" spans="1:1025">
       <c r="A250" s="6">
         <v>41</v>
       </c>
       <c r="B250" s="6" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="C250" s="7">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="D250" s="7">
-        <v>117</v>
+        <v>121</v>
       </c>
     </row>
     <row r="251" spans="1:1025">
       <c r="A251" s="6">
         <v>42</v>
       </c>
       <c r="B251" s="6" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="C251" s="7">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D251" s="7">
-        <v>150</v>
+        <v>155</v>
       </c>
     </row>
     <row r="252" spans="1:1025">
       <c r="A252" s="6">
         <v>43</v>
       </c>
       <c r="B252" s="6" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="C252" s="7">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D252" s="7">
-        <v>150</v>
+        <v>155</v>
       </c>
     </row>
     <row r="253" spans="1:1025">
       <c r="A253" s="6">
         <v>44</v>
       </c>
       <c r="B253" s="6" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="C253" s="7" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D253" s="7" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
     </row>
     <row r="254" spans="1:1025">
       <c r="A254" s="6">
         <v>45</v>
       </c>
       <c r="B254" s="6" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="C254" s="7">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="D254" s="7">
-        <v>169</v>
+        <v>175</v>
       </c>
     </row>
     <row r="255" spans="1:1025">
       <c r="A255" s="4" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="B255" s="5"/>
       <c r="C255" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D255" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="256" spans="1:1025">
       <c r="A256" s="6">
         <v>1</v>
       </c>
       <c r="B256" s="6" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="C256" s="7">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="D256" s="7">
-        <v>94</v>
+        <v>98</v>
       </c>
     </row>
     <row r="257" spans="1:1025">
       <c r="A257" s="6">
         <v>2</v>
       </c>
       <c r="B257" s="6" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="C257" s="7">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="D257" s="7">
-        <v>138</v>
+        <v>143</v>
       </c>
     </row>
     <row r="258" spans="1:1025">
       <c r="A258" s="6">
         <v>3</v>
       </c>
       <c r="B258" s="6" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="C258" s="7">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D258" s="7">
-        <v>69</v>
+        <v>72</v>
       </c>
     </row>
     <row r="259" spans="1:1025">
       <c r="A259" s="6">
         <v>4</v>
       </c>
       <c r="B259" s="6" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="C259" s="7">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="D259" s="7">
-        <v>117</v>
+        <v>121</v>
       </c>
     </row>
     <row r="260" spans="1:1025">
       <c r="A260" s="6">
         <v>5</v>
       </c>
       <c r="B260" s="6" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="C260" s="7">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="D260" s="7">
-        <v>155</v>
+        <v>160</v>
       </c>
     </row>
     <row r="261" spans="1:1025">
       <c r="A261" s="6">
         <v>6</v>
       </c>
       <c r="B261" s="6" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="C261" s="7">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D261" s="7">
-        <v>150</v>
+        <v>155</v>
       </c>
     </row>
     <row r="262" spans="1:1025">
       <c r="A262" s="6">
         <v>7</v>
       </c>
       <c r="B262" s="6" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="C262" s="7">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="D262" s="7">
-        <v>163</v>
+        <v>168</v>
       </c>
     </row>
     <row r="263" spans="1:1025">
       <c r="A263" s="6">
         <v>8</v>
       </c>
       <c r="B263" s="6" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="C263" s="7">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="D263" s="7">
-        <v>169</v>
+        <v>175</v>
       </c>
     </row>
     <row r="264" spans="1:1025">
       <c r="A264" s="6">
         <v>9</v>
       </c>
       <c r="B264" s="6" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="C264" s="7">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="D264" s="7">
-        <v>169</v>
+        <v>175</v>
       </c>
     </row>
     <row r="265" spans="1:1025">
       <c r="A265" s="6">
         <v>10</v>
       </c>
       <c r="B265" s="6" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="C265" s="7">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="D265" s="7">
-        <v>169</v>
+        <v>175</v>
       </c>
     </row>
     <row r="266" spans="1:1025">
       <c r="A266" s="6">
         <v>11</v>
       </c>
       <c r="B266" s="6" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="C266" s="7" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="D266" s="7" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
     </row>
     <row r="267" spans="1:1025">
       <c r="A267" s="6">
         <v>12</v>
       </c>
       <c r="B267" s="6" t="s">
+        <v>497</v>
+      </c>
+      <c r="C267" s="7" t="s">
+        <v>495</v>
+      </c>
+      <c r="D267" s="7" t="s">
         <v>496</v>
-      </c>
-[...4 lines deleted...]
-        <v>495</v>
       </c>
     </row>
     <row r="268" spans="1:1025">
       <c r="A268" s="6">
         <v>13</v>
       </c>
       <c r="B268" s="6" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="C268" s="7" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D268" s="7" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
     </row>
     <row r="269" spans="1:1025">
       <c r="A269" s="6">
         <v>14</v>
       </c>
       <c r="B269" s="6" t="s">
+        <v>501</v>
+      </c>
+      <c r="C269" s="7" t="s">
+        <v>499</v>
+      </c>
+      <c r="D269" s="7" t="s">
         <v>500</v>
-      </c>
-[...4 lines deleted...]
-        <v>499</v>
       </c>
     </row>
     <row r="270" spans="1:1025">
       <c r="A270" s="6">
         <v>15</v>
       </c>
       <c r="B270" s="6" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C270" s="7" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="D270" s="7" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
     </row>
     <row r="271" spans="1:1025">
       <c r="A271" s="6">
         <v>16</v>
       </c>
       <c r="B271" s="6" t="s">
+        <v>505</v>
+      </c>
+      <c r="C271" s="7" t="s">
+        <v>503</v>
+      </c>
+      <c r="D271" s="7" t="s">
         <v>504</v>
-      </c>
-[...4 lines deleted...]
-        <v>503</v>
       </c>
     </row>
     <row r="272" spans="1:1025">
       <c r="A272" s="6">
         <v>17</v>
       </c>
       <c r="B272" s="6" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="C272" s="7" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="D272" s="7" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
     </row>
     <row r="273" spans="1:1025">
       <c r="A273" s="6">
         <v>18</v>
       </c>
       <c r="B273" s="6" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="C273" s="7" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="D273" s="7" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
     </row>
     <row r="274" spans="1:1025">
       <c r="A274" s="6">
         <v>19</v>
       </c>
       <c r="B274" s="6" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="C274" s="7" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="D274" s="7" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
     </row>
     <row r="275" spans="1:1025">
       <c r="A275" s="6">
         <v>20</v>
       </c>
       <c r="B275" s="6" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="C275" s="7" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="D275" s="7" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
     </row>
     <row r="276" spans="1:1025">
       <c r="A276" s="6">
         <v>21</v>
       </c>
       <c r="B276" s="6" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="C276" s="7" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="D276" s="7" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
     </row>
     <row r="277" spans="1:1025">
       <c r="A277" s="6">
         <v>22</v>
       </c>
       <c r="B277" s="6" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="C277" s="7" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="D277" s="7" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
     </row>
     <row r="278" spans="1:1025">
       <c r="A278" s="6">
         <v>23</v>
       </c>
       <c r="B278" s="6" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="C278" s="7" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="D278" s="7" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
     </row>
     <row r="279" spans="1:1025">
       <c r="A279" s="6">
         <v>24</v>
       </c>
       <c r="B279" s="6" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="C279" s="7" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D279" s="7" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
     </row>
     <row r="280" spans="1:1025">
       <c r="A280" s="6">
         <v>25</v>
       </c>
       <c r="B280" s="6" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="C280" s="7" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D280" s="7" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
     </row>
     <row r="281" spans="1:1025">
       <c r="A281" s="6">
         <v>26</v>
       </c>
       <c r="B281" s="6" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="C281" s="7" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D281" s="7" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
     </row>
     <row r="282" spans="1:1025">
       <c r="A282" s="6">
         <v>27</v>
       </c>
       <c r="B282" s="6" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="C282" s="7" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D282" s="7" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
     </row>
     <row r="283" spans="1:1025">
       <c r="A283" s="6">
         <v>28</v>
       </c>
       <c r="B283" s="6" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="C283" s="7" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="D283" s="7" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
     </row>
     <row r="284" spans="1:1025">
       <c r="A284" s="6">
         <v>29</v>
       </c>
       <c r="B284" s="6" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="C284" s="7" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="D284" s="7" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
     </row>
     <row r="285" spans="1:1025">
       <c r="A285" s="6">
         <v>30</v>
       </c>
       <c r="B285" s="6" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C285" s="7" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="D285" s="7" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
     </row>
     <row r="286" spans="1:1025">
       <c r="A286" s="6">
         <v>31</v>
       </c>
       <c r="B286" s="6" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="C286" s="7">
-        <v>804</v>
+        <v>828</v>
       </c>
       <c r="D286" s="7">
-        <v>849</v>
+        <v>875</v>
       </c>
     </row>
     <row r="287" spans="1:1025">
       <c r="A287" s="6">
         <v>32</v>
       </c>
       <c r="B287" s="6" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C287" s="7">
-        <v>806</v>
+        <v>831</v>
       </c>
       <c r="D287" s="7">
-        <v>852</v>
+        <v>878</v>
       </c>
     </row>
     <row r="288" spans="1:1025">
       <c r="A288" s="6">
         <v>33</v>
       </c>
       <c r="B288" s="6" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="C288" s="7">
-        <v>886</v>
+        <v>913</v>
       </c>
       <c r="D288" s="7">
-        <v>936</v>
+        <v>965</v>
       </c>
     </row>
     <row r="289" spans="1:1025">
       <c r="A289" s="6">
         <v>34</v>
       </c>
       <c r="B289" s="6" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="C289" s="7">
-        <v>893</v>
+        <v>921</v>
       </c>
       <c r="D289" s="7">
-        <v>944</v>
+        <v>973</v>
       </c>
     </row>
     <row r="290" spans="1:1025">
       <c r="A290" s="6">
         <v>35</v>
       </c>
       <c r="B290" s="6" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="C290" s="7">
-        <v>908</v>
+        <v>937</v>
       </c>
       <c r="D290" s="7">
-        <v>960</v>
+        <v>990</v>
       </c>
     </row>
     <row r="291" spans="1:1025">
       <c r="A291" s="6">
         <v>36</v>
       </c>
       <c r="B291" s="6" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="C291" s="7">
-        <v>917</v>
+        <v>945</v>
       </c>
       <c r="D291" s="7">
-        <v>969</v>
+        <v>999</v>
       </c>
     </row>
     <row r="292" spans="1:1025">
       <c r="A292" s="6">
         <v>37</v>
       </c>
       <c r="B292" s="6" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C292" s="7">
-        <v>891</v>
+        <v>918</v>
       </c>
       <c r="D292" s="7">
-        <v>942</v>
+        <v>970</v>
       </c>
     </row>
     <row r="293" spans="1:1025">
       <c r="A293" s="6">
         <v>38</v>
       </c>
       <c r="B293" s="6" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="C293" s="7" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="D293" s="7" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
     </row>
     <row r="294" spans="1:1025">
       <c r="A294" s="6">
         <v>39</v>
       </c>
       <c r="B294" s="6" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="C294" s="7">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D294" s="7">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="295" spans="1:1025">
       <c r="A295" s="6">
         <v>40</v>
       </c>
       <c r="B295" s="6" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="C295" s="7">
-        <v>750</v>
+        <v>773</v>
       </c>
       <c r="D295" s="7">
-        <v>780</v>
+        <v>804</v>
       </c>
     </row>
     <row r="296" spans="1:1025">
       <c r="A296" s="6">
         <v>41</v>
       </c>
       <c r="B296" s="6" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="C296" s="7">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="D296" s="7">
-        <v>117</v>
+        <v>121</v>
       </c>
     </row>
     <row r="297" spans="1:1025">
       <c r="A297" s="6">
         <v>42</v>
       </c>
       <c r="B297" s="6" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="C297" s="7">
         <v>34</v>
       </c>
       <c r="D297" s="7">
         <v>36</v>
       </c>
     </row>
     <row r="298" spans="1:1025">
       <c r="A298" s="6">
         <v>43</v>
       </c>
       <c r="B298" s="6" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="C298" s="7">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D298" s="7">
-        <v>150</v>
+        <v>155</v>
       </c>
     </row>
     <row r="299" spans="1:1025">
       <c r="A299" s="6">
         <v>44</v>
       </c>
       <c r="B299" s="6" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="C299" s="7">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D299" s="7">
-        <v>150</v>
+        <v>155</v>
       </c>
     </row>
     <row r="300" spans="1:1025">
       <c r="A300" s="6">
         <v>45</v>
       </c>
       <c r="B300" s="6" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="C300" s="7" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="D300" s="7" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
     </row>
     <row r="301" spans="1:1025">
       <c r="A301" s="6">
         <v>46</v>
       </c>
       <c r="B301" s="6" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="C301" s="7" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D301" s="7" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
     </row>
     <row r="302" spans="1:1025">
       <c r="A302" s="6">
         <v>47</v>
       </c>
       <c r="B302" s="6" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="C302" s="7">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="D302" s="7">
-        <v>169</v>
+        <v>175</v>
       </c>
     </row>
     <row r="303" spans="1:1025">
       <c r="A303" s="6"/>
       <c r="B303" s="6"/>
       <c r="C303" s="6"/>
       <c r="D303" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="A4:B4"/>
     <mergeCell ref="A5:B5"/>
     <mergeCell ref="A31:B31"/>
     <mergeCell ref="A53:B53"/>
     <mergeCell ref="A70:B70"/>
     <mergeCell ref="A90:B90"/>
     <mergeCell ref="A115:B115"/>
     <mergeCell ref="A146:B146"/>
     <mergeCell ref="A153:B153"/>
     <mergeCell ref="A181:B181"/>
     <mergeCell ref="A184:B184"/>
     <mergeCell ref="A185:B185"/>
     <mergeCell ref="A209:B209"/>
@@ -18261,556 +18360,556 @@
   <dimension ref="A1:D43"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D43" sqref="D43"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="67.126465" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.710938" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:4">
       <c r="B2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="B3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="4" t="s">
-        <v>2008</v>
+        <v>2000</v>
       </c>
       <c r="B4" s="5"/>
       <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="4" t="s">
-        <v>2009</v>
+        <v>2001</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="6">
         <v>1</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>2010</v>
+        <v>2002</v>
       </c>
       <c r="C6" s="7" t="s">
-        <v>2011</v>
+        <v>2003</v>
       </c>
       <c r="D6" s="7" t="s">
-        <v>2012</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="6">
         <v>2</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>2013</v>
+        <v>2005</v>
       </c>
       <c r="C7" s="7">
-        <v>278</v>
+        <v>271</v>
       </c>
       <c r="D7" s="7">
-        <v>294</v>
+        <v>286</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="6">
         <v>3</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>2014</v>
+        <v>2006</v>
       </c>
       <c r="C8" s="7">
-        <v>400</v>
+        <v>426</v>
       </c>
       <c r="D8" s="7">
-        <v>423</v>
+        <v>450</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="6">
         <v>4</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>2015</v>
+        <v>2007</v>
       </c>
       <c r="C9" s="7" t="s">
-        <v>2016</v>
+        <v>2008</v>
       </c>
       <c r="D9" s="7" t="s">
-        <v>2017</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="6">
         <v>5</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>2018</v>
+        <v>2010</v>
       </c>
       <c r="C10" s="7" t="s">
-        <v>2019</v>
+        <v>2011</v>
       </c>
       <c r="D10" s="7" t="s">
-        <v>2020</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="6">
         <v>6</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>2021</v>
+        <v>2013</v>
       </c>
       <c r="C11" s="7" t="s">
-        <v>2022</v>
+        <v>2014</v>
       </c>
       <c r="D11" s="7" t="s">
-        <v>2023</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="6">
         <v>7</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>2024</v>
+        <v>2016</v>
       </c>
       <c r="C12" s="7">
-        <v>138</v>
+        <v>176</v>
       </c>
       <c r="D12" s="7">
-        <v>146</v>
+        <v>186</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="6">
         <v>8</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>2025</v>
+        <v>2017</v>
       </c>
       <c r="C13" s="7">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="D13" s="7">
-        <v>77</v>
+        <v>85</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="6">
         <v>9</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>2026</v>
+        <v>2018</v>
       </c>
       <c r="C14" s="7">
-        <v>143</v>
+        <v>131</v>
       </c>
       <c r="D14" s="7">
-        <v>151</v>
+        <v>138</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="6">
         <v>10</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>2027</v>
+        <v>2019</v>
       </c>
       <c r="C15" s="7">
         <v>318</v>
       </c>
       <c r="D15" s="7">
         <v>338</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="6">
         <v>11</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>2028</v>
+        <v>2020</v>
       </c>
       <c r="C16" s="7">
-        <v>492</v>
+        <v>258</v>
       </c>
       <c r="D16" s="7">
-        <v>520</v>
+        <v>272</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="6">
         <v>12</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>2029</v>
+        <v>2021</v>
       </c>
       <c r="C17" s="7" t="s">
-        <v>2030</v>
+        <v>2022</v>
       </c>
       <c r="D17" s="7" t="s">
-        <v>2031</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="6">
         <v>13</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>2032</v>
+        <v>2024</v>
       </c>
       <c r="C18" s="7" t="s">
-        <v>2033</v>
+        <v>2025</v>
       </c>
       <c r="D18" s="7" t="s">
-        <v>2034</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="6">
         <v>14</v>
       </c>
       <c r="B19" s="6" t="s">
-        <v>2035</v>
+        <v>2027</v>
       </c>
       <c r="C19" s="7">
         <v>183</v>
       </c>
       <c r="D19" s="7">
         <v>195</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="4" t="s">
-        <v>2036</v>
+        <v>2028</v>
       </c>
       <c r="B20" s="5"/>
       <c r="C20" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D20" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="6">
         <v>1</v>
       </c>
       <c r="B21" s="6" t="s">
-        <v>2037</v>
+        <v>2029</v>
       </c>
       <c r="C21" s="7"/>
       <c r="D21" s="7"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="6">
         <v>2</v>
       </c>
       <c r="B22" s="6" t="s">
-        <v>2038</v>
+        <v>2030</v>
       </c>
       <c r="C22" s="7"/>
       <c r="D22" s="7"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="6">
         <v>3</v>
       </c>
       <c r="B23" s="6" t="s">
-        <v>2039</v>
+        <v>2031</v>
       </c>
       <c r="C23" s="7"/>
       <c r="D23" s="7"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="4" t="s">
-        <v>2040</v>
+        <v>2032</v>
       </c>
       <c r="B24" s="5"/>
       <c r="C24" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="6">
         <v>1</v>
       </c>
       <c r="B25" s="6" t="s">
-        <v>2041</v>
+        <v>2033</v>
       </c>
       <c r="C25" s="7" t="s">
-        <v>2042</v>
+        <v>2034</v>
       </c>
       <c r="D25" s="7" t="s">
-        <v>2043</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="6">
         <v>2</v>
       </c>
       <c r="B26" s="6" t="s">
-        <v>2044</v>
+        <v>2036</v>
       </c>
       <c r="C26" s="7" t="s">
-        <v>2045</v>
+        <v>2037</v>
       </c>
       <c r="D26" s="7" t="s">
-        <v>2046</v>
+        <v>2038</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="6">
         <v>3</v>
       </c>
       <c r="B27" s="6" t="s">
-        <v>2047</v>
+        <v>2039</v>
       </c>
       <c r="C27" s="7"/>
       <c r="D27" s="7"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="6">
         <v>4</v>
       </c>
       <c r="B28" s="6" t="s">
-        <v>2048</v>
+        <v>2040</v>
       </c>
       <c r="C28" s="7" t="s">
-        <v>2049</v>
+        <v>2041</v>
       </c>
       <c r="D28" s="7" t="s">
-        <v>2050</v>
+        <v>2042</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="6">
         <v>5</v>
       </c>
       <c r="B29" s="6" t="s">
-        <v>2051</v>
+        <v>2043</v>
       </c>
       <c r="C29" s="7" t="s">
-        <v>2052</v>
+        <v>2044</v>
       </c>
       <c r="D29" s="7" t="s">
-        <v>2053</v>
+        <v>2045</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="6">
         <v>6</v>
       </c>
       <c r="B30" s="6" t="s">
-        <v>2054</v>
+        <v>2046</v>
       </c>
       <c r="C30" s="7"/>
       <c r="D30" s="7"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="6">
         <v>7</v>
       </c>
       <c r="B31" s="6" t="s">
-        <v>2055</v>
+        <v>2047</v>
       </c>
       <c r="C31" s="7"/>
       <c r="D31" s="7"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="6">
         <v>8</v>
       </c>
       <c r="B32" s="6" t="s">
-        <v>2056</v>
+        <v>2048</v>
       </c>
       <c r="C32" s="7" t="s">
-        <v>2057</v>
+        <v>2049</v>
       </c>
       <c r="D32" s="7" t="s">
-        <v>2058</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="6">
         <v>9</v>
       </c>
       <c r="B33" s="6" t="s">
-        <v>2059</v>
+        <v>2051</v>
       </c>
       <c r="C33" s="7" t="s">
-        <v>2060</v>
+        <v>2052</v>
       </c>
       <c r="D33" s="7" t="s">
-        <v>2061</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="6">
         <v>10</v>
       </c>
       <c r="B34" s="6" t="s">
-        <v>2062</v>
+        <v>2054</v>
       </c>
       <c r="C34" s="7" t="s">
-        <v>2063</v>
+        <v>2055</v>
       </c>
       <c r="D34" s="7" t="s">
-        <v>2064</v>
+        <v>2056</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="6">
         <v>11</v>
       </c>
       <c r="B35" s="6" t="s">
-        <v>2065</v>
+        <v>2057</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>2066</v>
+        <v>2058</v>
       </c>
       <c r="D35" s="7" t="s">
-        <v>2067</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="6">
         <v>12</v>
       </c>
       <c r="B36" s="6" t="s">
-        <v>2068</v>
+        <v>2060</v>
       </c>
       <c r="C36" s="7" t="s">
-        <v>2069</v>
+        <v>2061</v>
       </c>
       <c r="D36" s="7" t="s">
-        <v>2070</v>
+        <v>2062</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="6">
         <v>13</v>
       </c>
       <c r="B37" s="6" t="s">
-        <v>2071</v>
+        <v>2063</v>
       </c>
       <c r="C37" s="7" t="s">
-        <v>2072</v>
+        <v>2064</v>
       </c>
       <c r="D37" s="7" t="s">
-        <v>2073</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="6">
         <v>14</v>
       </c>
       <c r="B38" s="6" t="s">
-        <v>2074</v>
+        <v>2066</v>
       </c>
       <c r="C38" s="7" t="s">
-        <v>2075</v>
+        <v>2067</v>
       </c>
       <c r="D38" s="7" t="s">
-        <v>2076</v>
+        <v>2068</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="6">
         <v>15</v>
       </c>
       <c r="B39" s="6" t="s">
-        <v>2077</v>
+        <v>2069</v>
       </c>
       <c r="C39" s="7"/>
       <c r="D39" s="7"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="6">
         <v>16</v>
       </c>
       <c r="B40" s="6" t="s">
-        <v>2078</v>
+        <v>2070</v>
       </c>
       <c r="C40" s="7" t="s">
-        <v>2079</v>
+        <v>2071</v>
       </c>
       <c r="D40" s="7" t="s">
-        <v>2080</v>
+        <v>2072</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="6">
         <v>17</v>
       </c>
       <c r="B41" s="6" t="s">
-        <v>2081</v>
+        <v>2073</v>
       </c>
       <c r="C41" s="7" t="s">
+        <v>890</v>
+      </c>
+      <c r="D41" s="7" t="s">
         <v>891</v>
-      </c>
-[...1 lines deleted...]
-        <v>892</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="6">
         <v>18</v>
       </c>
       <c r="B42" s="6" t="s">
-        <v>2082</v>
+        <v>2074</v>
       </c>
       <c r="C42" s="7" t="s">
-        <v>2083</v>
+        <v>2075</v>
       </c>
       <c r="D42" s="7" t="s">
-        <v>1588</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="6"/>
       <c r="B43" s="6"/>
       <c r="C43" s="6"/>
       <c r="D43" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A4:B4"/>
     <mergeCell ref="A5:B5"/>
     <mergeCell ref="A20:B20"/>
     <mergeCell ref="A24:B24"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B6" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_8"/>
@@ -18864,806 +18963,806 @@
   <dimension ref="A1:D60"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D60" sqref="D60"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="56.557617" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.710938" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:4">
       <c r="B2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="B3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="4" t="s">
-        <v>2084</v>
+        <v>2076</v>
       </c>
       <c r="B4" s="5"/>
       <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="4" t="s">
-        <v>2085</v>
+        <v>2077</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="4" t="s">
-        <v>2086</v>
+        <v>2078</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="6">
         <v>1</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>2087</v>
+        <v>2079</v>
       </c>
       <c r="C7" s="7">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="D7" s="7">
-        <v>106</v>
+        <v>129</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="6">
         <v>2</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>2088</v>
+        <v>2080</v>
       </c>
       <c r="C8" s="7">
-        <v>207</v>
+        <v>197</v>
       </c>
       <c r="D8" s="7">
-        <v>219</v>
+        <v>208</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="6">
         <v>3</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>2089</v>
+        <v>2081</v>
       </c>
       <c r="C9" s="7">
-        <v>276</v>
+        <v>294</v>
       </c>
       <c r="D9" s="7">
-        <v>292</v>
+        <v>311</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="6">
         <v>4</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>2090</v>
+        <v>2082</v>
       </c>
       <c r="C10" s="7">
-        <v>360</v>
+        <v>379</v>
       </c>
       <c r="D10" s="7">
-        <v>380</v>
+        <v>401</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="6">
         <v>5</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>2091</v>
-[...5 lines deleted...]
-        <v>1476</v>
+        <v>2083</v>
+      </c>
+      <c r="C11" s="7">
+        <v>880</v>
+      </c>
+      <c r="D11" s="7">
+        <v>930</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="6">
         <v>6</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>2092</v>
+        <v>2084</v>
       </c>
       <c r="C12" s="7" t="s">
-        <v>2093</v>
+        <v>2085</v>
       </c>
       <c r="D12" s="7" t="s">
-        <v>2094</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="6">
         <v>7</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>2095</v>
+        <v>2087</v>
       </c>
       <c r="C13" s="7" t="s">
-        <v>1593</v>
+        <v>1729</v>
       </c>
       <c r="D13" s="7" t="s">
-        <v>1594</v>
+        <v>2088</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="6">
         <v>8</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>2096</v>
+        <v>2089</v>
       </c>
       <c r="C14" s="7" t="s">
-        <v>2097</v>
+        <v>126</v>
       </c>
       <c r="D14" s="7" t="s">
-        <v>2098</v>
+        <v>127</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="6">
         <v>9</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>2099</v>
+        <v>2090</v>
       </c>
       <c r="C15" s="7">
-        <v>840</v>
-[...2 lines deleted...]
-        <v>874</v>
+        <v>963</v>
+      </c>
+      <c r="D15" s="7" t="s">
+        <v>858</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="6">
         <v>10</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>2100</v>
+        <v>2091</v>
       </c>
       <c r="C16" s="7">
-        <v>345</v>
+        <v>339</v>
       </c>
       <c r="D16" s="7">
-        <v>364</v>
+        <v>358</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="6">
         <v>11</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>2101</v>
+        <v>2092</v>
       </c>
       <c r="C17" s="7">
         <v>132</v>
       </c>
       <c r="D17" s="7">
         <v>140</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="6">
         <v>12</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>2102</v>
+        <v>2093</v>
       </c>
       <c r="C18" s="7">
-        <v>249</v>
+        <v>197</v>
       </c>
       <c r="D18" s="7">
-        <v>263</v>
+        <v>208</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="4" t="s">
-        <v>2103</v>
+        <v>2094</v>
       </c>
       <c r="B19" s="5"/>
       <c r="C19" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="6">
         <v>1</v>
       </c>
       <c r="B20" s="6" t="s">
-        <v>2104</v>
+        <v>2095</v>
       </c>
       <c r="C20" s="7">
         <v>312</v>
       </c>
       <c r="D20" s="7">
         <v>329</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="6">
         <v>2</v>
       </c>
       <c r="B21" s="6" t="s">
-        <v>2105</v>
-[...5 lines deleted...]
-        <v>2107</v>
+        <v>2096</v>
+      </c>
+      <c r="C21" s="7">
+        <v>785</v>
+      </c>
+      <c r="D21" s="7">
+        <v>830</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="6">
         <v>3</v>
       </c>
       <c r="B22" s="6" t="s">
-        <v>2108</v>
+        <v>2097</v>
       </c>
       <c r="C22" s="7">
         <v>219</v>
       </c>
       <c r="D22" s="7">
         <v>232</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="6">
         <v>4</v>
       </c>
       <c r="B23" s="6" t="s">
-        <v>2109</v>
+        <v>2098</v>
       </c>
       <c r="C23" s="7" t="s">
-        <v>2110</v>
+        <v>2099</v>
       </c>
       <c r="D23" s="7" t="s">
-        <v>2111</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="6">
         <v>5</v>
       </c>
       <c r="B24" s="6" t="s">
-        <v>2112</v>
+        <v>2101</v>
       </c>
       <c r="C24" s="7">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="D24" s="7">
-        <v>141</v>
+        <v>145</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="6">
         <v>6</v>
       </c>
       <c r="B25" s="6" t="s">
-        <v>2113</v>
+        <v>2102</v>
       </c>
       <c r="C25" s="7" t="s">
-        <v>2114</v>
+        <v>2103</v>
       </c>
       <c r="D25" s="7" t="s">
-        <v>2115</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="6">
         <v>7</v>
       </c>
       <c r="B26" s="6" t="s">
-        <v>2116</v>
+        <v>2104</v>
       </c>
       <c r="C26" s="7" t="s">
-        <v>2117</v>
+        <v>2105</v>
       </c>
       <c r="D26" s="7" t="s">
-        <v>2118</v>
+        <v>2106</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="6">
         <v>8</v>
       </c>
       <c r="B27" s="6" t="s">
-        <v>2119</v>
-[...2 lines deleted...]
-        <v>1434</v>
+        <v>2107</v>
+      </c>
+      <c r="C27" s="7">
+        <v>963</v>
       </c>
       <c r="D27" s="7" t="s">
-        <v>1443</v>
+        <v>858</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="6">
         <v>9</v>
       </c>
       <c r="B28" s="6" t="s">
-        <v>2120</v>
+        <v>2108</v>
       </c>
       <c r="C28" s="7">
         <v>87</v>
       </c>
       <c r="D28" s="7">
         <v>91</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="6">
         <v>10</v>
       </c>
       <c r="B29" s="6" t="s">
-        <v>2121</v>
+        <v>2109</v>
       </c>
       <c r="C29" s="7">
-        <v>222</v>
+        <v>244</v>
       </c>
       <c r="D29" s="7">
-        <v>234</v>
+        <v>258</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="4" t="s">
-        <v>2122</v>
+        <v>2110</v>
       </c>
       <c r="B30" s="5"/>
       <c r="C30" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D30" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="6">
         <v>1</v>
       </c>
       <c r="B31" s="6" t="s">
-        <v>2123</v>
+        <v>2111</v>
       </c>
       <c r="C31" s="7">
-        <v>235</v>
+        <v>246</v>
       </c>
       <c r="D31" s="7">
-        <v>249</v>
+        <v>260</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="6">
         <v>2</v>
       </c>
       <c r="B32" s="6" t="s">
-        <v>2124</v>
+        <v>2112</v>
       </c>
       <c r="C32" s="7">
-        <v>524</v>
+        <v>542</v>
       </c>
       <c r="D32" s="7">
-        <v>554</v>
+        <v>572</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="6">
         <v>3</v>
       </c>
       <c r="B33" s="6" t="s">
-        <v>2125</v>
+        <v>2113</v>
       </c>
       <c r="C33" s="7">
-        <v>153</v>
+        <v>163</v>
       </c>
       <c r="D33" s="7">
-        <v>162</v>
+        <v>172</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="6">
         <v>4</v>
       </c>
       <c r="B34" s="6" t="s">
-        <v>2126</v>
+        <v>2114</v>
       </c>
       <c r="C34" s="7">
-        <v>770</v>
-[...2 lines deleted...]
-        <v>801</v>
+        <v>963</v>
+      </c>
+      <c r="D34" s="7" t="s">
+        <v>858</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="6">
         <v>5</v>
       </c>
       <c r="B35" s="6" t="s">
-        <v>2127</v>
+        <v>2115</v>
       </c>
       <c r="C35" s="7">
-        <v>222</v>
+        <v>203</v>
       </c>
       <c r="D35" s="7">
-        <v>234</v>
+        <v>215</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="4" t="s">
-        <v>2128</v>
+        <v>2116</v>
       </c>
       <c r="B36" s="5"/>
       <c r="C36" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D36" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="6">
         <v>1</v>
       </c>
       <c r="B37" s="6" t="s">
-        <v>2129</v>
+        <v>2117</v>
       </c>
       <c r="C37" s="7">
-        <v>339</v>
+        <v>231</v>
       </c>
       <c r="D37" s="7">
-        <v>358</v>
+        <v>244</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="6">
         <v>2</v>
       </c>
       <c r="B38" s="6" t="s">
-        <v>2130</v>
+        <v>2118</v>
       </c>
       <c r="C38" s="7">
-        <v>480</v>
+        <v>306</v>
       </c>
       <c r="D38" s="7">
-        <v>507</v>
+        <v>323</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="6">
         <v>3</v>
       </c>
       <c r="B39" s="6" t="s">
-        <v>2131</v>
+        <v>2119</v>
       </c>
       <c r="C39" s="7">
-        <v>154</v>
+        <v>163</v>
       </c>
       <c r="D39" s="7">
-        <v>163</v>
+        <v>172</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="6">
         <v>4</v>
       </c>
       <c r="B40" s="6" t="s">
-        <v>2132</v>
-[...2 lines deleted...]
-        <v>2118</v>
+        <v>2120</v>
+      </c>
+      <c r="C40" s="7">
+        <v>948</v>
       </c>
       <c r="D40" s="7" t="s">
-        <v>2133</v>
+        <v>858</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="6">
         <v>5</v>
       </c>
       <c r="B41" s="6" t="s">
-        <v>2134</v>
+        <v>2121</v>
       </c>
       <c r="C41" s="7" t="s">
-        <v>2110</v>
+        <v>2122</v>
       </c>
       <c r="D41" s="7" t="s">
-        <v>2111</v>
+        <v>2123</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="6">
         <v>6</v>
       </c>
       <c r="B42" s="6" t="s">
-        <v>2135</v>
+        <v>2124</v>
       </c>
       <c r="C42" s="7" t="s">
-        <v>930</v>
+        <v>2125</v>
       </c>
       <c r="D42" s="7" t="s">
-        <v>2136</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="4" t="s">
-        <v>2137</v>
+        <v>2127</v>
       </c>
       <c r="B43" s="5"/>
       <c r="C43" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D43" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="6">
         <v>1</v>
       </c>
       <c r="B44" s="6" t="s">
-        <v>2138</v>
+        <v>2128</v>
       </c>
       <c r="C44" s="7">
-        <v>965</v>
-[...2 lines deleted...]
-        <v>2139</v>
+        <v>772</v>
+      </c>
+      <c r="D44" s="7">
+        <v>816</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="6">
         <v>2</v>
       </c>
       <c r="B45" s="6" t="s">
-        <v>2140</v>
-[...5 lines deleted...]
-        <v>2142</v>
+        <v>2129</v>
+      </c>
+      <c r="C45" s="7">
+        <v>893</v>
+      </c>
+      <c r="D45" s="7">
+        <v>944</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="6">
         <v>3</v>
       </c>
       <c r="B46" s="6" t="s">
-        <v>2143</v>
+        <v>2130</v>
       </c>
       <c r="C46" s="7" t="s">
-        <v>1233</v>
+        <v>2131</v>
       </c>
       <c r="D46" s="7" t="s">
-        <v>1234</v>
+        <v>2132</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="6">
         <v>4</v>
       </c>
       <c r="B47" s="6" t="s">
-        <v>2144</v>
+        <v>2133</v>
       </c>
       <c r="C47" s="7" t="s">
-        <v>2145</v>
+        <v>1508</v>
       </c>
       <c r="D47" s="7" t="s">
-        <v>2146</v>
+        <v>2088</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="6">
         <v>5</v>
       </c>
       <c r="B48" s="6" t="s">
-        <v>2147</v>
+        <v>2134</v>
       </c>
       <c r="C48" s="7" t="s">
-        <v>2148</v>
+        <v>2135</v>
       </c>
       <c r="D48" s="7" t="s">
-        <v>2149</v>
+        <v>2136</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="4" t="s">
-        <v>2150</v>
+        <v>2137</v>
       </c>
       <c r="B49" s="5"/>
       <c r="C49" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D49" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="6">
         <v>1</v>
       </c>
       <c r="B50" s="6" t="s">
-        <v>2151</v>
+        <v>2138</v>
       </c>
       <c r="C50" s="7">
         <v>28</v>
       </c>
       <c r="D50" s="7">
         <v>29</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="6">
         <v>2</v>
       </c>
       <c r="B51" s="6" t="s">
-        <v>2152</v>
+        <v>2139</v>
       </c>
       <c r="C51" s="7">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D51" s="7">
-        <v>48</v>
+        <v>47</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="6">
         <v>3</v>
       </c>
       <c r="B52" s="6" t="s">
-        <v>2153</v>
+        <v>2140</v>
       </c>
       <c r="C52" s="7">
         <v>37</v>
       </c>
       <c r="D52" s="7">
-        <v>39</v>
+        <v>38</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="6">
         <v>4</v>
       </c>
       <c r="B53" s="6" t="s">
-        <v>2154</v>
+        <v>2141</v>
       </c>
       <c r="C53" s="7">
         <v>92</v>
       </c>
       <c r="D53" s="7">
-        <v>96</v>
+        <v>95</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="6">
         <v>5</v>
       </c>
       <c r="B54" s="6" t="s">
-        <v>2155</v>
+        <v>2142</v>
       </c>
       <c r="C54" s="7">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="D54" s="7">
-        <v>125</v>
+        <v>124</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="4" t="s">
-        <v>2156</v>
+        <v>2143</v>
       </c>
       <c r="B55" s="5"/>
       <c r="C55" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D55" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="6">
         <v>1</v>
       </c>
       <c r="B56" s="6" t="s">
-        <v>2157</v>
+        <v>2144</v>
       </c>
       <c r="C56" s="7">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="D56" s="7">
-        <v>342</v>
+        <v>338</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="6">
         <v>2</v>
       </c>
       <c r="B57" s="6" t="s">
-        <v>2158</v>
+        <v>2145</v>
       </c>
       <c r="C57" s="7">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="D57" s="7">
-        <v>224</v>
+        <v>221</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="6">
         <v>3</v>
       </c>
       <c r="B58" s="6" t="s">
-        <v>2159</v>
+        <v>2146</v>
       </c>
       <c r="C58" s="7">
         <v>75</v>
       </c>
       <c r="D58" s="7">
         <v>78</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="6">
         <v>4</v>
       </c>
       <c r="B59" s="6" t="s">
-        <v>2160</v>
+        <v>2147</v>
       </c>
       <c r="C59" s="7">
         <v>69</v>
       </c>
       <c r="D59" s="7"/>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="6"/>
       <c r="B60" s="6"/>
       <c r="C60" s="6"/>
       <c r="D60" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A4:B4"/>
     <mergeCell ref="A5:B5"/>
     <mergeCell ref="A6:B6"/>
     <mergeCell ref="A19:B19"/>
     <mergeCell ref="A30:B30"/>
     <mergeCell ref="A36:B36"/>
     <mergeCell ref="A43:B43"/>
     <mergeCell ref="A49:B49"/>
     <mergeCell ref="A55:B55"/>
   </mergeCells>
@@ -19713,1212 +19812,1230 @@
     <hyperlink ref="B54" r:id="rId_hyperlink_43"/>
     <hyperlink ref="B56" r:id="rId_hyperlink_44"/>
     <hyperlink ref="B57" r:id="rId_hyperlink_45"/>
     <hyperlink ref="B58" r:id="rId_hyperlink_46"/>
     <hyperlink ref="B59" r:id="rId_hyperlink_47"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D86"/>
+  <dimension ref="A1:D87"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D86" sqref="D86"/>
+      <selection activeCell="D87" sqref="D87"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="94.26269499999999" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.710938" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:4">
       <c r="B2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="B3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="4" t="s">
-        <v>2161</v>
+        <v>2148</v>
       </c>
       <c r="B4" s="5"/>
       <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="4" t="s">
-        <v>2162</v>
+        <v>2149</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="6">
         <v>1</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>2163</v>
+        <v>2150</v>
       </c>
       <c r="C6" s="7" t="s">
-        <v>2164</v>
+        <v>2151</v>
       </c>
       <c r="D6" s="7" t="s">
-        <v>2165</v>
+        <v>2152</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="6">
         <v>2</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>2166</v>
+        <v>2153</v>
       </c>
       <c r="C7" s="7" t="s">
-        <v>2167</v>
+        <v>2154</v>
       </c>
       <c r="D7" s="7" t="s">
-        <v>2168</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="6">
         <v>3</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>2169</v>
+        <v>2156</v>
       </c>
       <c r="C8" s="7" t="s">
-        <v>2170</v>
+        <v>2157</v>
       </c>
       <c r="D8" s="7" t="s">
-        <v>2171</v>
+        <v>2158</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="6">
         <v>4</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>2172</v>
+        <v>2159</v>
       </c>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="6">
         <v>5</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>2173</v>
+        <v>2160</v>
       </c>
       <c r="C10" s="7" t="s">
-        <v>2174</v>
+        <v>2161</v>
       </c>
       <c r="D10" s="7" t="s">
-        <v>2175</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="4" t="s">
-        <v>2176</v>
+        <v>2163</v>
       </c>
       <c r="B11" s="5"/>
       <c r="C11" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="6">
         <v>1</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>2177</v>
+        <v>2164</v>
       </c>
       <c r="C12" s="7">
-        <v>761</v>
+        <v>784</v>
       </c>
       <c r="D12" s="7">
-        <v>804</v>
+        <v>829</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="6">
         <v>2</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>2178</v>
+        <v>2165</v>
       </c>
       <c r="C13" s="7" t="s">
-        <v>2179</v>
+        <v>2166</v>
       </c>
       <c r="D13" s="7" t="s">
-        <v>2180</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="6">
         <v>3</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>2181</v>
+        <v>2168</v>
       </c>
       <c r="C14" s="7" t="s">
-        <v>2182</v>
+        <v>2169</v>
       </c>
       <c r="D14" s="7" t="s">
-        <v>2183</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="6">
         <v>4</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>2184</v>
+        <v>2171</v>
       </c>
       <c r="C15" s="7" t="s">
-        <v>264</v>
+        <v>2172</v>
       </c>
       <c r="D15" s="7" t="s">
-        <v>265</v>
+        <v>2173</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="6">
         <v>5</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>2185</v>
+        <v>2174</v>
       </c>
       <c r="C16" s="7" t="s">
-        <v>2186</v>
+        <v>2175</v>
       </c>
       <c r="D16" s="7" t="s">
-        <v>2187</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="6">
         <v>6</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>1339</v>
+        <v>1344</v>
       </c>
       <c r="C17" s="7" t="s">
-        <v>1340</v>
+        <v>1345</v>
       </c>
       <c r="D17" s="7" t="s">
-        <v>1341</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="6">
         <v>7</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>1342</v>
+        <v>1347</v>
       </c>
       <c r="C18" s="7" t="s">
-        <v>1343</v>
+        <v>1348</v>
       </c>
       <c r="D18" s="7" t="s">
-        <v>1344</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="6">
         <v>8</v>
       </c>
       <c r="B19" s="6" t="s">
-        <v>1345</v>
+        <v>1350</v>
       </c>
       <c r="C19" s="7" t="s">
-        <v>1346</v>
+        <v>1351</v>
       </c>
       <c r="D19" s="7" t="s">
-        <v>1347</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="6">
         <v>9</v>
       </c>
       <c r="B20" s="6" t="s">
-        <v>2188</v>
+        <v>2177</v>
       </c>
       <c r="C20" s="7" t="s">
-        <v>2189</v>
+        <v>2178</v>
       </c>
       <c r="D20" s="7" t="s">
-        <v>2190</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="6">
         <v>10</v>
       </c>
       <c r="B21" s="6" t="s">
-        <v>2191</v>
+        <v>2180</v>
       </c>
       <c r="C21" s="7" t="s">
-        <v>1161</v>
+        <v>2181</v>
       </c>
       <c r="D21" s="7" t="s">
-        <v>2192</v>
+        <v>2182</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="6">
         <v>11</v>
       </c>
       <c r="B22" s="6" t="s">
-        <v>2193</v>
+        <v>2183</v>
       </c>
       <c r="C22" s="7" t="s">
-        <v>2194</v>
+        <v>2184</v>
       </c>
       <c r="D22" s="7" t="s">
-        <v>2195</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="6">
         <v>12</v>
       </c>
       <c r="B23" s="6" t="s">
-        <v>1348</v>
+        <v>1353</v>
       </c>
       <c r="C23" s="7" t="s">
-        <v>1349</v>
+        <v>1354</v>
       </c>
       <c r="D23" s="7" t="s">
-        <v>1350</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="6">
         <v>13</v>
       </c>
       <c r="B24" s="6" t="s">
-        <v>1351</v>
+        <v>1356</v>
       </c>
       <c r="C24" s="7" t="s">
-        <v>1352</v>
+        <v>1357</v>
       </c>
       <c r="D24" s="7" t="s">
-        <v>1353</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="6">
         <v>14</v>
       </c>
       <c r="B25" s="6" t="s">
-        <v>2196</v>
+        <v>2186</v>
       </c>
       <c r="C25" s="7" t="s">
-        <v>2197</v>
+        <v>2187</v>
       </c>
       <c r="D25" s="7" t="s">
-        <v>2198</v>
+        <v>2188</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="6">
         <v>15</v>
       </c>
       <c r="B26" s="6" t="s">
-        <v>2199</v>
+        <v>2189</v>
       </c>
       <c r="C26" s="7" t="s">
-        <v>2200</v>
+        <v>2190</v>
       </c>
       <c r="D26" s="7" t="s">
-        <v>2201</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="6">
         <v>16</v>
       </c>
       <c r="B27" s="6" t="s">
-        <v>2202</v>
+        <v>2192</v>
       </c>
       <c r="C27" s="7" t="s">
-        <v>2203</v>
+        <v>2193</v>
       </c>
       <c r="D27" s="7" t="s">
-        <v>2204</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="6">
         <v>17</v>
       </c>
       <c r="B28" s="6" t="s">
-        <v>1354</v>
+        <v>1359</v>
       </c>
       <c r="C28" s="7" t="s">
-        <v>1355</v>
+        <v>1360</v>
       </c>
       <c r="D28" s="7" t="s">
-        <v>1356</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="6">
         <v>18</v>
       </c>
       <c r="B29" s="6" t="s">
-        <v>1357</v>
+        <v>1362</v>
       </c>
       <c r="C29" s="7" t="s">
-        <v>1358</v>
+        <v>1363</v>
       </c>
       <c r="D29" s="7" t="s">
-        <v>1359</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="6">
         <v>19</v>
       </c>
       <c r="B30" s="6" t="s">
-        <v>1360</v>
+        <v>1365</v>
       </c>
       <c r="C30" s="7" t="s">
-        <v>1361</v>
+        <v>1366</v>
       </c>
       <c r="D30" s="7" t="s">
-        <v>1362</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="6">
         <v>20</v>
       </c>
       <c r="B31" s="6" t="s">
-        <v>1363</v>
+        <v>1368</v>
       </c>
       <c r="C31" s="7" t="s">
-        <v>1361</v>
+        <v>1366</v>
       </c>
       <c r="D31" s="7" t="s">
-        <v>1362</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="6">
         <v>21</v>
       </c>
       <c r="B32" s="6" t="s">
-        <v>2205</v>
+        <v>2195</v>
       </c>
       <c r="C32" s="7" t="s">
-        <v>2206</v>
+        <v>2196</v>
       </c>
       <c r="D32" s="7" t="s">
-        <v>2207</v>
+        <v>2197</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="6">
         <v>22</v>
       </c>
       <c r="B33" s="6" t="s">
-        <v>2208</v>
+        <v>2198</v>
       </c>
       <c r="C33" s="7" t="s">
-        <v>2209</v>
+        <v>2199</v>
       </c>
       <c r="D33" s="7" t="s">
-        <v>2210</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="6">
         <v>23</v>
       </c>
       <c r="B34" s="6" t="s">
-        <v>2211</v>
+        <v>2201</v>
       </c>
       <c r="C34" s="7" t="s">
-        <v>2212</v>
+        <v>2202</v>
       </c>
       <c r="D34" s="7" t="s">
-        <v>1684</v>
+        <v>2203</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="6">
         <v>24</v>
       </c>
       <c r="B35" s="6" t="s">
-        <v>2213</v>
+        <v>2204</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>2214</v>
+        <v>2205</v>
       </c>
       <c r="D35" s="7" t="s">
-        <v>2215</v>
+        <v>2206</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="6">
         <v>25</v>
       </c>
       <c r="B36" s="6" t="s">
-        <v>2216</v>
+        <v>2207</v>
       </c>
       <c r="C36" s="7" t="s">
-        <v>2217</v>
+        <v>2208</v>
       </c>
       <c r="D36" s="7" t="s">
-        <v>2218</v>
+        <v>2209</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="6">
         <v>26</v>
       </c>
       <c r="B37" s="6" t="s">
-        <v>2219</v>
+        <v>2210</v>
       </c>
       <c r="C37" s="7" t="s">
-        <v>2220</v>
+        <v>2211</v>
       </c>
       <c r="D37" s="7" t="s">
-        <v>2221</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="6">
         <v>27</v>
       </c>
       <c r="B38" s="6" t="s">
-        <v>2222</v>
+        <v>2213</v>
       </c>
       <c r="C38" s="7" t="s">
-        <v>2223</v>
+        <v>2214</v>
       </c>
       <c r="D38" s="7" t="s">
-        <v>2224</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="6">
         <v>28</v>
       </c>
       <c r="B39" s="6" t="s">
-        <v>2225</v>
+        <v>2216</v>
       </c>
       <c r="C39" s="7" t="s">
-        <v>2226</v>
+        <v>2217</v>
       </c>
       <c r="D39" s="7" t="s">
-        <v>1443</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="6">
         <v>29</v>
       </c>
       <c r="B40" s="6" t="s">
-        <v>2227</v>
+        <v>2219</v>
       </c>
       <c r="C40" s="7" t="s">
-        <v>2228</v>
+        <v>2220</v>
       </c>
       <c r="D40" s="7" t="s">
-        <v>2229</v>
+        <v>2221</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="4" t="s">
-        <v>2230</v>
+        <v>2222</v>
       </c>
       <c r="B41" s="5"/>
       <c r="C41" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D41" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="6">
         <v>1</v>
       </c>
       <c r="B42" s="6" t="s">
-        <v>2231</v>
+        <v>2223</v>
       </c>
       <c r="C42" s="7">
-        <v>211</v>
+        <v>218</v>
       </c>
       <c r="D42" s="7">
-        <v>223</v>
+        <v>231</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="6">
         <v>2</v>
       </c>
       <c r="B43" s="6" t="s">
-        <v>2232</v>
+        <v>2224</v>
       </c>
       <c r="C43" s="7" t="s">
-        <v>28</v>
+        <v>2225</v>
       </c>
       <c r="D43" s="7" t="s">
-        <v>29</v>
+        <v>2226</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="6">
         <v>3</v>
       </c>
       <c r="B44" s="6" t="s">
-        <v>2233</v>
+        <v>2227</v>
       </c>
       <c r="C44" s="7">
-        <v>320</v>
+        <v>330</v>
       </c>
       <c r="D44" s="7">
-        <v>338</v>
+        <v>349</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="6">
         <v>4</v>
       </c>
       <c r="B45" s="6" t="s">
-        <v>2234</v>
+        <v>2228</v>
       </c>
       <c r="C45" s="7">
-        <v>296</v>
+        <v>306</v>
       </c>
       <c r="D45" s="7">
-        <v>312</v>
+        <v>323</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="6">
         <v>5</v>
       </c>
       <c r="B46" s="6" t="s">
-        <v>2235</v>
+        <v>2229</v>
       </c>
       <c r="C46" s="7">
-        <v>197</v>
+        <v>203</v>
       </c>
       <c r="D46" s="7">
-        <v>208</v>
+        <v>215</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="6">
         <v>6</v>
       </c>
       <c r="B47" s="6" t="s">
-        <v>2236</v>
+        <v>2230</v>
       </c>
       <c r="C47" s="7">
-        <v>317</v>
+        <v>326</v>
       </c>
       <c r="D47" s="7">
-        <v>335</v>
+        <v>345</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="6">
         <v>7</v>
       </c>
       <c r="B48" s="6" t="s">
-        <v>2237</v>
+        <v>2231</v>
       </c>
       <c r="C48" s="7">
-        <v>246</v>
+        <v>254</v>
       </c>
       <c r="D48" s="7">
-        <v>260</v>
+        <v>268</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="6">
         <v>8</v>
       </c>
       <c r="B49" s="6" t="s">
-        <v>2238</v>
+        <v>2232</v>
       </c>
       <c r="C49" s="7">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="D49" s="7">
-        <v>171</v>
+        <v>176</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="6">
         <v>9</v>
       </c>
       <c r="B50" s="6" t="s">
-        <v>2239</v>
+        <v>2233</v>
       </c>
       <c r="C50" s="7">
-        <v>211</v>
+        <v>218</v>
       </c>
       <c r="D50" s="7">
-        <v>223</v>
+        <v>231</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="6">
         <v>10</v>
       </c>
       <c r="B51" s="6" t="s">
-        <v>2240</v>
+        <v>2234</v>
       </c>
       <c r="C51" s="7" t="s">
-        <v>2241</v>
+        <v>2235</v>
       </c>
       <c r="D51" s="7" t="s">
-        <v>2242</v>
+        <v>2236</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="6">
         <v>11</v>
       </c>
       <c r="B52" s="6" t="s">
-        <v>2243</v>
+        <v>2237</v>
       </c>
       <c r="C52" s="7">
         <v>777</v>
       </c>
       <c r="D52" s="7">
         <v>820</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="6">
         <v>12</v>
       </c>
       <c r="B53" s="6" t="s">
-        <v>2244</v>
+        <v>2238</v>
       </c>
       <c r="C53" s="7" t="s">
-        <v>2245</v>
+        <v>2239</v>
       </c>
       <c r="D53" s="7" t="s">
-        <v>2246</v>
+        <v>743</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="6">
         <v>13</v>
       </c>
       <c r="B54" s="6" t="s">
-        <v>2247</v>
+        <v>2240</v>
       </c>
       <c r="C54" s="7" t="s">
-        <v>2248</v>
+        <v>2241</v>
       </c>
       <c r="D54" s="7" t="s">
-        <v>1802</v>
+        <v>2242</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="6">
         <v>14</v>
       </c>
       <c r="B55" s="6" t="s">
-        <v>2249</v>
+        <v>2243</v>
       </c>
       <c r="C55" s="7">
-        <v>431</v>
+        <v>445</v>
       </c>
       <c r="D55" s="7">
-        <v>455</v>
+        <v>470</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="6">
         <v>15</v>
       </c>
       <c r="B56" s="6" t="s">
-        <v>2250</v>
+        <v>2244</v>
       </c>
       <c r="C56" s="7">
-        <v>392</v>
+        <v>404</v>
       </c>
       <c r="D56" s="7">
-        <v>407</v>
+        <v>420</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="6">
         <v>16</v>
       </c>
       <c r="B57" s="6" t="s">
-        <v>2251</v>
+        <v>2245</v>
       </c>
       <c r="C57" s="7"/>
       <c r="D57" s="7"/>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="6">
         <v>17</v>
       </c>
       <c r="B58" s="6" t="s">
-        <v>2252</v>
+        <v>2246</v>
       </c>
       <c r="C58" s="7" t="s">
-        <v>2253</v>
+        <v>870</v>
       </c>
       <c r="D58" s="7" t="s">
-        <v>2254</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="6">
         <v>18</v>
       </c>
       <c r="B59" s="6" t="s">
-        <v>2255</v>
+        <v>2248</v>
       </c>
       <c r="C59" s="7" t="s">
-        <v>2256</v>
+        <v>2249</v>
       </c>
       <c r="D59" s="7" t="s">
-        <v>2257</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="6">
         <v>19</v>
       </c>
       <c r="B60" s="6" t="s">
-        <v>2258</v>
+        <v>2251</v>
       </c>
       <c r="C60" s="7" t="s">
-        <v>2259</v>
+        <v>2252</v>
       </c>
       <c r="D60" s="7" t="s">
-        <v>2260</v>
+        <v>2253</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="6">
         <v>20</v>
       </c>
       <c r="B61" s="6" t="s">
-        <v>2261</v>
+        <v>2254</v>
       </c>
       <c r="C61" s="7" t="s">
-        <v>2262</v>
+        <v>1426</v>
       </c>
       <c r="D61" s="7" t="s">
-        <v>2263</v>
+        <v>2255</v>
       </c>
     </row>
     <row r="62" spans="1:4">
-      <c r="A62" s="4" t="s">
-[...3 lines deleted...]
-      <c r="C62" s="5" t="s">
+      <c r="A62" s="6">
+        <v>21</v>
+      </c>
+      <c r="B62" s="6" t="s">
+        <v>2256</v>
+      </c>
+      <c r="C62" s="7">
+        <v>200</v>
+      </c>
+      <c r="D62" s="7">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4">
+      <c r="A63" s="4" t="s">
+        <v>2257</v>
+      </c>
+      <c r="B63" s="5"/>
+      <c r="C63" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="D62" s="5" t="s">
+      <c r="D63" s="5" t="s">
         <v>5</v>
-      </c>
-[...12 lines deleted...]
-        <v>331</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="6">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="B64" s="6" t="s">
-        <v>2266</v>
+        <v>2258</v>
       </c>
       <c r="C64" s="7">
-        <v>361</v>
+        <v>313</v>
       </c>
       <c r="D64" s="7">
-        <v>381</v>
+        <v>331</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="B65" s="6" t="s">
-        <v>2267</v>
+        <v>2259</v>
       </c>
       <c r="C65" s="7">
-        <v>893</v>
+        <v>361</v>
       </c>
       <c r="D65" s="7">
-        <v>944</v>
+        <v>381</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="B66" s="6" t="s">
-        <v>2268</v>
+        <v>2260</v>
       </c>
       <c r="C66" s="7">
-        <v>250</v>
+        <v>893</v>
       </c>
       <c r="D66" s="7">
-        <v>264</v>
+        <v>944</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="B67" s="6" t="s">
-        <v>2269</v>
+        <v>2261</v>
       </c>
       <c r="C67" s="7">
-        <v>320</v>
+        <v>259</v>
       </c>
       <c r="D67" s="7">
-        <v>338</v>
+        <v>273</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="6">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B68" s="6" t="s">
-        <v>2270</v>
+        <v>2262</v>
       </c>
       <c r="C68" s="7">
-        <v>831</v>
+        <v>330</v>
       </c>
       <c r="D68" s="7">
-        <v>878</v>
+        <v>349</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="6">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B69" s="6" t="s">
-        <v>2271</v>
-[...5 lines deleted...]
-        <v>2273</v>
+        <v>2263</v>
+      </c>
+      <c r="C69" s="7">
+        <v>857</v>
+      </c>
+      <c r="D69" s="7">
+        <v>905</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="6">
+        <v>7</v>
+      </c>
+      <c r="B70" s="6" t="s">
+        <v>2264</v>
+      </c>
+      <c r="C70" s="7" t="s">
+        <v>2265</v>
+      </c>
+      <c r="D70" s="7" t="s">
+        <v>1751</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4">
+      <c r="A71" s="6">
         <v>8</v>
       </c>
-      <c r="B70" s="6" t="s">
-[...14 lines deleted...]
-      <c r="C71" s="5" t="s">
+      <c r="B71" s="6" t="s">
+        <v>2266</v>
+      </c>
+      <c r="C71" s="7" t="s">
+        <v>2267</v>
+      </c>
+      <c r="D71" s="7" t="s">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="72" spans="1:4">
+      <c r="A72" s="4" t="s">
+        <v>2268</v>
+      </c>
+      <c r="B72" s="5"/>
+      <c r="C72" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="D71" s="5" t="s">
+      <c r="D72" s="5" t="s">
         <v>5</v>
-      </c>
-[...12 lines deleted...]
-        <v>1797</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="6">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="B73" s="6" t="s">
-        <v>2278</v>
+        <v>2269</v>
       </c>
       <c r="C73" s="7" t="s">
-        <v>2279</v>
+        <v>2270</v>
       </c>
       <c r="D73" s="7" t="s">
-        <v>2280</v>
+        <v>2271</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="B74" s="6" t="s">
-        <v>2281</v>
+        <v>2272</v>
       </c>
       <c r="C74" s="7" t="s">
-        <v>2282</v>
+        <v>2273</v>
       </c>
       <c r="D74" s="7" t="s">
-        <v>2283</v>
+        <v>2274</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="B75" s="6" t="s">
-        <v>2284</v>
+        <v>2275</v>
       </c>
       <c r="C75" s="7" t="s">
-        <v>2285</v>
+        <v>2276</v>
       </c>
       <c r="D75" s="7" t="s">
-        <v>2286</v>
+        <v>2277</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="B76" s="6" t="s">
-        <v>2287</v>
+        <v>2278</v>
       </c>
       <c r="C76" s="7" t="s">
-        <v>2288</v>
+        <v>778</v>
       </c>
       <c r="D76" s="7" t="s">
-        <v>2289</v>
+        <v>2279</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="6">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B77" s="6" t="s">
-        <v>2290</v>
+        <v>2280</v>
       </c>
       <c r="C77" s="7" t="s">
-        <v>2291</v>
+        <v>2281</v>
       </c>
       <c r="D77" s="7" t="s">
-        <v>2292</v>
+        <v>2282</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="6">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B78" s="6" t="s">
-        <v>2293</v>
+        <v>2283</v>
       </c>
       <c r="C78" s="7" t="s">
-        <v>2294</v>
+        <v>2284</v>
       </c>
       <c r="D78" s="7" t="s">
-        <v>2295</v>
+        <v>2285</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="6">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B79" s="6" t="s">
-        <v>2296</v>
+        <v>2286</v>
       </c>
       <c r="C79" s="7" t="s">
-        <v>1525</v>
+        <v>2287</v>
       </c>
       <c r="D79" s="7" t="s">
-        <v>1526</v>
+        <v>2288</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="6">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B80" s="6" t="s">
-        <v>2297</v>
+        <v>2289</v>
       </c>
       <c r="C80" s="7" t="s">
-        <v>2298</v>
+        <v>2290</v>
       </c>
       <c r="D80" s="7" t="s">
-        <v>2299</v>
+        <v>2291</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="6">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B81" s="6" t="s">
-        <v>2300</v>
+        <v>2292</v>
       </c>
       <c r="C81" s="7" t="s">
-        <v>2301</v>
+        <v>2293</v>
       </c>
       <c r="D81" s="7" t="s">
-        <v>2302</v>
+        <v>2294</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="6">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B82" s="6" t="s">
-        <v>2303</v>
+        <v>2295</v>
       </c>
       <c r="C82" s="7" t="s">
-        <v>2304</v>
+        <v>2296</v>
       </c>
       <c r="D82" s="7" t="s">
-        <v>2305</v>
+        <v>2297</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="6">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B83" s="6" t="s">
-        <v>2306</v>
+        <v>2298</v>
       </c>
       <c r="C83" s="7" t="s">
-        <v>2307</v>
+        <v>2299</v>
       </c>
       <c r="D83" s="7" t="s">
-        <v>2308</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="6">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B84" s="6" t="s">
-        <v>2309</v>
+        <v>2301</v>
       </c>
       <c r="C84" s="7" t="s">
-        <v>2310</v>
+        <v>2302</v>
       </c>
       <c r="D84" s="7" t="s">
-        <v>2257</v>
+        <v>2303</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="6">
+        <v>13</v>
+      </c>
+      <c r="B85" s="6" t="s">
+        <v>2304</v>
+      </c>
+      <c r="C85" s="7" t="s">
+        <v>2305</v>
+      </c>
+      <c r="D85" s="7" t="s">
+        <v>2306</v>
+      </c>
+    </row>
+    <row r="86" spans="1:4">
+      <c r="A86" s="6">
         <v>14</v>
       </c>
-      <c r="B85" s="6" t="s">
-[...9 lines deleted...]
-      <c r="D86" s="6"/>
+      <c r="B86" s="6" t="s">
+        <v>2307</v>
+      </c>
+      <c r="C86" s="7" t="s">
+        <v>2308</v>
+      </c>
+      <c r="D86" s="7" t="s">
+        <v>2309</v>
+      </c>
+    </row>
+    <row r="87" spans="1:4">
+      <c r="A87" s="6"/>
+      <c r="B87" s="6"/>
+      <c r="C87" s="6"/>
+      <c r="D87" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A4:B4"/>
     <mergeCell ref="A5:B5"/>
     <mergeCell ref="A11:B11"/>
     <mergeCell ref="A41:B41"/>
-    <mergeCell ref="A62:B62"/>
-    <mergeCell ref="A71:B71"/>
+    <mergeCell ref="A63:B63"/>
+    <mergeCell ref="A72:B72"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B6" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B23" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B24" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B25" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B26" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B27" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B28" r:id="rId_hyperlink_22"/>
     <hyperlink ref="B29" r:id="rId_hyperlink_23"/>
@@ -20931,1063 +21048,1068 @@
     <hyperlink ref="B36" r:id="rId_hyperlink_30"/>
     <hyperlink ref="B37" r:id="rId_hyperlink_31"/>
     <hyperlink ref="B38" r:id="rId_hyperlink_32"/>
     <hyperlink ref="B39" r:id="rId_hyperlink_33"/>
     <hyperlink ref="B40" r:id="rId_hyperlink_34"/>
     <hyperlink ref="B42" r:id="rId_hyperlink_35"/>
     <hyperlink ref="B43" r:id="rId_hyperlink_36"/>
     <hyperlink ref="B44" r:id="rId_hyperlink_37"/>
     <hyperlink ref="B45" r:id="rId_hyperlink_38"/>
     <hyperlink ref="B46" r:id="rId_hyperlink_39"/>
     <hyperlink ref="B47" r:id="rId_hyperlink_40"/>
     <hyperlink ref="B48" r:id="rId_hyperlink_41"/>
     <hyperlink ref="B49" r:id="rId_hyperlink_42"/>
     <hyperlink ref="B50" r:id="rId_hyperlink_43"/>
     <hyperlink ref="B51" r:id="rId_hyperlink_44"/>
     <hyperlink ref="B52" r:id="rId_hyperlink_45"/>
     <hyperlink ref="B53" r:id="rId_hyperlink_46"/>
     <hyperlink ref="B54" r:id="rId_hyperlink_47"/>
     <hyperlink ref="B55" r:id="rId_hyperlink_48"/>
     <hyperlink ref="B56" r:id="rId_hyperlink_49"/>
     <hyperlink ref="B57" r:id="rId_hyperlink_50"/>
     <hyperlink ref="B58" r:id="rId_hyperlink_51"/>
     <hyperlink ref="B59" r:id="rId_hyperlink_52"/>
     <hyperlink ref="B60" r:id="rId_hyperlink_53"/>
     <hyperlink ref="B61" r:id="rId_hyperlink_54"/>
-    <hyperlink ref="B63" r:id="rId_hyperlink_55"/>
+    <hyperlink ref="B62" r:id="rId_hyperlink_55"/>
     <hyperlink ref="B64" r:id="rId_hyperlink_56"/>
     <hyperlink ref="B65" r:id="rId_hyperlink_57"/>
     <hyperlink ref="B66" r:id="rId_hyperlink_58"/>
     <hyperlink ref="B67" r:id="rId_hyperlink_59"/>
     <hyperlink ref="B68" r:id="rId_hyperlink_60"/>
     <hyperlink ref="B69" r:id="rId_hyperlink_61"/>
     <hyperlink ref="B70" r:id="rId_hyperlink_62"/>
-    <hyperlink ref="B72" r:id="rId_hyperlink_63"/>
+    <hyperlink ref="B71" r:id="rId_hyperlink_63"/>
     <hyperlink ref="B73" r:id="rId_hyperlink_64"/>
     <hyperlink ref="B74" r:id="rId_hyperlink_65"/>
     <hyperlink ref="B75" r:id="rId_hyperlink_66"/>
     <hyperlink ref="B76" r:id="rId_hyperlink_67"/>
     <hyperlink ref="B77" r:id="rId_hyperlink_68"/>
     <hyperlink ref="B78" r:id="rId_hyperlink_69"/>
     <hyperlink ref="B79" r:id="rId_hyperlink_70"/>
     <hyperlink ref="B80" r:id="rId_hyperlink_71"/>
     <hyperlink ref="B81" r:id="rId_hyperlink_72"/>
     <hyperlink ref="B82" r:id="rId_hyperlink_73"/>
     <hyperlink ref="B83" r:id="rId_hyperlink_74"/>
     <hyperlink ref="B84" r:id="rId_hyperlink_75"/>
     <hyperlink ref="B85" r:id="rId_hyperlink_76"/>
+    <hyperlink ref="B86" r:id="rId_hyperlink_77"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D73"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D73" sqref="D73"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="106.116943" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.710938" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:4">
       <c r="B2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="B3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="4" t="s">
-        <v>2312</v>
+        <v>2310</v>
       </c>
       <c r="B4" s="5"/>
       <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="4" t="s">
-        <v>2313</v>
+        <v>2311</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="6">
         <v>1</v>
       </c>
       <c r="B6" s="6" t="s">
+        <v>2312</v>
+      </c>
+      <c r="C6" s="7" t="s">
+        <v>2313</v>
+      </c>
+      <c r="D6" s="7" t="s">
         <v>2314</v>
-      </c>
-[...4 lines deleted...]
-        <v>2316</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="6">
         <v>2</v>
       </c>
       <c r="B7" s="6" t="s">
+        <v>2315</v>
+      </c>
+      <c r="C7" s="7" t="s">
+        <v>2316</v>
+      </c>
+      <c r="D7" s="7" t="s">
         <v>2317</v>
-      </c>
-[...4 lines deleted...]
-        <v>2319</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="4" t="s">
-        <v>2320</v>
+        <v>2318</v>
       </c>
       <c r="B8" s="5"/>
       <c r="C8" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="6">
         <v>1</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>2321</v>
+        <v>2319</v>
       </c>
       <c r="C9" s="7">
         <v>265</v>
       </c>
       <c r="D9" s="7">
         <v>292</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="6">
         <v>2</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>2322</v>
+        <v>2320</v>
       </c>
       <c r="C10" s="7">
         <v>276</v>
       </c>
       <c r="D10" s="7">
         <v>303</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="6">
         <v>3</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>2323</v>
+        <v>2321</v>
       </c>
       <c r="C11" s="7">
         <v>295</v>
       </c>
       <c r="D11" s="7">
         <v>325</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="6">
         <v>4</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>2324</v>
+        <v>2322</v>
       </c>
       <c r="C12" s="7">
         <v>321</v>
       </c>
       <c r="D12" s="7">
         <v>353</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="6">
         <v>5</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>2325</v>
+        <v>2323</v>
       </c>
       <c r="C13" s="7">
         <v>346</v>
       </c>
       <c r="D13" s="7">
         <v>381</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="6">
         <v>6</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>2326</v>
+        <v>2324</v>
       </c>
       <c r="C14" s="7">
         <v>370</v>
       </c>
       <c r="D14" s="7">
         <v>407</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="6">
         <v>7</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>2327</v>
+        <v>2325</v>
       </c>
       <c r="C15" s="7">
         <v>506</v>
       </c>
       <c r="D15" s="7">
         <v>556</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="6">
         <v>8</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>2328</v>
+        <v>2326</v>
       </c>
       <c r="C16" s="7">
         <v>546</v>
       </c>
       <c r="D16" s="7">
         <v>601</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="6">
         <v>9</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>2329</v>
+        <v>2327</v>
       </c>
       <c r="C17" s="7">
         <v>559</v>
       </c>
       <c r="D17" s="7">
         <v>615</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="6">
         <v>10</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>2330</v>
+        <v>2328</v>
       </c>
       <c r="C18" s="7">
         <v>616</v>
       </c>
       <c r="D18" s="7">
         <v>677</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="6">
         <v>11</v>
       </c>
       <c r="B19" s="6" t="s">
-        <v>2331</v>
+        <v>2329</v>
       </c>
       <c r="C19" s="7">
         <v>785</v>
       </c>
       <c r="D19" s="7">
         <v>863</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="6">
         <v>12</v>
       </c>
       <c r="B20" s="6" t="s">
+        <v>2330</v>
+      </c>
+      <c r="C20" s="7" t="s">
+        <v>2331</v>
+      </c>
+      <c r="D20" s="7" t="s">
         <v>2332</v>
-      </c>
-[...4 lines deleted...]
-        <v>2334</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="4" t="s">
-        <v>2335</v>
+        <v>2333</v>
       </c>
       <c r="B21" s="5"/>
       <c r="C21" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D21" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="6">
         <v>1</v>
       </c>
       <c r="B22" s="6" t="s">
-        <v>2336</v>
+        <v>2334</v>
       </c>
       <c r="C22" s="7" t="s">
-        <v>2337</v>
+        <v>2335</v>
       </c>
       <c r="D22" s="7" t="s">
-        <v>1594</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="6">
         <v>2</v>
       </c>
       <c r="B23" s="6" t="s">
-        <v>2338</v>
+        <v>2336</v>
       </c>
       <c r="C23" s="7" t="s">
         <v>156</v>
       </c>
       <c r="D23" s="7" t="s">
-        <v>2339</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="6">
         <v>3</v>
       </c>
       <c r="B24" s="6" t="s">
-        <v>2340</v>
+        <v>2337</v>
       </c>
       <c r="C24" s="7" t="s">
-        <v>433</v>
+        <v>2305</v>
       </c>
       <c r="D24" s="7" t="s">
-        <v>434</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="6">
         <v>4</v>
       </c>
       <c r="B25" s="6" t="s">
-        <v>2341</v>
+        <v>2338</v>
       </c>
       <c r="C25" s="7" t="s">
-        <v>1034</v>
+        <v>2339</v>
       </c>
       <c r="D25" s="7" t="s">
-        <v>806</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="4" t="s">
-        <v>2342</v>
+        <v>2340</v>
       </c>
       <c r="B26" s="5"/>
       <c r="C26" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D26" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="6">
         <v>1</v>
       </c>
       <c r="B27" s="6" t="s">
-        <v>2343</v>
+        <v>2341</v>
       </c>
       <c r="C27" s="7">
         <v>78</v>
       </c>
       <c r="D27" s="7">
         <v>86</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="6">
         <v>2</v>
       </c>
       <c r="B28" s="6" t="s">
-        <v>2344</v>
+        <v>2342</v>
       </c>
       <c r="C28" s="7">
         <v>86</v>
       </c>
       <c r="D28" s="7">
         <v>95</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="6">
         <v>3</v>
       </c>
       <c r="B29" s="6" t="s">
-        <v>2345</v>
+        <v>2343</v>
       </c>
       <c r="C29" s="7">
         <v>89</v>
       </c>
       <c r="D29" s="7">
         <v>98</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="6">
         <v>4</v>
       </c>
       <c r="B30" s="6" t="s">
-        <v>2346</v>
+        <v>2344</v>
       </c>
       <c r="C30" s="7">
         <v>89</v>
       </c>
       <c r="D30" s="7">
         <v>98</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="6">
         <v>5</v>
       </c>
       <c r="B31" s="6" t="s">
-        <v>2347</v>
+        <v>2345</v>
       </c>
       <c r="C31" s="7">
         <v>243</v>
       </c>
       <c r="D31" s="7">
         <v>268</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="6">
         <v>6</v>
       </c>
       <c r="B32" s="6" t="s">
-        <v>2348</v>
+        <v>2346</v>
       </c>
       <c r="C32" s="7" t="s">
-        <v>2349</v>
+        <v>1410</v>
       </c>
       <c r="D32" s="7" t="s">
-        <v>2350</v>
+        <v>2347</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="6">
         <v>7</v>
       </c>
       <c r="B33" s="6" t="s">
-        <v>2351</v>
+        <v>2348</v>
       </c>
       <c r="C33" s="7">
         <v>966</v>
       </c>
       <c r="D33" s="7" t="s">
-        <v>2352</v>
+        <v>2349</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="6">
         <v>8</v>
       </c>
       <c r="B34" s="6" t="s">
-        <v>2353</v>
+        <v>2350</v>
       </c>
       <c r="C34" s="7">
         <v>876</v>
       </c>
       <c r="D34" s="7">
         <v>964</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="6">
         <v>9</v>
       </c>
       <c r="B35" s="6" t="s">
-        <v>2354</v>
+        <v>2351</v>
       </c>
       <c r="C35" s="7">
         <v>501</v>
       </c>
       <c r="D35" s="7">
         <v>552</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="6">
         <v>10</v>
       </c>
       <c r="B36" s="6" t="s">
-        <v>2355</v>
+        <v>2352</v>
       </c>
       <c r="C36" s="7">
         <v>141</v>
       </c>
       <c r="D36" s="7">
         <v>156</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="6">
         <v>11</v>
       </c>
       <c r="B37" s="6" t="s">
-        <v>2356</v>
+        <v>2353</v>
       </c>
       <c r="C37" s="7">
         <v>137</v>
       </c>
       <c r="D37" s="7">
         <v>151</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="6">
         <v>12</v>
       </c>
       <c r="B38" s="6" t="s">
-        <v>2357</v>
+        <v>2354</v>
       </c>
       <c r="C38" s="7">
         <v>134</v>
       </c>
       <c r="D38" s="7">
         <v>147</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="6">
         <v>13</v>
       </c>
       <c r="B39" s="6" t="s">
-        <v>2358</v>
+        <v>2355</v>
       </c>
       <c r="C39" s="7">
         <v>134</v>
       </c>
       <c r="D39" s="7">
         <v>147</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="6">
         <v>14</v>
       </c>
       <c r="B40" s="6" t="s">
-        <v>2359</v>
+        <v>2356</v>
       </c>
       <c r="C40" s="7">
         <v>96</v>
       </c>
       <c r="D40" s="7">
         <v>106</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="6">
         <v>15</v>
       </c>
       <c r="B41" s="6" t="s">
-        <v>2360</v>
+        <v>2357</v>
       </c>
       <c r="C41" s="7">
         <v>92</v>
       </c>
       <c r="D41" s="7">
         <v>101</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="6">
         <v>16</v>
       </c>
       <c r="B42" s="6" t="s">
-        <v>2361</v>
+        <v>2358</v>
       </c>
       <c r="C42" s="7">
         <v>150</v>
       </c>
       <c r="D42" s="7">
         <v>165</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="6">
         <v>17</v>
       </c>
       <c r="B43" s="6" t="s">
-        <v>2362</v>
+        <v>2359</v>
       </c>
       <c r="C43" s="7">
         <v>150</v>
       </c>
       <c r="D43" s="7">
         <v>165</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="6">
         <v>18</v>
       </c>
       <c r="B44" s="6" t="s">
-        <v>2363</v>
+        <v>2360</v>
       </c>
       <c r="C44" s="7">
         <v>158</v>
       </c>
       <c r="D44" s="7">
         <v>174</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="6">
         <v>19</v>
       </c>
       <c r="B45" s="6" t="s">
-        <v>2364</v>
+        <v>2361</v>
       </c>
       <c r="C45" s="7">
         <v>158</v>
       </c>
       <c r="D45" s="7">
         <v>174</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="6">
         <v>20</v>
       </c>
       <c r="B46" s="6" t="s">
-        <v>2365</v>
+        <v>2362</v>
       </c>
       <c r="C46" s="7">
         <v>180</v>
       </c>
       <c r="D46" s="7">
         <v>198</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="6">
         <v>21</v>
       </c>
       <c r="B47" s="6" t="s">
-        <v>2366</v>
+        <v>2363</v>
       </c>
       <c r="C47" s="7">
         <v>185</v>
       </c>
       <c r="D47" s="7">
         <v>203</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="6">
         <v>22</v>
       </c>
       <c r="B48" s="6" t="s">
-        <v>2367</v>
+        <v>2364</v>
       </c>
       <c r="C48" s="7">
         <v>203</v>
       </c>
       <c r="D48" s="7">
         <v>223</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="6">
         <v>23</v>
       </c>
       <c r="B49" s="6" t="s">
-        <v>2368</v>
+        <v>2365</v>
       </c>
       <c r="C49" s="7">
         <v>206</v>
       </c>
       <c r="D49" s="7">
         <v>227</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="6">
         <v>24</v>
       </c>
       <c r="B50" s="6" t="s">
-        <v>2369</v>
+        <v>2366</v>
       </c>
       <c r="C50" s="7">
         <v>206</v>
       </c>
       <c r="D50" s="7">
         <v>227</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="6">
         <v>25</v>
       </c>
       <c r="B51" s="6" t="s">
-        <v>2370</v>
+        <v>2367</v>
       </c>
       <c r="C51" s="7">
         <v>210</v>
       </c>
       <c r="D51" s="7">
         <v>231</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="6">
         <v>26</v>
       </c>
       <c r="B52" s="6" t="s">
-        <v>2371</v>
+        <v>2368</v>
       </c>
       <c r="C52" s="7">
         <v>405</v>
       </c>
       <c r="D52" s="7">
         <v>446</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="6">
         <v>27</v>
       </c>
       <c r="B53" s="6" t="s">
-        <v>2372</v>
+        <v>2369</v>
       </c>
       <c r="C53" s="7">
         <v>540</v>
       </c>
       <c r="D53" s="7">
         <v>594</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="6">
         <v>28</v>
       </c>
       <c r="B54" s="6" t="s">
-        <v>2373</v>
+        <v>2370</v>
       </c>
       <c r="C54" s="7" t="s">
-        <v>2374</v>
+        <v>2371</v>
       </c>
       <c r="D54" s="7" t="s">
-        <v>2106</v>
+        <v>2372</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="6">
         <v>29</v>
       </c>
       <c r="B55" s="6" t="s">
-        <v>2375</v>
+        <v>2373</v>
       </c>
       <c r="C55" s="7" t="s">
-        <v>2376</v>
+        <v>1220</v>
       </c>
       <c r="D55" s="7" t="s">
-        <v>926</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="6">
         <v>30</v>
       </c>
       <c r="B56" s="6" t="s">
-        <v>2377</v>
+        <v>2374</v>
       </c>
       <c r="C56" s="7" t="s">
-        <v>2378</v>
+        <v>2375</v>
       </c>
       <c r="D56" s="7" t="s">
-        <v>2379</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="6">
         <v>31</v>
       </c>
       <c r="B57" s="6" t="s">
-        <v>1320</v>
+        <v>1325</v>
       </c>
       <c r="C57" s="7">
         <v>123</v>
       </c>
       <c r="D57" s="7">
         <v>136</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="6">
         <v>32</v>
       </c>
       <c r="B58" s="6" t="s">
-        <v>1321</v>
+        <v>1326</v>
       </c>
       <c r="C58" s="7">
         <v>131</v>
       </c>
       <c r="D58" s="7">
         <v>144</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="6">
         <v>33</v>
       </c>
       <c r="B59" s="6" t="s">
-        <v>1322</v>
+        <v>1327</v>
       </c>
       <c r="C59" s="7">
         <v>134</v>
       </c>
       <c r="D59" s="7">
         <v>147</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="6">
         <v>34</v>
       </c>
       <c r="B60" s="6" t="s">
-        <v>1323</v>
-[...2 lines deleted...]
-      <c r="D60" s="7"/>
+        <v>1328</v>
+      </c>
+      <c r="C60" s="7">
+        <v>135</v>
+      </c>
+      <c r="D60" s="7">
+        <v>149</v>
+      </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="6">
         <v>35</v>
       </c>
       <c r="B61" s="6" t="s">
-        <v>1324</v>
+        <v>1329</v>
       </c>
       <c r="C61" s="7">
         <v>137</v>
       </c>
       <c r="D61" s="7">
         <v>151</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="6">
         <v>36</v>
       </c>
       <c r="B62" s="6" t="s">
-        <v>1325</v>
+        <v>1330</v>
       </c>
       <c r="C62" s="7">
         <v>141</v>
       </c>
       <c r="D62" s="7">
         <v>156</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="6">
         <v>37</v>
       </c>
       <c r="B63" s="6" t="s">
-        <v>1326</v>
+        <v>1331</v>
       </c>
       <c r="C63" s="7">
         <v>209</v>
       </c>
       <c r="D63" s="7">
         <v>230</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="6">
         <v>38</v>
       </c>
       <c r="B64" s="6" t="s">
-        <v>1327</v>
+        <v>1332</v>
       </c>
       <c r="C64" s="7">
         <v>209</v>
       </c>
       <c r="D64" s="7">
         <v>230</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="6">
         <v>39</v>
       </c>
       <c r="B65" s="6" t="s">
-        <v>1328</v>
+        <v>1333</v>
       </c>
       <c r="C65" s="7">
         <v>212</v>
       </c>
       <c r="D65" s="7">
         <v>233</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="6">
         <v>40</v>
       </c>
       <c r="B66" s="6" t="s">
-        <v>1329</v>
+        <v>1334</v>
       </c>
       <c r="C66" s="7">
         <v>216</v>
       </c>
       <c r="D66" s="7">
         <v>238</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="4" t="s">
-        <v>2380</v>
+        <v>2377</v>
       </c>
       <c r="B67" s="5"/>
       <c r="C67" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D67" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="6">
         <v>1</v>
       </c>
       <c r="B68" s="6" t="s">
-        <v>2381</v>
+        <v>2378</v>
       </c>
       <c r="C68" s="7" t="s">
-        <v>2382</v>
+        <v>2379</v>
       </c>
       <c r="D68" s="7" t="s">
-        <v>1743</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="6">
         <v>2</v>
       </c>
       <c r="B69" s="6" t="s">
-        <v>2383</v>
+        <v>2381</v>
       </c>
       <c r="C69" s="7" t="s">
+        <v>269</v>
+      </c>
+      <c r="D69" s="7" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="6">
         <v>3</v>
       </c>
       <c r="B70" s="6" t="s">
-        <v>2384</v>
+        <v>2382</v>
       </c>
       <c r="C70" s="7" t="s">
-        <v>2385</v>
+        <v>592</v>
       </c>
       <c r="D70" s="7" t="s">
-        <v>2386</v>
+        <v>593</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="6">
         <v>4</v>
       </c>
       <c r="B71" s="6" t="s">
-        <v>2387</v>
+        <v>2383</v>
       </c>
       <c r="C71" s="7" t="s">
-        <v>2388</v>
+        <v>2384</v>
       </c>
       <c r="D71" s="7" t="s">
-        <v>2389</v>
+        <v>2157</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="6">
         <v>5</v>
       </c>
       <c r="B72" s="6" t="s">
-        <v>2390</v>
+        <v>2385</v>
       </c>
       <c r="C72" s="7" t="s">
-        <v>2391</v>
+        <v>2386</v>
       </c>
       <c r="D72" s="7" t="s">
-        <v>2392</v>
+        <v>2387</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="6"/>
       <c r="B73" s="6"/>
       <c r="C73" s="6"/>
       <c r="D73" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A4:B4"/>
     <mergeCell ref="A5:B5"/>
     <mergeCell ref="A8:B8"/>
     <mergeCell ref="A21:B21"/>
     <mergeCell ref="A26:B26"/>
     <mergeCell ref="A67:B67"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B6" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_6"/>
@@ -22071,192 +22193,192 @@
   <dimension ref="A1:D15"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D15" sqref="D15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="76.552734" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.710938" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:4">
       <c r="B2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="B3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="4" t="s">
-        <v>2393</v>
+        <v>2388</v>
       </c>
       <c r="B4" s="5"/>
       <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="6">
         <v>1</v>
       </c>
       <c r="B5" s="6" t="s">
-        <v>2394</v>
+        <v>2389</v>
       </c>
       <c r="C5" s="7">
         <v>21</v>
       </c>
       <c r="D5" s="7">
         <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="6">
         <v>2</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>2395</v>
+        <v>2390</v>
       </c>
       <c r="C6" s="7">
         <v>30</v>
       </c>
       <c r="D6" s="7">
         <v>36</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="6">
         <v>3</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>2396</v>
+        <v>2391</v>
       </c>
       <c r="C7" s="7">
         <v>38</v>
       </c>
       <c r="D7" s="7">
         <v>46</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="6">
         <v>4</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>2397</v>
+        <v>2392</v>
       </c>
       <c r="C8" s="7">
         <v>36</v>
       </c>
       <c r="D8" s="7">
         <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="6">
         <v>5</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>2398</v>
+        <v>2393</v>
       </c>
       <c r="C9" s="7">
         <v>24</v>
       </c>
       <c r="D9" s="7">
         <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="6">
         <v>6</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>2399</v>
+        <v>2394</v>
       </c>
       <c r="C10" s="7">
         <v>46</v>
       </c>
       <c r="D10" s="7">
         <v>55</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="6">
         <v>7</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>2400</v>
+        <v>2395</v>
       </c>
       <c r="C11" s="7">
         <v>27</v>
       </c>
       <c r="D11" s="7">
         <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="6">
         <v>8</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>2401</v>
+        <v>2396</v>
       </c>
       <c r="C12" s="7">
         <v>42</v>
       </c>
       <c r="D12" s="7">
         <v>50</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="6">
         <v>9</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>2402</v>
+        <v>2397</v>
       </c>
       <c r="C13" s="7">
         <v>55</v>
       </c>
       <c r="D13" s="7">
         <v>66</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="6">
         <v>10</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>2403</v>
+        <v>2398</v>
       </c>
       <c r="C14" s="7">
         <v>104</v>
       </c>
       <c r="D14" s="7">
         <v>125</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="6"/>
       <c r="B15" s="6"/>
       <c r="C15" s="6"/>
       <c r="D15" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A4:B4"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_5"/>
@@ -22288,454 +22410,454 @@
   <dimension ref="A1:D43"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D43" sqref="D43"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="54.129639" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.710938" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:4">
       <c r="B2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="B3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="4" t="s">
-        <v>2404</v>
+        <v>2399</v>
       </c>
       <c r="B4" s="5"/>
       <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="4" t="s">
-        <v>2405</v>
+        <v>2400</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="6">
         <v>1</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>2406</v>
+        <v>2401</v>
       </c>
       <c r="C6" s="7"/>
       <c r="D6" s="7"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="6">
         <v>2</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>2407</v>
+        <v>2402</v>
       </c>
       <c r="C7" s="7"/>
       <c r="D7" s="7"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="6">
         <v>3</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>2408</v>
+        <v>2403</v>
       </c>
       <c r="C8" s="7"/>
       <c r="D8" s="7"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="6">
         <v>4</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>2409</v>
+        <v>2404</v>
       </c>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="6">
         <v>5</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>2410</v>
+        <v>2405</v>
       </c>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="6">
         <v>6</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>2411</v>
+        <v>2406</v>
       </c>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="6">
         <v>7</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>2412</v>
+        <v>2407</v>
       </c>
       <c r="C12" s="7"/>
       <c r="D12" s="7"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="6">
         <v>8</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>2413</v>
+        <v>2408</v>
       </c>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="4" t="s">
-        <v>2414</v>
+        <v>2409</v>
       </c>
       <c r="B14" s="5"/>
       <c r="C14" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="6">
         <v>1</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>2415</v>
+        <v>2410</v>
       </c>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="6">
         <v>2</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>2416</v>
+        <v>2411</v>
       </c>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="4" t="s">
-        <v>2417</v>
+        <v>2412</v>
       </c>
       <c r="B17" s="5"/>
       <c r="C17" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D17" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="6">
         <v>1</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>2418</v>
+        <v>2413</v>
       </c>
       <c r="C18" s="7"/>
       <c r="D18" s="7"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="6">
         <v>2</v>
       </c>
       <c r="B19" s="6" t="s">
-        <v>2419</v>
+        <v>2414</v>
       </c>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="4" t="s">
-        <v>2420</v>
+        <v>2415</v>
       </c>
       <c r="B20" s="5"/>
       <c r="C20" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D20" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="6">
         <v>1</v>
       </c>
       <c r="B21" s="6" t="s">
-        <v>2421</v>
+        <v>2416</v>
       </c>
       <c r="C21" s="7"/>
       <c r="D21" s="7"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="6">
         <v>2</v>
       </c>
       <c r="B22" s="6" t="s">
-        <v>2422</v>
+        <v>2417</v>
       </c>
       <c r="C22" s="7"/>
       <c r="D22" s="7"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="6">
         <v>3</v>
       </c>
       <c r="B23" s="6" t="s">
-        <v>2423</v>
+        <v>2418</v>
       </c>
       <c r="C23" s="7"/>
       <c r="D23" s="7"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="6">
         <v>4</v>
       </c>
       <c r="B24" s="6" t="s">
-        <v>2424</v>
+        <v>2419</v>
       </c>
       <c r="C24" s="7"/>
       <c r="D24" s="7"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="6">
         <v>5</v>
       </c>
       <c r="B25" s="6" t="s">
-        <v>2425</v>
+        <v>2420</v>
       </c>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="6">
         <v>6</v>
       </c>
       <c r="B26" s="6" t="s">
-        <v>2426</v>
+        <v>2421</v>
       </c>
       <c r="C26" s="7"/>
       <c r="D26" s="7"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="6">
         <v>7</v>
       </c>
       <c r="B27" s="6" t="s">
-        <v>2427</v>
+        <v>2422</v>
       </c>
       <c r="C27" s="7"/>
       <c r="D27" s="7"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="6">
         <v>8</v>
       </c>
       <c r="B28" s="6" t="s">
-        <v>2428</v>
+        <v>2423</v>
       </c>
       <c r="C28" s="7"/>
       <c r="D28" s="7"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="4" t="s">
-        <v>2429</v>
+        <v>2424</v>
       </c>
       <c r="B29" s="5"/>
       <c r="C29" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D29" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="6">
         <v>1</v>
       </c>
       <c r="B30" s="6" t="s">
-        <v>2430</v>
+        <v>2425</v>
       </c>
       <c r="C30" s="7"/>
       <c r="D30" s="7"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="6">
         <v>2</v>
       </c>
       <c r="B31" s="6" t="s">
-        <v>2431</v>
+        <v>2426</v>
       </c>
       <c r="C31" s="7"/>
       <c r="D31" s="7"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="6">
         <v>3</v>
       </c>
       <c r="B32" s="6" t="s">
-        <v>2432</v>
+        <v>2427</v>
       </c>
       <c r="C32" s="7"/>
       <c r="D32" s="7"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="6">
         <v>4</v>
       </c>
       <c r="B33" s="6" t="s">
-        <v>2433</v>
+        <v>2428</v>
       </c>
       <c r="C33" s="7"/>
       <c r="D33" s="7"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="6">
         <v>5</v>
       </c>
       <c r="B34" s="6" t="s">
-        <v>2434</v>
+        <v>2429</v>
       </c>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="6">
         <v>6</v>
       </c>
       <c r="B35" s="6" t="s">
-        <v>2435</v>
+        <v>2430</v>
       </c>
       <c r="C35" s="7"/>
       <c r="D35" s="7"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="4" t="s">
-        <v>2436</v>
+        <v>2431</v>
       </c>
       <c r="B36" s="5"/>
       <c r="C36" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D36" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="6">
         <v>1</v>
       </c>
       <c r="B37" s="6" t="s">
-        <v>2437</v>
+        <v>2432</v>
       </c>
       <c r="C37" s="7">
         <v>623</v>
       </c>
       <c r="D37" s="7">
         <v>648</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="6">
         <v>2</v>
       </c>
       <c r="B38" s="6" t="s">
-        <v>2438</v>
+        <v>2433</v>
       </c>
       <c r="C38" s="7"/>
       <c r="D38" s="7"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="6">
         <v>3</v>
       </c>
       <c r="B39" s="6" t="s">
-        <v>2439</v>
+        <v>2434</v>
       </c>
       <c r="C39" s="7"/>
       <c r="D39" s="7"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="4" t="s">
-        <v>2440</v>
+        <v>2435</v>
       </c>
       <c r="B40" s="5"/>
       <c r="C40" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D40" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="6">
         <v>1</v>
       </c>
       <c r="B41" s="6" t="s">
-        <v>2441</v>
+        <v>2436</v>
       </c>
       <c r="C41" s="7"/>
       <c r="D41" s="7"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="6">
         <v>2</v>
       </c>
       <c r="B42" s="6" t="s">
-        <v>2442</v>
+        <v>2437</v>
       </c>
       <c r="C42" s="7"/>
       <c r="D42" s="7"/>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="6"/>
       <c r="B43" s="6"/>
       <c r="C43" s="6"/>
       <c r="D43" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A4:B4"/>
     <mergeCell ref="A5:B5"/>
     <mergeCell ref="A14:B14"/>
     <mergeCell ref="A17:B17"/>
     <mergeCell ref="A20:B20"/>
     <mergeCell ref="A29:B29"/>
     <mergeCell ref="A36:B36"/>
     <mergeCell ref="A40:B40"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B6" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_2"/>
@@ -22791,848 +22913,848 @@
   <dimension ref="A1:D63"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D63" sqref="D63"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="41.132813" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.710938" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:4">
       <c r="B2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="B3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="4" t="s">
-        <v>2443</v>
+        <v>2438</v>
       </c>
       <c r="B4" s="5"/>
       <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="4" t="s">
-        <v>2444</v>
+        <v>2439</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="6">
         <v>1</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>2445</v>
+        <v>2440</v>
       </c>
       <c r="C6" s="7" t="s">
-        <v>2446</v>
+        <v>2441</v>
       </c>
       <c r="D6" s="7" t="s">
-        <v>2447</v>
+        <v>2442</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="6">
         <v>2</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>2448</v>
+        <v>2443</v>
       </c>
       <c r="C7" s="7" t="s">
-        <v>2449</v>
+        <v>2444</v>
       </c>
       <c r="D7" s="7" t="s">
-        <v>2450</v>
+        <v>2445</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="6">
         <v>3</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>2451</v>
+        <v>2446</v>
       </c>
       <c r="C8" s="7" t="s">
-        <v>2452</v>
+        <v>2447</v>
       </c>
       <c r="D8" s="7" t="s">
-        <v>2453</v>
+        <v>2448</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="6">
         <v>4</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>2454</v>
+        <v>2449</v>
       </c>
       <c r="C9" s="7" t="s">
-        <v>2455</v>
+        <v>2450</v>
       </c>
       <c r="D9" s="7" t="s">
-        <v>2456</v>
+        <v>2451</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="6">
         <v>5</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>2457</v>
+        <v>2452</v>
       </c>
       <c r="C10" s="7" t="s">
-        <v>2458</v>
+        <v>2453</v>
       </c>
       <c r="D10" s="7" t="s">
-        <v>2459</v>
+        <v>2454</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="6">
         <v>6</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>2460</v>
+        <v>2455</v>
       </c>
       <c r="C11" s="7" t="s">
-        <v>2461</v>
+        <v>2456</v>
       </c>
       <c r="D11" s="7" t="s">
-        <v>2462</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="6">
         <v>7</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>2463</v>
+        <v>2458</v>
       </c>
       <c r="C12" s="7" t="s">
-        <v>2461</v>
+        <v>2456</v>
       </c>
       <c r="D12" s="7" t="s">
-        <v>2462</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="6">
         <v>8</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>2464</v>
+        <v>2459</v>
       </c>
       <c r="C13" s="7" t="s">
-        <v>2465</v>
+        <v>2460</v>
       </c>
       <c r="D13" s="7" t="s">
-        <v>2466</v>
+        <v>2461</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="6">
         <v>9</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>2467</v>
+        <v>2462</v>
       </c>
       <c r="C14" s="7" t="s">
-        <v>2468</v>
+        <v>2463</v>
       </c>
       <c r="D14" s="7" t="s">
-        <v>2469</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="6">
         <v>10</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>2470</v>
+        <v>2465</v>
       </c>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="6">
         <v>11</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>2471</v>
+        <v>2466</v>
       </c>
       <c r="C16" s="7" t="s">
-        <v>2472</v>
+        <v>2467</v>
       </c>
       <c r="D16" s="7" t="s">
-        <v>2473</v>
+        <v>2468</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="6">
         <v>12</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>2474</v>
+        <v>2469</v>
       </c>
       <c r="C17" s="7" t="s">
-        <v>2475</v>
+        <v>2470</v>
       </c>
       <c r="D17" s="7" t="s">
-        <v>2476</v>
+        <v>2471</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="6">
         <v>13</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>2477</v>
+        <v>2472</v>
       </c>
       <c r="C18" s="7" t="s">
-        <v>2478</v>
+        <v>2473</v>
       </c>
       <c r="D18" s="7" t="s">
-        <v>2479</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="6">
         <v>14</v>
       </c>
       <c r="B19" s="6" t="s">
-        <v>2480</v>
+        <v>2475</v>
       </c>
       <c r="C19" s="7" t="s">
-        <v>2481</v>
+        <v>2476</v>
       </c>
       <c r="D19" s="7" t="s">
-        <v>2482</v>
+        <v>2477</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="6">
         <v>15</v>
       </c>
       <c r="B20" s="6" t="s">
-        <v>2483</v>
+        <v>2478</v>
       </c>
       <c r="C20" s="7" t="s">
-        <v>2484</v>
+        <v>2479</v>
       </c>
       <c r="D20" s="7" t="s">
-        <v>2485</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="6">
         <v>16</v>
       </c>
       <c r="B21" s="6" t="s">
-        <v>2486</v>
+        <v>2481</v>
       </c>
       <c r="C21" s="7" t="s">
-        <v>2458</v>
+        <v>2453</v>
       </c>
       <c r="D21" s="7" t="s">
-        <v>2459</v>
+        <v>2454</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="6">
         <v>17</v>
       </c>
       <c r="B22" s="6" t="s">
-        <v>2487</v>
+        <v>2482</v>
       </c>
       <c r="C22" s="7" t="s">
-        <v>2488</v>
+        <v>399</v>
       </c>
       <c r="D22" s="7" t="s">
-        <v>2489</v>
+        <v>400</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="6">
         <v>18</v>
       </c>
       <c r="B23" s="6" t="s">
-        <v>2490</v>
+        <v>2483</v>
       </c>
       <c r="C23" s="7" t="s">
-        <v>2491</v>
+        <v>2484</v>
       </c>
       <c r="D23" s="7" t="s">
-        <v>2492</v>
+        <v>2485</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="6">
         <v>19</v>
       </c>
       <c r="B24" s="6" t="s">
-        <v>2493</v>
+        <v>2486</v>
       </c>
       <c r="C24" s="7"/>
       <c r="D24" s="7"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="6">
         <v>20</v>
       </c>
       <c r="B25" s="6" t="s">
-        <v>2494</v>
+        <v>2487</v>
       </c>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="4" t="s">
-        <v>2495</v>
+        <v>2488</v>
       </c>
       <c r="B26" s="5"/>
       <c r="C26" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D26" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="6">
         <v>1</v>
       </c>
       <c r="B27" s="6" t="s">
-        <v>2496</v>
+        <v>2489</v>
       </c>
       <c r="C27" s="7" t="s">
-        <v>2497</v>
+        <v>2490</v>
       </c>
       <c r="D27" s="7" t="s">
-        <v>2498</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="6">
         <v>2</v>
       </c>
       <c r="B28" s="6" t="s">
-        <v>2499</v>
+        <v>2492</v>
       </c>
       <c r="C28" s="7" t="s">
-        <v>2500</v>
+        <v>2493</v>
       </c>
       <c r="D28" s="7" t="s">
-        <v>2501</v>
+        <v>2494</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="6">
         <v>3</v>
       </c>
       <c r="B29" s="6" t="s">
-        <v>2502</v>
+        <v>2495</v>
       </c>
       <c r="C29" s="7" t="s">
-        <v>2503</v>
+        <v>2496</v>
       </c>
       <c r="D29" s="7" t="s">
-        <v>2504</v>
+        <v>2497</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="6">
         <v>4</v>
       </c>
       <c r="B30" s="6" t="s">
-        <v>2505</v>
+        <v>2498</v>
       </c>
       <c r="C30" s="7" t="s">
-        <v>2506</v>
+        <v>2499</v>
       </c>
       <c r="D30" s="7" t="s">
-        <v>2507</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="6">
         <v>5</v>
       </c>
       <c r="B31" s="6" t="s">
-        <v>2508</v>
+        <v>2501</v>
       </c>
       <c r="C31" s="7" t="s">
-        <v>2509</v>
+        <v>2502</v>
       </c>
       <c r="D31" s="7" t="s">
-        <v>2510</v>
+        <v>2503</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="6">
         <v>6</v>
       </c>
       <c r="B32" s="6" t="s">
-        <v>2511</v>
+        <v>2504</v>
       </c>
       <c r="C32" s="7" t="s">
-        <v>2512</v>
+        <v>2505</v>
       </c>
       <c r="D32" s="7" t="s">
-        <v>2513</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="6">
         <v>7</v>
       </c>
       <c r="B33" s="6" t="s">
-        <v>2514</v>
+        <v>2507</v>
       </c>
       <c r="C33" s="7" t="s">
-        <v>2461</v>
+        <v>2456</v>
       </c>
       <c r="D33" s="7" t="s">
-        <v>2462</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="6">
         <v>8</v>
       </c>
       <c r="B34" s="6" t="s">
-        <v>2515</v>
+        <v>2508</v>
       </c>
       <c r="C34" s="7" t="s">
-        <v>2516</v>
+        <v>2509</v>
       </c>
       <c r="D34" s="7" t="s">
-        <v>2517</v>
+        <v>2510</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="6">
         <v>9</v>
       </c>
       <c r="B35" s="6" t="s">
-        <v>2518</v>
+        <v>2511</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>2449</v>
+        <v>2444</v>
       </c>
       <c r="D35" s="7" t="s">
-        <v>2450</v>
+        <v>2445</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="4" t="s">
-        <v>2519</v>
+        <v>2512</v>
       </c>
       <c r="B36" s="5"/>
       <c r="C36" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D36" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="6">
         <v>1</v>
       </c>
       <c r="B37" s="6" t="s">
-        <v>2520</v>
+        <v>2513</v>
       </c>
       <c r="C37" s="7" t="s">
-        <v>2521</v>
+        <v>2514</v>
       </c>
       <c r="D37" s="7" t="s">
-        <v>2522</v>
+        <v>2515</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="6">
         <v>2</v>
       </c>
       <c r="B38" s="6" t="s">
-        <v>2523</v>
+        <v>2516</v>
       </c>
       <c r="C38" s="7" t="s">
-        <v>2524</v>
+        <v>2517</v>
       </c>
       <c r="D38" s="7" t="s">
-        <v>2525</v>
+        <v>2518</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="6">
         <v>3</v>
       </c>
       <c r="B39" s="6" t="s">
-        <v>2526</v>
+        <v>2519</v>
       </c>
       <c r="C39" s="7" t="s">
-        <v>2527</v>
+        <v>2520</v>
       </c>
       <c r="D39" s="7" t="s">
-        <v>2528</v>
+        <v>2521</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="6">
         <v>4</v>
       </c>
       <c r="B40" s="6" t="s">
-        <v>2529</v>
+        <v>2522</v>
       </c>
       <c r="C40" s="7" t="s">
-        <v>2530</v>
+        <v>2523</v>
       </c>
       <c r="D40" s="7" t="s">
-        <v>2531</v>
+        <v>2524</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="6">
         <v>5</v>
       </c>
       <c r="B41" s="6" t="s">
-        <v>2532</v>
+        <v>2525</v>
       </c>
       <c r="C41" s="7" t="s">
-        <v>2533</v>
+        <v>2526</v>
       </c>
       <c r="D41" s="7" t="s">
-        <v>2534</v>
+        <v>2527</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="6">
         <v>6</v>
       </c>
       <c r="B42" s="6" t="s">
-        <v>2535</v>
+        <v>2528</v>
       </c>
       <c r="C42" s="7" t="s">
-        <v>2536</v>
+        <v>2529</v>
       </c>
       <c r="D42" s="7" t="s">
-        <v>2537</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="6">
         <v>7</v>
       </c>
       <c r="B43" s="6" t="s">
-        <v>2538</v>
+        <v>2531</v>
       </c>
       <c r="C43" s="7" t="s">
-        <v>2497</v>
+        <v>2490</v>
       </c>
       <c r="D43" s="7" t="s">
-        <v>2498</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="6">
         <v>8</v>
       </c>
       <c r="B44" s="6" t="s">
-        <v>2539</v>
+        <v>2532</v>
       </c>
       <c r="C44" s="7" t="s">
-        <v>2540</v>
+        <v>2533</v>
       </c>
       <c r="D44" s="7" t="s">
-        <v>2541</v>
+        <v>2534</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="6">
         <v>9</v>
       </c>
       <c r="B45" s="6" t="s">
-        <v>2542</v>
+        <v>2535</v>
       </c>
       <c r="C45" s="7" t="s">
-        <v>2543</v>
+        <v>2536</v>
       </c>
       <c r="D45" s="7" t="s">
-        <v>2544</v>
+        <v>2537</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="6">
         <v>10</v>
       </c>
       <c r="B46" s="6" t="s">
-        <v>2545</v>
+        <v>2538</v>
       </c>
       <c r="C46" s="7" t="s">
-        <v>2546</v>
+        <v>2539</v>
       </c>
       <c r="D46" s="7" t="s">
-        <v>2547</v>
+        <v>2540</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="6">
         <v>11</v>
       </c>
       <c r="B47" s="6" t="s">
-        <v>2548</v>
+        <v>2541</v>
       </c>
       <c r="C47" s="7" t="s">
-        <v>2549</v>
+        <v>2542</v>
       </c>
       <c r="D47" s="7" t="s">
-        <v>2550</v>
+        <v>2543</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="6">
         <v>12</v>
       </c>
       <c r="B48" s="6" t="s">
-        <v>2551</v>
+        <v>2544</v>
       </c>
       <c r="C48" s="7" t="s">
-        <v>2552</v>
+        <v>2545</v>
       </c>
       <c r="D48" s="7" t="s">
-        <v>2553</v>
+        <v>2546</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="6">
         <v>13</v>
       </c>
       <c r="B49" s="6" t="s">
-        <v>2554</v>
+        <v>2547</v>
       </c>
       <c r="C49" s="7" t="s">
-        <v>2555</v>
+        <v>2548</v>
       </c>
       <c r="D49" s="7" t="s">
-        <v>2556</v>
+        <v>2549</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="6">
         <v>14</v>
       </c>
       <c r="B50" s="6" t="s">
-        <v>2557</v>
+        <v>2550</v>
       </c>
       <c r="C50" s="7" t="s">
-        <v>2558</v>
+        <v>2551</v>
       </c>
       <c r="D50" s="7" t="s">
-        <v>2559</v>
+        <v>2552</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="4" t="s">
-        <v>2560</v>
+        <v>2553</v>
       </c>
       <c r="B51" s="5"/>
       <c r="C51" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D51" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="6">
         <v>1</v>
       </c>
       <c r="B52" s="6" t="s">
-        <v>2561</v>
+        <v>2554</v>
       </c>
       <c r="C52" s="7" t="s">
-        <v>2562</v>
+        <v>2555</v>
       </c>
       <c r="D52" s="7" t="s">
-        <v>2563</v>
+        <v>2556</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="6">
         <v>2</v>
       </c>
       <c r="B53" s="6" t="s">
-        <v>2564</v>
+        <v>2557</v>
       </c>
       <c r="C53" s="7" t="s">
-        <v>2565</v>
+        <v>2558</v>
       </c>
       <c r="D53" s="7" t="s">
-        <v>2566</v>
+        <v>2559</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="6">
         <v>3</v>
       </c>
       <c r="B54" s="6" t="s">
-        <v>2567</v>
+        <v>2560</v>
       </c>
       <c r="C54" s="7" t="s">
-        <v>2568</v>
+        <v>2561</v>
       </c>
       <c r="D54" s="7" t="s">
-        <v>2569</v>
+        <v>2562</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="6">
         <v>4</v>
       </c>
       <c r="B55" s="6" t="s">
-        <v>2570</v>
+        <v>2563</v>
       </c>
       <c r="C55" s="7" t="s">
-        <v>2484</v>
+        <v>2479</v>
       </c>
       <c r="D55" s="7" t="s">
-        <v>2485</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="6">
         <v>5</v>
       </c>
       <c r="B56" s="6" t="s">
-        <v>2571</v>
+        <v>2564</v>
       </c>
       <c r="C56" s="7" t="s">
-        <v>2552</v>
+        <v>2545</v>
       </c>
       <c r="D56" s="7" t="s">
-        <v>2553</v>
+        <v>2546</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="6">
         <v>6</v>
       </c>
       <c r="B57" s="6" t="s">
-        <v>2572</v>
+        <v>2565</v>
       </c>
       <c r="C57" s="7" t="s">
-        <v>2546</v>
+        <v>2539</v>
       </c>
       <c r="D57" s="7" t="s">
-        <v>2547</v>
+        <v>2540</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="4" t="s">
-        <v>2573</v>
+        <v>2566</v>
       </c>
       <c r="B58" s="5"/>
       <c r="C58" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D58" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="6">
         <v>1</v>
       </c>
       <c r="B59" s="6" t="s">
-        <v>2574</v>
+        <v>2567</v>
       </c>
       <c r="C59" s="7" t="s">
-        <v>2575</v>
+        <v>2568</v>
       </c>
       <c r="D59" s="7" t="s">
-        <v>2576</v>
+        <v>2569</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="6">
         <v>2</v>
       </c>
       <c r="B60" s="6" t="s">
-        <v>2577</v>
+        <v>2570</v>
       </c>
       <c r="C60" s="7" t="s">
-        <v>2578</v>
+        <v>2571</v>
       </c>
       <c r="D60" s="7" t="s">
-        <v>2579</v>
+        <v>2572</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="6">
         <v>3</v>
       </c>
       <c r="B61" s="6" t="s">
-        <v>2580</v>
+        <v>2573</v>
       </c>
       <c r="C61" s="7" t="s">
-        <v>2581</v>
+        <v>2574</v>
       </c>
       <c r="D61" s="7" t="s">
-        <v>2582</v>
+        <v>2575</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="6">
         <v>4</v>
       </c>
       <c r="B62" s="6" t="s">
-        <v>2583</v>
+        <v>2576</v>
       </c>
       <c r="C62" s="7" t="s">
-        <v>2584</v>
+        <v>2577</v>
       </c>
       <c r="D62" s="7" t="s">
-        <v>2585</v>
+        <v>2578</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="6"/>
       <c r="B63" s="6"/>
       <c r="C63" s="6"/>
       <c r="D63" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A4:B4"/>
     <mergeCell ref="A5:B5"/>
     <mergeCell ref="A26:B26"/>
     <mergeCell ref="A36:B36"/>
     <mergeCell ref="A51:B51"/>
     <mergeCell ref="A58:B58"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B6" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_6"/>
@@ -23706,568 +23828,568 @@
   <dimension ref="A1:D43"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D43" sqref="D43"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="87.121582" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.710938" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:4">
       <c r="B2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="B3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="4" t="s">
-        <v>2586</v>
+        <v>2579</v>
       </c>
       <c r="B4" s="5"/>
       <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="4" t="s">
-        <v>2587</v>
+        <v>2580</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="6">
         <v>1</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>2588</v>
+        <v>2581</v>
       </c>
       <c r="C6" s="7" t="s">
-        <v>2589</v>
+        <v>2335</v>
       </c>
       <c r="D6" s="7" t="s">
-        <v>2094</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="6">
         <v>2</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>2590</v>
+        <v>2582</v>
       </c>
       <c r="C7" s="7" t="s">
-        <v>2591</v>
+        <v>2583</v>
       </c>
       <c r="D7" s="7" t="s">
-        <v>2592</v>
+        <v>2584</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="6">
         <v>3</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>2593</v>
+        <v>2585</v>
       </c>
       <c r="C8" s="7">
         <v>575</v>
       </c>
       <c r="D8" s="7">
         <v>598</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="6">
         <v>4</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>2594</v>
+        <v>2586</v>
       </c>
       <c r="C9" s="7" t="s">
-        <v>2595</v>
+        <v>2587</v>
       </c>
       <c r="D9" s="7" t="s">
-        <v>1440</v>
+        <v>2588</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="6">
         <v>5</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>2596</v>
+        <v>2589</v>
       </c>
       <c r="C10" s="7">
         <v>500</v>
       </c>
       <c r="D10" s="7">
         <v>520</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="6">
         <v>6</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>2597</v>
+        <v>2590</v>
       </c>
       <c r="C11" s="7" t="s">
-        <v>2598</v>
+        <v>2591</v>
       </c>
       <c r="D11" s="7" t="s">
-        <v>1878</v>
+        <v>2592</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="6">
         <v>7</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>2599</v>
+        <v>2593</v>
       </c>
       <c r="C12" s="7" t="s">
-        <v>978</v>
+        <v>2594</v>
       </c>
       <c r="D12" s="7" t="s">
-        <v>979</v>
+        <v>2595</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="6">
         <v>8</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>2600</v>
+        <v>2596</v>
       </c>
       <c r="C13" s="7" t="s">
-        <v>2601</v>
+        <v>2597</v>
       </c>
       <c r="D13" s="7" t="s">
-        <v>2602</v>
+        <v>2598</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="6">
         <v>9</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>2603</v>
+        <v>2599</v>
       </c>
       <c r="C14" s="7">
         <v>875</v>
       </c>
       <c r="D14" s="7">
         <v>910</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="6">
         <v>10</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>2604</v>
+        <v>2600</v>
       </c>
       <c r="C15" s="7" t="s">
-        <v>2605</v>
+        <v>2601</v>
       </c>
       <c r="D15" s="7" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="6">
         <v>11</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>2606</v>
+        <v>2602</v>
       </c>
       <c r="C16" s="7" t="s">
-        <v>2607</v>
+        <v>2603</v>
       </c>
       <c r="D16" s="7" t="s">
-        <v>2608</v>
+        <v>2604</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="4" t="s">
-        <v>2609</v>
+        <v>2605</v>
       </c>
       <c r="B17" s="5"/>
       <c r="C17" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D17" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="6">
         <v>1</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>2610</v>
+        <v>2606</v>
       </c>
       <c r="C18" s="7" t="s">
-        <v>2611</v>
+        <v>2607</v>
       </c>
       <c r="D18" s="7" t="s">
-        <v>2612</v>
+        <v>2608</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="6">
         <v>2</v>
       </c>
       <c r="B19" s="6" t="s">
-        <v>2613</v>
+        <v>2609</v>
       </c>
       <c r="C19" s="7" t="s">
-        <v>2224</v>
+        <v>2610</v>
       </c>
       <c r="D19" s="7" t="s">
-        <v>2614</v>
+        <v>2611</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="4" t="s">
-        <v>2615</v>
+        <v>2612</v>
       </c>
       <c r="B20" s="5"/>
       <c r="C20" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D20" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="6">
         <v>1</v>
       </c>
       <c r="B21" s="6" t="s">
-        <v>2616</v>
+        <v>2613</v>
       </c>
       <c r="C21" s="7"/>
       <c r="D21" s="7"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="6">
         <v>2</v>
       </c>
       <c r="B22" s="6" t="s">
-        <v>2617</v>
+        <v>2614</v>
       </c>
       <c r="C22" s="7" t="s">
-        <v>2618</v>
+        <v>2615</v>
       </c>
       <c r="D22" s="7" t="s">
-        <v>2619</v>
+        <v>2616</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="6">
         <v>3</v>
       </c>
       <c r="B23" s="6" t="s">
-        <v>2620</v>
+        <v>2617</v>
       </c>
       <c r="C23" s="7"/>
       <c r="D23" s="7"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="6">
         <v>4</v>
       </c>
       <c r="B24" s="6" t="s">
-        <v>2621</v>
+        <v>2618</v>
       </c>
       <c r="C24" s="7"/>
       <c r="D24" s="7"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="4" t="s">
-        <v>2622</v>
+        <v>2619</v>
       </c>
       <c r="B25" s="5"/>
       <c r="C25" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D25" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="6">
         <v>1</v>
       </c>
       <c r="B26" s="6" t="s">
-        <v>2623</v>
+        <v>2620</v>
       </c>
       <c r="C26" s="7" t="s">
-        <v>2624</v>
+        <v>2122</v>
       </c>
       <c r="D26" s="7" t="s">
-        <v>2625</v>
+        <v>2621</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="6">
         <v>2</v>
       </c>
       <c r="B27" s="6" t="s">
-        <v>2626</v>
+        <v>2622</v>
       </c>
       <c r="C27" s="7" t="s">
-        <v>1859</v>
+        <v>2623</v>
       </c>
       <c r="D27" s="7" t="s">
-        <v>2627</v>
+        <v>2624</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="6">
         <v>3</v>
       </c>
       <c r="B28" s="6" t="s">
-        <v>2628</v>
+        <v>2625</v>
       </c>
       <c r="C28" s="7" t="s">
-        <v>2629</v>
+        <v>1638</v>
       </c>
       <c r="D28" s="7" t="s">
-        <v>2630</v>
+        <v>2626</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="6">
         <v>4</v>
       </c>
       <c r="B29" s="6" t="s">
-        <v>2631</v>
+        <v>2627</v>
       </c>
       <c r="C29" s="7" t="s">
-        <v>2632</v>
+        <v>2628</v>
       </c>
       <c r="D29" s="7" t="s">
-        <v>2633</v>
+        <v>2629</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="6">
         <v>5</v>
       </c>
       <c r="B30" s="6" t="s">
-        <v>2634</v>
+        <v>2630</v>
       </c>
       <c r="C30" s="7" t="s">
-        <v>2635</v>
+        <v>2631</v>
       </c>
       <c r="D30" s="7" t="s">
-        <v>2636</v>
+        <v>2632</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="6">
         <v>6</v>
       </c>
       <c r="B31" s="6" t="s">
-        <v>2637</v>
+        <v>2633</v>
       </c>
       <c r="C31" s="7" t="s">
-        <v>2638</v>
+        <v>2634</v>
       </c>
       <c r="D31" s="7" t="s">
-        <v>2639</v>
+        <v>2635</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="6">
         <v>7</v>
       </c>
       <c r="B32" s="6" t="s">
-        <v>1309</v>
+        <v>1314</v>
       </c>
       <c r="C32" s="7" t="s">
-        <v>1310</v>
+        <v>1315</v>
       </c>
       <c r="D32" s="7" t="s">
-        <v>1311</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="6">
         <v>8</v>
       </c>
       <c r="B33" s="6" t="s">
-        <v>1312</v>
+        <v>1317</v>
       </c>
       <c r="C33" s="7" t="s">
-        <v>1313</v>
+        <v>1318</v>
       </c>
       <c r="D33" s="7" t="s">
-        <v>1314</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="6">
         <v>9</v>
       </c>
       <c r="B34" s="6" t="s">
-        <v>1315</v>
+        <v>1320</v>
       </c>
       <c r="C34" s="7" t="s">
-        <v>1316</v>
+        <v>1321</v>
       </c>
       <c r="D34" s="7" t="s">
-        <v>1317</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="4" t="s">
-        <v>2640</v>
+        <v>2636</v>
       </c>
       <c r="B35" s="5"/>
       <c r="C35" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D35" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="6">
         <v>1</v>
       </c>
       <c r="B36" s="6" t="s">
-        <v>2641</v>
+        <v>2637</v>
       </c>
       <c r="C36" s="7" t="s">
-        <v>2642</v>
+        <v>2638</v>
       </c>
       <c r="D36" s="7" t="s">
-        <v>2643</v>
+        <v>2639</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="6">
         <v>2</v>
       </c>
       <c r="B37" s="6" t="s">
-        <v>2644</v>
+        <v>2640</v>
       </c>
       <c r="C37" s="7" t="s">
         <v>369</v>
       </c>
       <c r="D37" s="7" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="6">
         <v>3</v>
       </c>
       <c r="B38" s="6" t="s">
-        <v>2645</v>
+        <v>2641</v>
       </c>
       <c r="C38" s="7" t="s">
-        <v>2646</v>
+        <v>2642</v>
       </c>
       <c r="D38" s="7" t="s">
-        <v>2647</v>
+        <v>2643</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="6">
         <v>4</v>
       </c>
       <c r="B39" s="6" t="s">
-        <v>2648</v>
+        <v>2644</v>
       </c>
       <c r="C39" s="7" t="s">
-        <v>2649</v>
+        <v>2645</v>
       </c>
       <c r="D39" s="7" t="s">
-        <v>2650</v>
+        <v>2646</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="6">
         <v>5</v>
       </c>
       <c r="B40" s="6" t="s">
-        <v>2651</v>
+        <v>2647</v>
       </c>
       <c r="C40" s="7" t="s">
-        <v>2652</v>
+        <v>2648</v>
       </c>
       <c r="D40" s="7" t="s">
-        <v>2653</v>
+        <v>2649</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="6">
         <v>6</v>
       </c>
       <c r="B41" s="6" t="s">
-        <v>2654</v>
+        <v>2650</v>
       </c>
       <c r="C41" s="7" t="s">
+        <v>275</v>
+      </c>
+      <c r="D41" s="7" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="6">
         <v>7</v>
       </c>
       <c r="B42" s="6" t="s">
-        <v>2655</v>
+        <v>2651</v>
       </c>
       <c r="C42" s="7" t="s">
-        <v>2656</v>
+        <v>2652</v>
       </c>
       <c r="D42" s="7" t="s">
-        <v>2657</v>
+        <v>2653</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="6"/>
       <c r="B43" s="6"/>
       <c r="C43" s="6"/>
       <c r="D43" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A4:B4"/>
     <mergeCell ref="A5:B5"/>
     <mergeCell ref="A17:B17"/>
     <mergeCell ref="A20:B20"/>
     <mergeCell ref="A25:B25"/>
     <mergeCell ref="A35:B35"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B6" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_6"/>
@@ -24321,870 +24443,874 @@
   <dimension ref="A1:D73"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D73" sqref="D73"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="102.546387" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.710938" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:4">
       <c r="B2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="B3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="4" t="s">
-        <v>2658</v>
+        <v>2654</v>
       </c>
       <c r="B4" s="5"/>
       <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="4" t="s">
-        <v>2659</v>
+        <v>2655</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="6">
         <v>1</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>2660</v>
+        <v>2656</v>
       </c>
       <c r="C6" s="7"/>
       <c r="D6" s="7"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="6">
         <v>2</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>2661</v>
+        <v>2657</v>
       </c>
       <c r="C7" s="7"/>
       <c r="D7" s="7"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="6">
         <v>3</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>2662</v>
+        <v>2658</v>
       </c>
       <c r="C8" s="7"/>
       <c r="D8" s="7"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="6">
         <v>4</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>2663</v>
+        <v>2659</v>
       </c>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="6">
         <v>5</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>2664</v>
+        <v>2660</v>
       </c>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="6">
         <v>6</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>2665</v>
+        <v>2661</v>
       </c>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="6">
         <v>7</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>2666</v>
+        <v>2662</v>
       </c>
       <c r="C12" s="7"/>
       <c r="D12" s="7"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="6">
         <v>8</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>2667</v>
+        <v>2663</v>
       </c>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="6">
         <v>9</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>2668</v>
+        <v>2664</v>
       </c>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="6">
         <v>10</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>2669</v>
+        <v>2665</v>
       </c>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="6">
         <v>11</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>2670</v>
+        <v>2666</v>
       </c>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="6">
         <v>12</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>2671</v>
+        <v>2667</v>
       </c>
       <c r="C17" s="7"/>
       <c r="D17" s="7"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="4" t="s">
-        <v>2672</v>
+        <v>2668</v>
       </c>
       <c r="B18" s="5"/>
       <c r="C18" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D18" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="4" t="s">
-        <v>2673</v>
+        <v>2669</v>
       </c>
       <c r="B19" s="5"/>
       <c r="C19" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="6">
         <v>1</v>
       </c>
       <c r="B20" s="6" t="s">
-        <v>2674</v>
+        <v>2670</v>
       </c>
       <c r="C20" s="7"/>
       <c r="D20" s="7"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="6">
         <v>2</v>
       </c>
       <c r="B21" s="6" t="s">
-        <v>2675</v>
-[...2 lines deleted...]
-      <c r="D21" s="7"/>
+        <v>2671</v>
+      </c>
+      <c r="C21" s="7">
+        <v>130</v>
+      </c>
+      <c r="D21" s="7">
+        <v>136</v>
+      </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="4" t="s">
-        <v>2676</v>
+        <v>2672</v>
       </c>
       <c r="B22" s="5"/>
       <c r="C22" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="6">
         <v>1</v>
       </c>
       <c r="B23" s="6" t="s">
-        <v>2677</v>
+        <v>2673</v>
       </c>
       <c r="C23" s="7">
         <v>259</v>
       </c>
       <c r="D23" s="7">
         <v>270</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="6">
         <v>2</v>
       </c>
       <c r="B24" s="6" t="s">
-        <v>2678</v>
+        <v>2674</v>
       </c>
       <c r="C24" s="7">
         <v>349</v>
       </c>
       <c r="D24" s="7">
         <v>363</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="6">
         <v>3</v>
       </c>
       <c r="B25" s="6" t="s">
-        <v>2679</v>
+        <v>2675</v>
       </c>
       <c r="C25" s="7">
         <v>473</v>
       </c>
       <c r="D25" s="7">
         <v>492</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="4" t="s">
-        <v>2680</v>
+        <v>2676</v>
       </c>
       <c r="B26" s="5"/>
       <c r="C26" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D26" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="6">
         <v>1</v>
       </c>
       <c r="B27" s="6" t="s">
-        <v>2681</v>
+        <v>2677</v>
       </c>
       <c r="C27" s="7">
         <v>225</v>
       </c>
       <c r="D27" s="7">
         <v>234</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="6">
         <v>2</v>
       </c>
       <c r="B28" s="6" t="s">
-        <v>2682</v>
+        <v>2678</v>
       </c>
       <c r="C28" s="7">
         <v>304</v>
       </c>
       <c r="D28" s="7">
         <v>316</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="6">
         <v>3</v>
       </c>
       <c r="B29" s="6" t="s">
-        <v>2683</v>
+        <v>2679</v>
       </c>
       <c r="C29" s="7">
         <v>428</v>
       </c>
       <c r="D29" s="7">
         <v>445</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="4" t="s">
-        <v>2684</v>
+        <v>2680</v>
       </c>
       <c r="B30" s="5"/>
       <c r="C30" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D30" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="6">
         <v>1</v>
       </c>
       <c r="B31" s="6" t="s">
-        <v>2685</v>
+        <v>2681</v>
       </c>
       <c r="C31" s="7">
         <v>338</v>
       </c>
       <c r="D31" s="7">
         <v>351</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="6">
         <v>2</v>
       </c>
       <c r="B32" s="6" t="s">
-        <v>2686</v>
+        <v>2682</v>
       </c>
       <c r="C32" s="7">
         <v>428</v>
       </c>
       <c r="D32" s="7">
         <v>445</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="6">
         <v>3</v>
       </c>
       <c r="B33" s="6" t="s">
-        <v>2687</v>
+        <v>2683</v>
       </c>
       <c r="C33" s="7">
         <v>540</v>
       </c>
       <c r="D33" s="7">
         <v>562</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="4" t="s">
-        <v>2688</v>
+        <v>2684</v>
       </c>
       <c r="B34" s="5"/>
       <c r="C34" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D34" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="6">
         <v>1</v>
       </c>
       <c r="B35" s="6" t="s">
-        <v>2689</v>
+        <v>2685</v>
       </c>
       <c r="C35" s="7">
         <v>375</v>
       </c>
       <c r="D35" s="7">
         <v>390</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="6">
         <v>2</v>
       </c>
       <c r="B36" s="6" t="s">
-        <v>2690</v>
+        <v>2686</v>
       </c>
       <c r="C36" s="7">
         <v>438</v>
       </c>
       <c r="D36" s="7">
         <v>455</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="6">
         <v>3</v>
       </c>
       <c r="B37" s="6" t="s">
-        <v>2691</v>
+        <v>2687</v>
       </c>
       <c r="C37" s="7">
         <v>519</v>
       </c>
       <c r="D37" s="7">
         <v>540</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="4" t="s">
-        <v>2692</v>
+        <v>2688</v>
       </c>
       <c r="B38" s="5"/>
       <c r="C38" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D38" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="6">
         <v>1</v>
       </c>
       <c r="B39" s="6" t="s">
-        <v>2693</v>
+        <v>2689</v>
       </c>
       <c r="C39" s="7">
         <v>394</v>
       </c>
       <c r="D39" s="7">
         <v>410</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="6">
         <v>2</v>
       </c>
       <c r="B40" s="6" t="s">
-        <v>2694</v>
+        <v>2690</v>
       </c>
       <c r="C40" s="7">
         <v>462</v>
       </c>
       <c r="D40" s="7">
         <v>480</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="6">
         <v>3</v>
       </c>
       <c r="B41" s="6" t="s">
-        <v>2695</v>
+        <v>2691</v>
       </c>
       <c r="C41" s="7">
         <v>547</v>
       </c>
       <c r="D41" s="7">
         <v>569</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="4" t="s">
-        <v>2696</v>
+        <v>2692</v>
       </c>
       <c r="B42" s="5"/>
       <c r="C42" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D42" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="6">
         <v>1</v>
       </c>
       <c r="B43" s="6" t="s">
-        <v>2697</v>
+        <v>2693</v>
       </c>
       <c r="C43" s="7">
         <v>282</v>
       </c>
       <c r="D43" s="7">
         <v>293</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="6">
         <v>2</v>
       </c>
       <c r="B44" s="6" t="s">
-        <v>2698</v>
+        <v>2694</v>
       </c>
       <c r="C44" s="7">
         <v>372</v>
       </c>
       <c r="D44" s="7">
         <v>387</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="6">
         <v>3</v>
       </c>
       <c r="B45" s="6" t="s">
-        <v>2699</v>
+        <v>2695</v>
       </c>
       <c r="C45" s="7">
         <v>507</v>
       </c>
       <c r="D45" s="7">
         <v>527</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="4" t="s">
-        <v>2700</v>
+        <v>2696</v>
       </c>
       <c r="B46" s="5"/>
       <c r="C46" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D46" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="6">
         <v>1</v>
       </c>
       <c r="B47" s="6" t="s">
-        <v>2701</v>
+        <v>2697</v>
       </c>
       <c r="C47" s="7">
         <v>248</v>
       </c>
       <c r="D47" s="7">
         <v>258</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="6">
         <v>2</v>
       </c>
       <c r="B48" s="6" t="s">
-        <v>2702</v>
+        <v>2698</v>
       </c>
       <c r="C48" s="7">
         <v>338</v>
       </c>
       <c r="D48" s="7">
         <v>351</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="6">
         <v>3</v>
       </c>
       <c r="B49" s="6" t="s">
-        <v>2703</v>
+        <v>2699</v>
       </c>
       <c r="C49" s="7">
         <v>450</v>
       </c>
       <c r="D49" s="7">
         <v>468</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="4" t="s">
-        <v>2704</v>
+        <v>2700</v>
       </c>
       <c r="B50" s="5"/>
       <c r="C50" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D50" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="6">
         <v>1</v>
       </c>
       <c r="B51" s="6" t="s">
-        <v>2705</v>
+        <v>2701</v>
       </c>
       <c r="C51" s="7">
         <v>225</v>
       </c>
       <c r="D51" s="7">
         <v>234</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="6">
         <v>2</v>
       </c>
       <c r="B52" s="6" t="s">
-        <v>2706</v>
+        <v>2702</v>
       </c>
       <c r="C52" s="7">
         <v>282</v>
       </c>
       <c r="D52" s="7">
         <v>293</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="6">
         <v>3</v>
       </c>
       <c r="B53" s="6" t="s">
-        <v>2707</v>
+        <v>2703</v>
       </c>
       <c r="C53" s="7">
         <v>405</v>
       </c>
       <c r="D53" s="7">
         <v>422</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="4" t="s">
-        <v>2708</v>
+        <v>2704</v>
       </c>
       <c r="B54" s="5"/>
       <c r="C54" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D54" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="6">
         <v>1</v>
       </c>
       <c r="B55" s="6" t="s">
-        <v>2709</v>
+        <v>2705</v>
       </c>
       <c r="C55" s="7">
         <v>259</v>
       </c>
       <c r="D55" s="7">
         <v>270</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="6">
         <v>2</v>
       </c>
       <c r="B56" s="6" t="s">
-        <v>2710</v>
+        <v>2706</v>
       </c>
       <c r="C56" s="7">
         <v>338</v>
       </c>
       <c r="D56" s="7">
         <v>351</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="6">
         <v>3</v>
       </c>
       <c r="B57" s="6" t="s">
-        <v>2711</v>
+        <v>2707</v>
       </c>
       <c r="C57" s="7">
         <v>462</v>
       </c>
       <c r="D57" s="7">
         <v>480</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="4" t="s">
-        <v>2712</v>
+        <v>2708</v>
       </c>
       <c r="B58" s="5"/>
       <c r="C58" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D58" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="6">
         <v>1</v>
       </c>
       <c r="B59" s="6" t="s">
-        <v>2713</v>
+        <v>2709</v>
       </c>
       <c r="C59" s="7"/>
       <c r="D59" s="7"/>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="6">
         <v>2</v>
       </c>
       <c r="B60" s="6" t="s">
-        <v>2714</v>
+        <v>2710</v>
       </c>
       <c r="C60" s="7"/>
       <c r="D60" s="7"/>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="6">
         <v>3</v>
       </c>
       <c r="B61" s="6" t="s">
-        <v>2715</v>
+        <v>2711</v>
       </c>
       <c r="C61" s="7"/>
       <c r="D61" s="7"/>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="6">
         <v>4</v>
       </c>
       <c r="B62" s="6" t="s">
-        <v>2716</v>
+        <v>2712</v>
       </c>
       <c r="C62" s="7"/>
       <c r="D62" s="7"/>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="6">
         <v>5</v>
       </c>
       <c r="B63" s="6" t="s">
-        <v>2717</v>
+        <v>2713</v>
       </c>
       <c r="C63" s="7"/>
       <c r="D63" s="7"/>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="6">
         <v>6</v>
       </c>
       <c r="B64" s="6" t="s">
-        <v>2718</v>
+        <v>2714</v>
       </c>
       <c r="C64" s="7"/>
       <c r="D64" s="7"/>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="6">
         <v>7</v>
       </c>
       <c r="B65" s="6" t="s">
-        <v>2719</v>
+        <v>2715</v>
       </c>
       <c r="C65" s="7"/>
       <c r="D65" s="7"/>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="6">
         <v>8</v>
       </c>
       <c r="B66" s="6" t="s">
-        <v>2720</v>
+        <v>2716</v>
       </c>
       <c r="C66" s="7"/>
       <c r="D66" s="7"/>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="6">
         <v>9</v>
       </c>
       <c r="B67" s="6" t="s">
-        <v>2721</v>
+        <v>2717</v>
       </c>
       <c r="C67" s="7"/>
       <c r="D67" s="7"/>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="6">
         <v>10</v>
       </c>
       <c r="B68" s="6" t="s">
-        <v>2722</v>
+        <v>2718</v>
       </c>
       <c r="C68" s="7"/>
       <c r="D68" s="7"/>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="6">
         <v>11</v>
       </c>
       <c r="B69" s="6" t="s">
-        <v>2723</v>
+        <v>2719</v>
       </c>
       <c r="C69" s="7"/>
       <c r="D69" s="7"/>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="6">
         <v>12</v>
       </c>
       <c r="B70" s="6" t="s">
-        <v>2724</v>
+        <v>2720</v>
       </c>
       <c r="C70" s="7"/>
       <c r="D70" s="7"/>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="6">
         <v>13</v>
       </c>
       <c r="B71" s="6" t="s">
-        <v>2725</v>
+        <v>2721</v>
       </c>
       <c r="C71" s="7"/>
       <c r="D71" s="7"/>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="6">
         <v>14</v>
       </c>
       <c r="B72" s="6" t="s">
-        <v>2726</v>
+        <v>2722</v>
       </c>
       <c r="C72" s="7"/>
       <c r="D72" s="7"/>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="6"/>
       <c r="B73" s="6"/>
       <c r="C73" s="6"/>
       <c r="D73" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A4:B4"/>
     <mergeCell ref="A5:B5"/>
     <mergeCell ref="A18:B18"/>
     <mergeCell ref="A19:B19"/>
     <mergeCell ref="A22:B22"/>
     <mergeCell ref="A26:B26"/>
     <mergeCell ref="A30:B30"/>
     <mergeCell ref="A34:B34"/>
     <mergeCell ref="A38:B38"/>
     <mergeCell ref="A42:B42"/>
     <mergeCell ref="A46:B46"/>
     <mergeCell ref="A50:B50"/>
@@ -25270,1822 +25396,1822 @@
   <dimension ref="A1:D132"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D132" sqref="D132"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="91.97753899999999" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.710938" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:4">
       <c r="B2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="B3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="4" t="s">
-        <v>2727</v>
+        <v>2723</v>
       </c>
       <c r="B4" s="5"/>
       <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="4" t="s">
-        <v>2728</v>
+        <v>2724</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="6">
         <v>1</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>2729</v>
+        <v>2725</v>
       </c>
       <c r="C6" s="7" t="s">
-        <v>2730</v>
+        <v>2726</v>
       </c>
       <c r="D6" s="7" t="s">
-        <v>2731</v>
+        <v>2727</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="6">
         <v>2</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>2732</v>
+        <v>2728</v>
       </c>
       <c r="C7" s="7" t="s">
-        <v>2733</v>
+        <v>2729</v>
       </c>
       <c r="D7" s="7" t="s">
-        <v>2734</v>
+        <v>2730</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="6">
         <v>3</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>2735</v>
+        <v>2731</v>
       </c>
       <c r="C8" s="7" t="s">
-        <v>2736</v>
+        <v>2732</v>
       </c>
       <c r="D8" s="7" t="s">
-        <v>2737</v>
+        <v>2733</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="6">
         <v>4</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>2738</v>
+        <v>2734</v>
       </c>
       <c r="C9" s="7" t="s">
-        <v>2739</v>
+        <v>2735</v>
       </c>
       <c r="D9" s="7" t="s">
-        <v>2740</v>
+        <v>2736</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="6">
         <v>5</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>2741</v>
+        <v>2737</v>
       </c>
       <c r="C10" s="7" t="s">
-        <v>2742</v>
+        <v>1653</v>
       </c>
       <c r="D10" s="7" t="s">
-        <v>2743</v>
+        <v>2738</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="6">
         <v>6</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>2744</v>
+        <v>2739</v>
       </c>
       <c r="C11" s="7" t="s">
-        <v>2745</v>
+        <v>2221</v>
       </c>
       <c r="D11" s="7" t="s">
-        <v>2746</v>
+        <v>2740</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="6">
         <v>7</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>2747</v>
+        <v>2741</v>
       </c>
       <c r="C12" s="7" t="s">
-        <v>2748</v>
+        <v>2742</v>
       </c>
       <c r="D12" s="7" t="s">
-        <v>1832</v>
+        <v>2743</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="6">
         <v>8</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>2749</v>
+        <v>2744</v>
       </c>
       <c r="C13" s="7" t="s">
-        <v>2750</v>
+        <v>2745</v>
       </c>
       <c r="D13" s="7" t="s">
-        <v>2751</v>
+        <v>2746</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="6">
         <v>9</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>2752</v>
+        <v>2747</v>
       </c>
       <c r="C14" s="7" t="s">
-        <v>2753</v>
+        <v>2748</v>
       </c>
       <c r="D14" s="7" t="s">
-        <v>194</v>
+        <v>2749</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="6">
         <v>10</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>2754</v>
+        <v>2750</v>
       </c>
       <c r="C15" s="7" t="s">
-        <v>2755</v>
+        <v>2751</v>
       </c>
       <c r="D15" s="7" t="s">
-        <v>2756</v>
+        <v>2752</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="6">
         <v>11</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>2757</v>
+        <v>2753</v>
       </c>
       <c r="C16" s="7" t="s">
-        <v>2758</v>
+        <v>2754</v>
       </c>
       <c r="D16" s="7" t="s">
-        <v>2759</v>
+        <v>2755</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="6">
         <v>12</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>2760</v>
+        <v>2756</v>
       </c>
       <c r="C17" s="7" t="s">
-        <v>2761</v>
+        <v>2757</v>
       </c>
       <c r="D17" s="7" t="s">
-        <v>2762</v>
+        <v>2758</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="6">
         <v>13</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>2763</v>
+        <v>2759</v>
       </c>
       <c r="C18" s="7" t="s">
-        <v>2764</v>
+        <v>2760</v>
       </c>
       <c r="D18" s="7" t="s">
-        <v>2765</v>
+        <v>2761</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="6">
         <v>14</v>
       </c>
       <c r="B19" s="6" t="s">
-        <v>2766</v>
+        <v>2762</v>
       </c>
       <c r="C19" s="7" t="s">
-        <v>2767</v>
+        <v>2763</v>
       </c>
       <c r="D19" s="7" t="s">
-        <v>2768</v>
+        <v>2764</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="6">
         <v>15</v>
       </c>
       <c r="B20" s="6" t="s">
-        <v>2769</v>
+        <v>2765</v>
       </c>
       <c r="C20" s="7" t="s">
-        <v>2770</v>
+        <v>2766</v>
       </c>
       <c r="D20" s="7" t="s">
-        <v>2771</v>
+        <v>2767</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="6">
         <v>16</v>
       </c>
       <c r="B21" s="6" t="s">
-        <v>2772</v>
+        <v>2768</v>
       </c>
       <c r="C21" s="7" t="s">
-        <v>2773</v>
+        <v>2769</v>
       </c>
       <c r="D21" s="7" t="s">
-        <v>2774</v>
+        <v>2770</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="6">
         <v>17</v>
       </c>
       <c r="B22" s="6" t="s">
-        <v>2775</v>
+        <v>2771</v>
       </c>
       <c r="C22" s="7" t="s">
-        <v>2776</v>
+        <v>2772</v>
       </c>
       <c r="D22" s="7" t="s">
-        <v>2777</v>
+        <v>2773</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="6">
         <v>18</v>
       </c>
       <c r="B23" s="6" t="s">
-        <v>2778</v>
+        <v>2774</v>
       </c>
       <c r="C23" s="7" t="s">
-        <v>2779</v>
+        <v>2775</v>
       </c>
       <c r="D23" s="7" t="s">
-        <v>2780</v>
+        <v>2776</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="6">
         <v>19</v>
       </c>
       <c r="B24" s="6" t="s">
-        <v>2781</v>
+        <v>2777</v>
       </c>
       <c r="C24" s="7" t="s">
-        <v>2782</v>
+        <v>2778</v>
       </c>
       <c r="D24" s="7" t="s">
-        <v>2783</v>
+        <v>2779</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="6">
         <v>20</v>
       </c>
       <c r="B25" s="6" t="s">
-        <v>2784</v>
+        <v>2780</v>
       </c>
       <c r="C25" s="7" t="s">
-        <v>2785</v>
+        <v>2781</v>
       </c>
       <c r="D25" s="7" t="s">
-        <v>2786</v>
+        <v>2782</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="6">
         <v>21</v>
       </c>
       <c r="B26" s="6" t="s">
-        <v>2787</v>
+        <v>2783</v>
       </c>
       <c r="C26" s="7" t="s">
-        <v>2788</v>
+        <v>2784</v>
       </c>
       <c r="D26" s="7" t="s">
-        <v>2789</v>
+        <v>2785</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="6">
         <v>22</v>
       </c>
       <c r="B27" s="6" t="s">
-        <v>2790</v>
+        <v>2786</v>
       </c>
       <c r="C27" s="7" t="s">
-        <v>2791</v>
+        <v>2787</v>
       </c>
       <c r="D27" s="7" t="s">
-        <v>2792</v>
+        <v>2788</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="6">
         <v>23</v>
       </c>
       <c r="B28" s="6" t="s">
-        <v>2793</v>
+        <v>2789</v>
       </c>
       <c r="C28" s="7" t="s">
-        <v>2794</v>
+        <v>2790</v>
       </c>
       <c r="D28" s="7" t="s">
-        <v>2795</v>
+        <v>2791</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="6">
         <v>24</v>
       </c>
       <c r="B29" s="6" t="s">
-        <v>2796</v>
+        <v>2792</v>
       </c>
       <c r="C29" s="7" t="s">
-        <v>2797</v>
+        <v>2793</v>
       </c>
       <c r="D29" s="7" t="s">
-        <v>2798</v>
+        <v>2794</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="4" t="s">
-        <v>2799</v>
+        <v>2795</v>
       </c>
       <c r="B30" s="5"/>
       <c r="C30" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D30" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="6">
         <v>1</v>
       </c>
       <c r="B31" s="6" t="s">
-        <v>2800</v>
+        <v>2796</v>
       </c>
       <c r="C31" s="7" t="s">
-        <v>2801</v>
+        <v>2797</v>
       </c>
       <c r="D31" s="7" t="s">
-        <v>2802</v>
+        <v>2798</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="6">
         <v>2</v>
       </c>
       <c r="B32" s="6" t="s">
-        <v>2803</v>
+        <v>2799</v>
       </c>
       <c r="C32" s="7" t="s">
-        <v>2804</v>
+        <v>2800</v>
       </c>
       <c r="D32" s="7" t="s">
-        <v>2805</v>
+        <v>2801</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="4" t="s">
-        <v>2806</v>
+        <v>2802</v>
       </c>
       <c r="B33" s="5"/>
       <c r="C33" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D33" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="6">
         <v>1</v>
       </c>
       <c r="B34" s="6" t="s">
-        <v>2807</v>
+        <v>2803</v>
       </c>
       <c r="C34" s="7" t="s">
-        <v>2808</v>
+        <v>2804</v>
       </c>
       <c r="D34" s="7" t="s">
-        <v>2809</v>
+        <v>2805</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="6">
         <v>2</v>
       </c>
       <c r="B35" s="6" t="s">
-        <v>2810</v>
+        <v>2806</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>2811</v>
+        <v>2807</v>
       </c>
       <c r="D35" s="7" t="s">
-        <v>2812</v>
+        <v>2808</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="6">
         <v>3</v>
       </c>
       <c r="B36" s="6" t="s">
-        <v>2813</v>
+        <v>2809</v>
       </c>
       <c r="C36" s="7" t="s">
-        <v>2814</v>
+        <v>2810</v>
       </c>
       <c r="D36" s="7" t="s">
-        <v>2815</v>
+        <v>2811</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="6">
         <v>4</v>
       </c>
       <c r="B37" s="6" t="s">
-        <v>2816</v>
+        <v>2812</v>
       </c>
       <c r="C37" s="7" t="s">
-        <v>2817</v>
+        <v>2813</v>
       </c>
       <c r="D37" s="7" t="s">
-        <v>2818</v>
+        <v>2814</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="6">
         <v>5</v>
       </c>
       <c r="B38" s="6" t="s">
-        <v>2819</v>
+        <v>2815</v>
       </c>
       <c r="C38" s="7" t="s">
-        <v>2820</v>
+        <v>2816</v>
       </c>
       <c r="D38" s="7" t="s">
-        <v>2821</v>
+        <v>2817</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="6">
         <v>6</v>
       </c>
       <c r="B39" s="6" t="s">
-        <v>2822</v>
+        <v>2818</v>
       </c>
       <c r="C39" s="7" t="s">
-        <v>2823</v>
+        <v>2819</v>
       </c>
       <c r="D39" s="7" t="s">
-        <v>2824</v>
+        <v>2820</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="6">
         <v>7</v>
       </c>
       <c r="B40" s="6" t="s">
-        <v>2825</v>
+        <v>2821</v>
       </c>
       <c r="C40" s="7" t="s">
-        <v>2826</v>
+        <v>2822</v>
       </c>
       <c r="D40" s="7" t="s">
-        <v>2827</v>
+        <v>2823</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="6">
         <v>8</v>
       </c>
       <c r="B41" s="6" t="s">
-        <v>2828</v>
+        <v>2824</v>
       </c>
       <c r="C41" s="7" t="s">
-        <v>2829</v>
+        <v>2825</v>
       </c>
       <c r="D41" s="7" t="s">
-        <v>2830</v>
+        <v>2826</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="6">
         <v>9</v>
       </c>
       <c r="B42" s="6" t="s">
-        <v>2831</v>
+        <v>2827</v>
       </c>
       <c r="C42" s="7" t="s">
-        <v>2832</v>
+        <v>2828</v>
       </c>
       <c r="D42" s="7" t="s">
-        <v>2833</v>
+        <v>2829</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="6">
         <v>10</v>
       </c>
       <c r="B43" s="6" t="s">
-        <v>2834</v>
+        <v>2830</v>
       </c>
       <c r="C43" s="7" t="s">
-        <v>2835</v>
+        <v>2831</v>
       </c>
       <c r="D43" s="7" t="s">
-        <v>2836</v>
+        <v>2832</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="6">
         <v>11</v>
       </c>
       <c r="B44" s="6" t="s">
-        <v>2837</v>
+        <v>2833</v>
       </c>
       <c r="C44" s="7" t="s">
-        <v>2838</v>
+        <v>2834</v>
       </c>
       <c r="D44" s="7" t="s">
-        <v>2839</v>
+        <v>2835</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="6">
         <v>12</v>
       </c>
       <c r="B45" s="6" t="s">
-        <v>2840</v>
+        <v>2836</v>
       </c>
       <c r="C45" s="7" t="s">
-        <v>2841</v>
+        <v>2837</v>
       </c>
       <c r="D45" s="7" t="s">
-        <v>2842</v>
+        <v>2838</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="6">
         <v>13</v>
       </c>
       <c r="B46" s="6" t="s">
-        <v>2843</v>
+        <v>2839</v>
       </c>
       <c r="C46" s="7" t="s">
-        <v>2844</v>
+        <v>2840</v>
       </c>
       <c r="D46" s="7" t="s">
-        <v>2845</v>
+        <v>2841</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="6">
         <v>14</v>
       </c>
       <c r="B47" s="6" t="s">
-        <v>2846</v>
+        <v>2842</v>
       </c>
       <c r="C47" s="7" t="s">
-        <v>2847</v>
+        <v>2843</v>
       </c>
       <c r="D47" s="7" t="s">
-        <v>2848</v>
+        <v>2844</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="6">
         <v>15</v>
       </c>
       <c r="B48" s="6" t="s">
-        <v>2849</v>
+        <v>2845</v>
       </c>
       <c r="C48" s="7" t="s">
-        <v>2850</v>
+        <v>2846</v>
       </c>
       <c r="D48" s="7" t="s">
-        <v>2851</v>
+        <v>2847</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="6">
         <v>16</v>
       </c>
       <c r="B49" s="6" t="s">
-        <v>2852</v>
+        <v>2848</v>
       </c>
       <c r="C49" s="7" t="s">
-        <v>2853</v>
+        <v>2849</v>
       </c>
       <c r="D49" s="7" t="s">
-        <v>2854</v>
+        <v>2850</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="6">
         <v>17</v>
       </c>
       <c r="B50" s="6" t="s">
-        <v>2855</v>
+        <v>2851</v>
       </c>
       <c r="C50" s="7" t="s">
-        <v>2856</v>
+        <v>2852</v>
       </c>
       <c r="D50" s="7" t="s">
-        <v>2857</v>
+        <v>2853</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="6">
         <v>18</v>
       </c>
       <c r="B51" s="6" t="s">
-        <v>2858</v>
+        <v>2854</v>
       </c>
       <c r="C51" s="7" t="s">
-        <v>2859</v>
+        <v>2855</v>
       </c>
       <c r="D51" s="7" t="s">
-        <v>1618</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="6">
         <v>19</v>
       </c>
       <c r="B52" s="6" t="s">
-        <v>2860</v>
+        <v>2856</v>
       </c>
       <c r="C52" s="7" t="s">
-        <v>2861</v>
+        <v>2857</v>
       </c>
       <c r="D52" s="7" t="s">
-        <v>2862</v>
+        <v>2858</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="6">
         <v>20</v>
       </c>
       <c r="B53" s="6" t="s">
-        <v>2863</v>
+        <v>2859</v>
       </c>
       <c r="C53" s="7" t="s">
-        <v>2864</v>
+        <v>2860</v>
       </c>
       <c r="D53" s="7" t="s">
-        <v>2865</v>
+        <v>2861</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="6">
         <v>21</v>
       </c>
       <c r="B54" s="6" t="s">
-        <v>2866</v>
+        <v>2862</v>
       </c>
       <c r="C54" s="7" t="s">
-        <v>2867</v>
+        <v>2863</v>
       </c>
       <c r="D54" s="7" t="s">
-        <v>2868</v>
+        <v>2864</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="6">
         <v>22</v>
       </c>
       <c r="B55" s="6" t="s">
-        <v>2869</v>
+        <v>2865</v>
       </c>
       <c r="C55" s="7" t="s">
-        <v>2870</v>
+        <v>2866</v>
       </c>
       <c r="D55" s="7" t="s">
-        <v>2871</v>
+        <v>2867</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="6">
         <v>23</v>
       </c>
       <c r="B56" s="6" t="s">
-        <v>2872</v>
+        <v>2868</v>
       </c>
       <c r="C56" s="7" t="s">
-        <v>2873</v>
+        <v>2869</v>
       </c>
       <c r="D56" s="7" t="s">
-        <v>2874</v>
+        <v>2870</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="6">
         <v>24</v>
       </c>
       <c r="B57" s="6" t="s">
-        <v>2875</v>
+        <v>2871</v>
       </c>
       <c r="C57" s="7" t="s">
-        <v>2876</v>
+        <v>2872</v>
       </c>
       <c r="D57" s="7" t="s">
-        <v>2877</v>
+        <v>2873</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="6">
         <v>25</v>
       </c>
       <c r="B58" s="6" t="s">
-        <v>2878</v>
+        <v>2874</v>
       </c>
       <c r="C58" s="7" t="s">
-        <v>2879</v>
+        <v>2875</v>
       </c>
       <c r="D58" s="7" t="s">
-        <v>2880</v>
+        <v>2876</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="6">
         <v>26</v>
       </c>
       <c r="B59" s="6" t="s">
-        <v>2881</v>
+        <v>2877</v>
       </c>
       <c r="C59" s="7" t="s">
-        <v>2882</v>
+        <v>2878</v>
       </c>
       <c r="D59" s="7" t="s">
-        <v>2883</v>
+        <v>2879</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="6">
         <v>27</v>
       </c>
       <c r="B60" s="6" t="s">
-        <v>2884</v>
+        <v>2880</v>
       </c>
       <c r="C60" s="7" t="s">
-        <v>2885</v>
+        <v>2881</v>
       </c>
       <c r="D60" s="7" t="s">
-        <v>2886</v>
+        <v>2882</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="6">
         <v>28</v>
       </c>
       <c r="B61" s="6" t="s">
-        <v>2887</v>
+        <v>2883</v>
       </c>
       <c r="C61" s="7" t="s">
-        <v>2888</v>
+        <v>2884</v>
       </c>
       <c r="D61" s="7" t="s">
-        <v>2889</v>
+        <v>2885</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="6">
         <v>29</v>
       </c>
       <c r="B62" s="6" t="s">
-        <v>2890</v>
+        <v>2886</v>
       </c>
       <c r="C62" s="7" t="s">
-        <v>2891</v>
+        <v>2887</v>
       </c>
       <c r="D62" s="7" t="s">
-        <v>2892</v>
+        <v>2888</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="6">
         <v>30</v>
       </c>
       <c r="B63" s="6" t="s">
-        <v>2893</v>
+        <v>2889</v>
       </c>
       <c r="C63" s="7" t="s">
-        <v>2894</v>
+        <v>2890</v>
       </c>
       <c r="D63" s="7" t="s">
-        <v>2895</v>
+        <v>2891</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="6">
         <v>31</v>
       </c>
       <c r="B64" s="6" t="s">
-        <v>2896</v>
+        <v>2892</v>
       </c>
       <c r="C64" s="7" t="s">
-        <v>2897</v>
+        <v>2893</v>
       </c>
       <c r="D64" s="7" t="s">
-        <v>2898</v>
+        <v>2894</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="6">
         <v>32</v>
       </c>
       <c r="B65" s="6" t="s">
-        <v>2899</v>
+        <v>2895</v>
       </c>
       <c r="C65" s="7" t="s">
-        <v>2900</v>
+        <v>2896</v>
       </c>
       <c r="D65" s="7" t="s">
-        <v>2901</v>
+        <v>2897</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="6">
         <v>33</v>
       </c>
       <c r="B66" s="6" t="s">
-        <v>2902</v>
+        <v>2898</v>
       </c>
       <c r="C66" s="7" t="s">
-        <v>2903</v>
+        <v>2899</v>
       </c>
       <c r="D66" s="7" t="s">
-        <v>2904</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="6">
         <v>34</v>
       </c>
       <c r="B67" s="6" t="s">
-        <v>2905</v>
+        <v>2901</v>
       </c>
       <c r="C67" s="7" t="s">
-        <v>2906</v>
+        <v>2902</v>
       </c>
       <c r="D67" s="7" t="s">
-        <v>2907</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="6">
         <v>35</v>
       </c>
       <c r="B68" s="6" t="s">
-        <v>2908</v>
+        <v>2904</v>
       </c>
       <c r="C68" s="7" t="s">
-        <v>2909</v>
+        <v>2905</v>
       </c>
       <c r="D68" s="7" t="s">
-        <v>2910</v>
+        <v>2906</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="6">
         <v>36</v>
       </c>
       <c r="B69" s="6" t="s">
-        <v>2911</v>
+        <v>2907</v>
       </c>
       <c r="C69" s="7" t="s">
-        <v>2912</v>
+        <v>2908</v>
       </c>
       <c r="D69" s="7" t="s">
-        <v>2913</v>
+        <v>2909</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="6">
         <v>37</v>
       </c>
       <c r="B70" s="6" t="s">
-        <v>2914</v>
+        <v>2910</v>
       </c>
       <c r="C70" s="7" t="s">
-        <v>2915</v>
+        <v>2911</v>
       </c>
       <c r="D70" s="7" t="s">
-        <v>2916</v>
+        <v>2912</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="6">
         <v>38</v>
       </c>
       <c r="B71" s="6" t="s">
-        <v>2917</v>
+        <v>2913</v>
       </c>
       <c r="C71" s="7" t="s">
-        <v>2918</v>
+        <v>2914</v>
       </c>
       <c r="D71" s="7" t="s">
-        <v>2919</v>
+        <v>2915</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="6">
         <v>39</v>
       </c>
       <c r="B72" s="6" t="s">
-        <v>2920</v>
+        <v>2916</v>
       </c>
       <c r="C72" s="7" t="s">
-        <v>2921</v>
+        <v>2917</v>
       </c>
       <c r="D72" s="7" t="s">
-        <v>2922</v>
+        <v>2918</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="6">
         <v>40</v>
       </c>
       <c r="B73" s="6" t="s">
-        <v>2923</v>
+        <v>2919</v>
       </c>
       <c r="C73" s="7" t="s">
-        <v>2924</v>
+        <v>2920</v>
       </c>
       <c r="D73" s="7" t="s">
-        <v>2925</v>
+        <v>2921</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="6">
         <v>41</v>
       </c>
       <c r="B74" s="6" t="s">
-        <v>2926</v>
+        <v>2922</v>
       </c>
       <c r="C74" s="7" t="s">
-        <v>2927</v>
+        <v>2923</v>
       </c>
       <c r="D74" s="7" t="s">
-        <v>2928</v>
+        <v>2924</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="6">
         <v>42</v>
       </c>
       <c r="B75" s="6" t="s">
-        <v>2929</v>
+        <v>2925</v>
       </c>
       <c r="C75" s="7" t="s">
-        <v>2930</v>
+        <v>2926</v>
       </c>
       <c r="D75" s="7" t="s">
-        <v>2931</v>
+        <v>2927</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="6">
         <v>43</v>
       </c>
       <c r="B76" s="6" t="s">
-        <v>2932</v>
+        <v>2928</v>
       </c>
       <c r="C76" s="7" t="s">
-        <v>2933</v>
+        <v>2929</v>
       </c>
       <c r="D76" s="7" t="s">
-        <v>2934</v>
+        <v>2930</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="6">
         <v>44</v>
       </c>
       <c r="B77" s="6" t="s">
-        <v>2935</v>
+        <v>2931</v>
       </c>
       <c r="C77" s="7" t="s">
-        <v>2936</v>
+        <v>2932</v>
       </c>
       <c r="D77" s="7" t="s">
-        <v>2937</v>
+        <v>2933</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="6">
         <v>45</v>
       </c>
       <c r="B78" s="6" t="s">
-        <v>2938</v>
+        <v>2934</v>
       </c>
       <c r="C78" s="7" t="s">
-        <v>2939</v>
+        <v>2935</v>
       </c>
       <c r="D78" s="7" t="s">
-        <v>2940</v>
+        <v>2936</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="6">
         <v>46</v>
       </c>
       <c r="B79" s="6" t="s">
-        <v>2941</v>
+        <v>2937</v>
       </c>
       <c r="C79" s="7" t="s">
-        <v>2942</v>
+        <v>2938</v>
       </c>
       <c r="D79" s="7" t="s">
-        <v>2943</v>
+        <v>2939</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="6">
         <v>47</v>
       </c>
       <c r="B80" s="6" t="s">
-        <v>2944</v>
+        <v>2940</v>
       </c>
       <c r="C80" s="7" t="s">
-        <v>2945</v>
+        <v>2941</v>
       </c>
       <c r="D80" s="7" t="s">
-        <v>2946</v>
+        <v>2942</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="6">
         <v>48</v>
       </c>
       <c r="B81" s="6" t="s">
-        <v>2947</v>
+        <v>2943</v>
       </c>
       <c r="C81" s="7" t="s">
-        <v>2832</v>
+        <v>2828</v>
       </c>
       <c r="D81" s="7" t="s">
-        <v>2833</v>
+        <v>2829</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="6">
         <v>49</v>
       </c>
       <c r="B82" s="6" t="s">
-        <v>2948</v>
+        <v>2944</v>
       </c>
       <c r="C82" s="7" t="s">
-        <v>2949</v>
+        <v>2945</v>
       </c>
       <c r="D82" s="7" t="s">
-        <v>2950</v>
+        <v>2946</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="6">
         <v>50</v>
       </c>
       <c r="B83" s="6" t="s">
-        <v>2951</v>
+        <v>2947</v>
       </c>
       <c r="C83" s="7" t="s">
-        <v>2952</v>
+        <v>2948</v>
       </c>
       <c r="D83" s="7" t="s">
-        <v>197</v>
+        <v>2949</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="6">
         <v>51</v>
       </c>
       <c r="B84" s="6" t="s">
-        <v>2953</v>
+        <v>2950</v>
       </c>
       <c r="C84" s="7" t="s">
-        <v>2954</v>
+        <v>2951</v>
       </c>
       <c r="D84" s="7" t="s">
-        <v>2955</v>
+        <v>2952</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="6">
         <v>52</v>
       </c>
       <c r="B85" s="6" t="s">
-        <v>2956</v>
+        <v>2953</v>
       </c>
       <c r="C85" s="7" t="s">
-        <v>2957</v>
+        <v>2954</v>
       </c>
       <c r="D85" s="7" t="s">
-        <v>2958</v>
+        <v>2955</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="6">
         <v>53</v>
       </c>
       <c r="B86" s="6" t="s">
-        <v>2959</v>
+        <v>2956</v>
       </c>
       <c r="C86" s="7" t="s">
-        <v>2960</v>
+        <v>2957</v>
       </c>
       <c r="D86" s="7" t="s">
-        <v>2961</v>
+        <v>2958</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="6">
         <v>54</v>
       </c>
       <c r="B87" s="6" t="s">
-        <v>2962</v>
+        <v>2959</v>
       </c>
       <c r="C87" s="7" t="s">
-        <v>2963</v>
+        <v>2960</v>
       </c>
       <c r="D87" s="7" t="s">
-        <v>2964</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="6">
         <v>55</v>
       </c>
       <c r="B88" s="6" t="s">
-        <v>2965</v>
+        <v>2962</v>
       </c>
       <c r="C88" s="7" t="s">
-        <v>2966</v>
+        <v>2963</v>
       </c>
       <c r="D88" s="7" t="s">
-        <v>2967</v>
+        <v>2964</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="6">
         <v>56</v>
       </c>
       <c r="B89" s="6" t="s">
-        <v>2968</v>
+        <v>2965</v>
       </c>
       <c r="C89" s="7" t="s">
-        <v>2969</v>
+        <v>2966</v>
       </c>
       <c r="D89" s="7" t="s">
-        <v>2970</v>
+        <v>2967</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="6">
         <v>57</v>
       </c>
       <c r="B90" s="6" t="s">
-        <v>2971</v>
+        <v>2968</v>
       </c>
       <c r="C90" s="7" t="s">
-        <v>2972</v>
+        <v>2969</v>
       </c>
       <c r="D90" s="7" t="s">
-        <v>2973</v>
+        <v>2970</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="6">
         <v>58</v>
       </c>
       <c r="B91" s="6" t="s">
-        <v>2974</v>
+        <v>2971</v>
       </c>
       <c r="C91" s="7" t="s">
-        <v>2975</v>
+        <v>2972</v>
       </c>
       <c r="D91" s="7" t="s">
-        <v>2976</v>
+        <v>2973</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="6">
         <v>59</v>
       </c>
       <c r="B92" s="6" t="s">
-        <v>2977</v>
+        <v>2974</v>
       </c>
       <c r="C92" s="7" t="s">
-        <v>2978</v>
+        <v>2975</v>
       </c>
       <c r="D92" s="7" t="s">
-        <v>2979</v>
+        <v>2976</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="6">
         <v>60</v>
       </c>
       <c r="B93" s="6" t="s">
-        <v>2980</v>
+        <v>2977</v>
       </c>
       <c r="C93" s="7" t="s">
-        <v>2981</v>
+        <v>2978</v>
       </c>
       <c r="D93" s="7" t="s">
-        <v>2982</v>
+        <v>2979</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="6">
         <v>61</v>
       </c>
       <c r="B94" s="6" t="s">
-        <v>2983</v>
+        <v>2980</v>
       </c>
       <c r="C94" s="7" t="s">
-        <v>2984</v>
+        <v>2981</v>
       </c>
       <c r="D94" s="7" t="s">
-        <v>2985</v>
+        <v>2982</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="6">
         <v>62</v>
       </c>
       <c r="B95" s="6" t="s">
-        <v>2986</v>
+        <v>2983</v>
       </c>
       <c r="C95" s="7" t="s">
-        <v>1775</v>
+        <v>2984</v>
       </c>
       <c r="D95" s="7" t="s">
-        <v>2987</v>
+        <v>2985</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" s="6">
         <v>63</v>
       </c>
       <c r="B96" s="6" t="s">
+        <v>2986</v>
+      </c>
+      <c r="C96" s="7" t="s">
+        <v>2987</v>
+      </c>
+      <c r="D96" s="7" t="s">
         <v>2988</v>
-      </c>
-[...4 lines deleted...]
-        <v>2990</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" s="6">
         <v>64</v>
       </c>
       <c r="B97" s="6" t="s">
+        <v>2989</v>
+      </c>
+      <c r="C97" s="7" t="s">
+        <v>2990</v>
+      </c>
+      <c r="D97" s="7" t="s">
         <v>2991</v>
-      </c>
-[...4 lines deleted...]
-        <v>2993</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" s="6">
         <v>65</v>
       </c>
       <c r="B98" s="6" t="s">
-        <v>2994</v>
+        <v>2992</v>
       </c>
       <c r="C98" s="7" t="s">
-        <v>2969</v>
+        <v>2966</v>
       </c>
       <c r="D98" s="7" t="s">
-        <v>2970</v>
+        <v>2967</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" s="6">
         <v>66</v>
       </c>
       <c r="B99" s="6" t="s">
+        <v>2993</v>
+      </c>
+      <c r="C99" s="7" t="s">
+        <v>2994</v>
+      </c>
+      <c r="D99" s="7" t="s">
         <v>2995</v>
-      </c>
-[...4 lines deleted...]
-        <v>2997</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" s="6">
         <v>67</v>
       </c>
       <c r="B100" s="6" t="s">
+        <v>2996</v>
+      </c>
+      <c r="C100" s="7" t="s">
+        <v>2997</v>
+      </c>
+      <c r="D100" s="7" t="s">
         <v>2998</v>
-      </c>
-[...4 lines deleted...]
-        <v>3000</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" s="6">
         <v>68</v>
       </c>
       <c r="B101" s="6" t="s">
+        <v>2999</v>
+      </c>
+      <c r="C101" s="7" t="s">
+        <v>3000</v>
+      </c>
+      <c r="D101" s="7" t="s">
         <v>3001</v>
-      </c>
-[...4 lines deleted...]
-        <v>3003</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" s="6">
         <v>69</v>
       </c>
       <c r="B102" s="6" t="s">
+        <v>3002</v>
+      </c>
+      <c r="C102" s="7" t="s">
+        <v>3003</v>
+      </c>
+      <c r="D102" s="7" t="s">
         <v>3004</v>
-      </c>
-[...4 lines deleted...]
-        <v>3006</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" s="6">
         <v>70</v>
       </c>
       <c r="B103" s="6" t="s">
-        <v>3007</v>
+        <v>3005</v>
       </c>
       <c r="C103" s="7" t="s">
-        <v>2876</v>
+        <v>2872</v>
       </c>
       <c r="D103" s="7" t="s">
-        <v>2877</v>
+        <v>2873</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" s="6">
         <v>71</v>
       </c>
       <c r="B104" s="6" t="s">
+        <v>3006</v>
+      </c>
+      <c r="C104" s="7" t="s">
+        <v>3007</v>
+      </c>
+      <c r="D104" s="7" t="s">
         <v>3008</v>
-      </c>
-[...4 lines deleted...]
-        <v>3010</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" s="6">
         <v>72</v>
       </c>
       <c r="B105" s="6" t="s">
+        <v>3009</v>
+      </c>
+      <c r="C105" s="7" t="s">
+        <v>3010</v>
+      </c>
+      <c r="D105" s="7" t="s">
         <v>3011</v>
-      </c>
-[...4 lines deleted...]
-        <v>3013</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" s="6">
         <v>73</v>
       </c>
       <c r="B106" s="6" t="s">
+        <v>3012</v>
+      </c>
+      <c r="C106" s="7" t="s">
+        <v>3013</v>
+      </c>
+      <c r="D106" s="7" t="s">
         <v>3014</v>
-      </c>
-[...4 lines deleted...]
-        <v>3016</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" s="6">
         <v>74</v>
       </c>
       <c r="B107" s="6" t="s">
+        <v>3015</v>
+      </c>
+      <c r="C107" s="7" t="s">
+        <v>3016</v>
+      </c>
+      <c r="D107" s="7" t="s">
         <v>3017</v>
-      </c>
-[...4 lines deleted...]
-        <v>3019</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" s="6">
         <v>75</v>
       </c>
       <c r="B108" s="6" t="s">
+        <v>3018</v>
+      </c>
+      <c r="C108" s="7" t="s">
+        <v>3019</v>
+      </c>
+      <c r="D108" s="7" t="s">
         <v>3020</v>
-      </c>
-[...4 lines deleted...]
-        <v>3022</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" s="6">
         <v>76</v>
       </c>
       <c r="B109" s="6" t="s">
+        <v>3021</v>
+      </c>
+      <c r="C109" s="7" t="s">
+        <v>3022</v>
+      </c>
+      <c r="D109" s="7" t="s">
         <v>3023</v>
-      </c>
-[...4 lines deleted...]
-        <v>3025</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" s="6">
         <v>77</v>
       </c>
       <c r="B110" s="6" t="s">
-        <v>3026</v>
+        <v>3024</v>
       </c>
       <c r="C110" s="7" t="s">
-        <v>1525</v>
+        <v>1529</v>
       </c>
       <c r="D110" s="7" t="s">
-        <v>3027</v>
+        <v>3025</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" s="6">
         <v>78</v>
       </c>
       <c r="B111" s="6" t="s">
+        <v>3026</v>
+      </c>
+      <c r="C111" s="7" t="s">
+        <v>3027</v>
+      </c>
+      <c r="D111" s="7" t="s">
         <v>3028</v>
-      </c>
-[...4 lines deleted...]
-        <v>3030</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" s="6">
         <v>79</v>
       </c>
       <c r="B112" s="6" t="s">
+        <v>3029</v>
+      </c>
+      <c r="C112" s="7" t="s">
+        <v>3030</v>
+      </c>
+      <c r="D112" s="7" t="s">
         <v>3031</v>
-      </c>
-[...4 lines deleted...]
-        <v>3033</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" s="6">
         <v>80</v>
       </c>
       <c r="B113" s="6" t="s">
+        <v>3032</v>
+      </c>
+      <c r="C113" s="7" t="s">
+        <v>3033</v>
+      </c>
+      <c r="D113" s="7" t="s">
         <v>3034</v>
-      </c>
-[...4 lines deleted...]
-        <v>3036</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" s="6">
         <v>81</v>
       </c>
       <c r="B114" s="6" t="s">
+        <v>3035</v>
+      </c>
+      <c r="C114" s="7" t="s">
+        <v>3036</v>
+      </c>
+      <c r="D114" s="7" t="s">
         <v>3037</v>
-      </c>
-[...4 lines deleted...]
-        <v>3039</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" s="6">
         <v>82</v>
       </c>
       <c r="B115" s="6" t="s">
-        <v>3040</v>
+        <v>3038</v>
       </c>
       <c r="C115" s="7" t="s">
-        <v>1314</v>
+        <v>1319</v>
       </c>
       <c r="D115" s="7" t="s">
-        <v>3041</v>
+        <v>3039</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" s="6">
         <v>83</v>
       </c>
       <c r="B116" s="6" t="s">
+        <v>3040</v>
+      </c>
+      <c r="C116" s="7" t="s">
+        <v>3041</v>
+      </c>
+      <c r="D116" s="7" t="s">
         <v>3042</v>
-      </c>
-[...4 lines deleted...]
-        <v>3044</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="6">
         <v>84</v>
       </c>
       <c r="B117" s="6" t="s">
+        <v>3043</v>
+      </c>
+      <c r="C117" s="7" t="s">
+        <v>3044</v>
+      </c>
+      <c r="D117" s="7" t="s">
         <v>3045</v>
-      </c>
-[...4 lines deleted...]
-        <v>3047</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="6">
         <v>85</v>
       </c>
       <c r="B118" s="6" t="s">
+        <v>3046</v>
+      </c>
+      <c r="C118" s="7" t="s">
+        <v>3047</v>
+      </c>
+      <c r="D118" s="7" t="s">
         <v>3048</v>
-      </c>
-[...4 lines deleted...]
-        <v>3049</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="6">
         <v>86</v>
       </c>
       <c r="B119" s="6" t="s">
+        <v>3049</v>
+      </c>
+      <c r="C119" s="7" t="s">
+        <v>2811</v>
+      </c>
+      <c r="D119" s="7" t="s">
         <v>3050</v>
-      </c>
-[...4 lines deleted...]
-        <v>3051</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="6">
         <v>87</v>
       </c>
       <c r="B120" s="6" t="s">
+        <v>3051</v>
+      </c>
+      <c r="C120" s="7" t="s">
         <v>3052</v>
       </c>
-      <c r="C120" s="7" t="s">
+      <c r="D120" s="7" t="s">
         <v>3053</v>
-      </c>
-[...1 lines deleted...]
-        <v>3054</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="6">
         <v>88</v>
       </c>
       <c r="B121" s="6" t="s">
+        <v>3054</v>
+      </c>
+      <c r="C121" s="7" t="s">
         <v>3055</v>
       </c>
-      <c r="C121" s="7" t="s">
+      <c r="D121" s="7" t="s">
         <v>3056</v>
-      </c>
-[...1 lines deleted...]
-        <v>3057</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="6">
         <v>89</v>
       </c>
       <c r="B122" s="6" t="s">
+        <v>3057</v>
+      </c>
+      <c r="C122" s="7" t="s">
         <v>3058</v>
       </c>
-      <c r="C122" s="7" t="s">
+      <c r="D122" s="7" t="s">
         <v>3059</v>
-      </c>
-[...1 lines deleted...]
-        <v>3060</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="6">
         <v>90</v>
       </c>
       <c r="B123" s="6" t="s">
+        <v>3060</v>
+      </c>
+      <c r="C123" s="7" t="s">
         <v>3061</v>
       </c>
-      <c r="C123" s="7" t="s">
+      <c r="D123" s="7" t="s">
         <v>3062</v>
-      </c>
-[...1 lines deleted...]
-        <v>3063</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="4" t="s">
-        <v>3064</v>
+        <v>3063</v>
       </c>
       <c r="B124" s="5"/>
       <c r="C124" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D124" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" s="6">
         <v>1</v>
       </c>
       <c r="B125" s="6" t="s">
+        <v>3064</v>
+      </c>
+      <c r="C125" s="7" t="s">
         <v>3065</v>
       </c>
-      <c r="C125" s="7" t="s">
+      <c r="D125" s="7" t="s">
         <v>3066</v>
-      </c>
-[...1 lines deleted...]
-        <v>3067</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" s="6">
         <v>2</v>
       </c>
       <c r="B126" s="6" t="s">
+        <v>3067</v>
+      </c>
+      <c r="C126" s="7" t="s">
         <v>3068</v>
       </c>
-      <c r="C126" s="7" t="s">
+      <c r="D126" s="7" t="s">
         <v>3069</v>
-      </c>
-[...1 lines deleted...]
-        <v>3070</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" s="6">
         <v>3</v>
       </c>
       <c r="B127" s="6" t="s">
+        <v>3070</v>
+      </c>
+      <c r="C127" s="7" t="s">
+        <v>773</v>
+      </c>
+      <c r="D127" s="7" t="s">
         <v>3071</v>
-      </c>
-[...4 lines deleted...]
-        <v>3073</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" s="6">
         <v>4</v>
       </c>
       <c r="B128" s="6" t="s">
-        <v>2240</v>
+        <v>2234</v>
       </c>
       <c r="C128" s="7" t="s">
-        <v>2241</v>
+        <v>2235</v>
       </c>
       <c r="D128" s="7" t="s">
-        <v>2242</v>
+        <v>2236</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" s="6">
         <v>5</v>
       </c>
       <c r="B129" s="6" t="s">
-        <v>2243</v>
+        <v>2237</v>
       </c>
       <c r="C129" s="7">
         <v>777</v>
       </c>
       <c r="D129" s="7">
         <v>820</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" s="6">
         <v>6</v>
       </c>
       <c r="B130" s="6" t="s">
-        <v>2244</v>
+        <v>2238</v>
       </c>
       <c r="C130" s="7" t="s">
-        <v>2245</v>
+        <v>2239</v>
       </c>
       <c r="D130" s="7" t="s">
-        <v>2246</v>
+        <v>743</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" s="6">
         <v>7</v>
       </c>
       <c r="B131" s="6" t="s">
-        <v>3074</v>
+        <v>3072</v>
       </c>
       <c r="C131" s="7">
         <v>625</v>
       </c>
       <c r="D131" s="7">
         <v>650</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" s="6"/>
       <c r="B132" s="6"/>
       <c r="C132" s="6"/>
       <c r="D132" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A4:B4"/>
     <mergeCell ref="A5:B5"/>
     <mergeCell ref="A30:B30"/>
     <mergeCell ref="A33:B33"/>
     <mergeCell ref="A124:B124"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B6" r:id="rId_hyperlink_1"/>
@@ -27234,884 +27360,884 @@
   <dimension ref="A1:D65"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D65" sqref="D65"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="94.26269499999999" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.710938" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:4">
       <c r="B2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="B3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="4" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="B4" s="5"/>
       <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="4" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="6">
         <v>1</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="C6" s="7" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="D6" s="7" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="6">
         <v>2</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="C7" s="7" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="D7" s="7" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="6">
         <v>3</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="C8" s="7" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="D8" s="7" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="6">
         <v>4</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="C9" s="7" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="D9" s="7" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="6">
         <v>5</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="C10" s="7" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="D10" s="7" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="6">
         <v>6</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>347</v>
       </c>
       <c r="C11" s="7" t="s">
         <v>348</v>
       </c>
       <c r="D11" s="7" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="6">
         <v>7</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="C12" s="7" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="D12" s="7" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="6">
         <v>8</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>350</v>
       </c>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="6">
         <v>9</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="C14" s="7" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="D14" s="7" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="6">
         <v>10</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>351</v>
       </c>
       <c r="C15" s="7" t="s">
         <v>352</v>
       </c>
       <c r="D15" s="7" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="6">
         <v>11</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>354</v>
       </c>
       <c r="C16" s="7" t="s">
         <v>355</v>
       </c>
       <c r="D16" s="7" t="s">
         <v>356</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="6">
         <v>12</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="C17" s="7" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="D17" s="7" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="6">
         <v>13</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C18" s="7" t="s">
         <v>136</v>
       </c>
       <c r="D18" s="7" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="6">
         <v>14</v>
       </c>
       <c r="B19" s="6" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="C19" s="7" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="D19" s="7" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="6">
         <v>15</v>
       </c>
       <c r="B20" s="6" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="C20" s="7" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="D20" s="7" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="6">
         <v>16</v>
       </c>
       <c r="B21" s="6" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="C21" s="7" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="D21" s="7" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="6">
         <v>17</v>
       </c>
       <c r="B22" s="6" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="C22" s="7" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="D22" s="7" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="6">
         <v>18</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>360</v>
       </c>
       <c r="C23" s="7" t="s">
         <v>348</v>
       </c>
       <c r="D23" s="7" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="4" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="B24" s="5"/>
       <c r="C24" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="6">
         <v>1</v>
       </c>
       <c r="B25" s="6" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C25" s="7" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="D25" s="7" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="6">
         <v>2</v>
       </c>
       <c r="B26" s="6" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="C26" s="7" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="D26" s="7" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="6">
         <v>3</v>
       </c>
       <c r="B27" s="6" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C27" s="7" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D27" s="7" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="6">
         <v>4</v>
       </c>
       <c r="B28" s="6" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="C28" s="7" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="D28" s="7" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="6">
         <v>5</v>
       </c>
       <c r="B29" s="6" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="C29" s="7" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D29" s="7" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="6">
         <v>6</v>
       </c>
       <c r="B30" s="6" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="C30" s="7" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="D30" s="7" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="6">
         <v>7</v>
       </c>
       <c r="B31" s="6" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="C31" s="7" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="D31" s="7" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="6">
         <v>8</v>
       </c>
       <c r="B32" s="6" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="C32" s="7" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="D32" s="7" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="6">
         <v>9</v>
       </c>
       <c r="B33" s="6" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="C33" s="7" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="D33" s="7" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="6">
         <v>10</v>
       </c>
       <c r="B34" s="6" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="C34" s="7" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="D34" s="7" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="6">
         <v>11</v>
       </c>
       <c r="B35" s="6" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="D35" s="7" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="6">
         <v>12</v>
       </c>
       <c r="B36" s="6" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="C36" s="7" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="D36" s="7" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="6">
         <v>13</v>
       </c>
       <c r="B37" s="6" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="C37" s="7" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="D37" s="7" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="6">
         <v>14</v>
       </c>
       <c r="B38" s="6" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="C38" s="7" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="D38" s="7" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="6">
         <v>15</v>
       </c>
       <c r="B39" s="6" t="s">
+        <v>635</v>
+      </c>
+      <c r="C39" s="7" t="s">
+        <v>633</v>
+      </c>
+      <c r="D39" s="7" t="s">
         <v>634</v>
-      </c>
-[...4 lines deleted...]
-        <v>633</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="6">
         <v>16</v>
       </c>
       <c r="B40" s="6" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="C40" s="7" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="D40" s="7" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="6">
         <v>17</v>
       </c>
       <c r="B41" s="6" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="C41" s="7" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="D41" s="7" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="6">
         <v>18</v>
       </c>
       <c r="B42" s="6" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="C42" s="7" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="D42" s="7" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="6">
         <v>19</v>
       </c>
       <c r="B43" s="6" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="C43" s="7" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="D43" s="7" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="6">
         <v>20</v>
       </c>
       <c r="B44" s="6" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="C44" s="7" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="D44" s="7" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="6">
         <v>21</v>
       </c>
       <c r="B45" s="6" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="C45" s="7" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="D45" s="7" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="6">
         <v>22</v>
       </c>
       <c r="B46" s="6" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="C46" s="7" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="D46" s="7" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="6">
         <v>23</v>
       </c>
       <c r="B47" s="6" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="C47" s="7" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="D47" s="7" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="6">
         <v>24</v>
       </c>
       <c r="B48" s="6" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="C48" s="7" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="D48" s="7" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="6">
         <v>25</v>
       </c>
       <c r="B49" s="6" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="C49" s="7" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="D49" s="7" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="6">
         <v>26</v>
       </c>
       <c r="B50" s="6" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="C50" s="7" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="D50" s="7" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="6">
         <v>27</v>
       </c>
       <c r="B51" s="6" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C51" s="7" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="D51" s="7" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="6">
         <v>28</v>
       </c>
       <c r="B52" s="6" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="C52" s="7"/>
       <c r="D52" s="7"/>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="4" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="B53" s="5"/>
       <c r="C53" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D53" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="6">
         <v>1</v>
       </c>
       <c r="B54" s="6" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="C54" s="7" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="D54" s="7" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="6">
         <v>2</v>
       </c>
       <c r="B55" s="6" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="C55" s="7" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="D55" s="7" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="6">
         <v>3</v>
       </c>
       <c r="B56" s="6" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="C56" s="7" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="D56" s="7" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="6">
         <v>4</v>
       </c>
       <c r="B57" s="6" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="C57" s="7" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="D57" s="7" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="6">
         <v>5</v>
       </c>
       <c r="B58" s="6" t="s">
+        <v>686</v>
+      </c>
+      <c r="C58" s="7" t="s">
+        <v>684</v>
+      </c>
+      <c r="D58" s="7" t="s">
         <v>685</v>
-      </c>
-[...4 lines deleted...]
-        <v>684</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="6">
         <v>6</v>
       </c>
       <c r="B59" s="6" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="C59" s="7" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="D59" s="7" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="6">
         <v>7</v>
       </c>
       <c r="B60" s="6" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="C60" s="7" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="D60" s="7" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="6">
         <v>8</v>
       </c>
       <c r="B61" s="6" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="C61" s="7" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="D61" s="7" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="6">
         <v>9</v>
       </c>
       <c r="B62" s="6" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="C62" s="7" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="D62" s="7" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="6">
         <v>10</v>
       </c>
       <c r="B63" s="6" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="C63" s="7" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="D63" s="7" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="6">
         <v>11</v>
       </c>
       <c r="B64" s="6" t="s">
+        <v>700</v>
+      </c>
+      <c r="C64" s="7" t="s">
+        <v>698</v>
+      </c>
+      <c r="D64" s="7" t="s">
         <v>699</v>
-      </c>
-[...4 lines deleted...]
-        <v>698</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="6"/>
       <c r="B65" s="6"/>
       <c r="C65" s="6"/>
       <c r="D65" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A4:B4"/>
     <mergeCell ref="A5:B5"/>
     <mergeCell ref="A24:B24"/>
     <mergeCell ref="A53:B53"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B6" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_8"/>
@@ -28187,346 +28313,346 @@
   <dimension ref="A1:D63"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D63" sqref="D63"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="109.544678" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.710938" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:4">
       <c r="B2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="B3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="4" t="s">
-        <v>3075</v>
+        <v>3073</v>
       </c>
       <c r="B4" s="5"/>
       <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="4" t="s">
-        <v>3076</v>
+        <v>3074</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="6">
         <v>1</v>
       </c>
       <c r="B6" s="6" t="s">
+        <v>3075</v>
+      </c>
+      <c r="C6" s="7" t="s">
+        <v>3076</v>
+      </c>
+      <c r="D6" s="7" t="s">
         <v>3077</v>
-      </c>
-[...4 lines deleted...]
-        <v>1083</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="6">
         <v>2</v>
       </c>
       <c r="B7" s="6" t="s">
+        <v>3078</v>
+      </c>
+      <c r="C7" s="7" t="s">
+        <v>1623</v>
+      </c>
+      <c r="D7" s="7" t="s">
         <v>3079</v>
-      </c>
-[...4 lines deleted...]
-        <v>3080</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="6">
         <v>3</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>3081</v>
+        <v>3080</v>
       </c>
       <c r="C8" s="7" t="s">
-        <v>1800</v>
+        <v>1623</v>
       </c>
       <c r="D8" s="7" t="s">
-        <v>3080</v>
+        <v>3079</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="6">
         <v>4</v>
       </c>
       <c r="B9" s="6" t="s">
+        <v>3081</v>
+      </c>
+      <c r="C9" s="7" t="s">
         <v>3082</v>
       </c>
-      <c r="C9" s="7" t="s">
+      <c r="D9" s="7" t="s">
         <v>3083</v>
-      </c>
-[...1 lines deleted...]
-        <v>3084</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="6">
         <v>5</v>
       </c>
       <c r="B10" s="6" t="s">
+        <v>3084</v>
+      </c>
+      <c r="C10" s="7" t="s">
         <v>3085</v>
       </c>
-      <c r="C10" s="7" t="s">
+      <c r="D10" s="7" t="s">
         <v>3086</v>
-      </c>
-[...1 lines deleted...]
-        <v>3087</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="6">
         <v>6</v>
       </c>
       <c r="B11" s="6" t="s">
+        <v>3087</v>
+      </c>
+      <c r="C11" s="7" t="s">
         <v>3088</v>
       </c>
-      <c r="C11" s="7" t="s">
+      <c r="D11" s="7" t="s">
         <v>3089</v>
-      </c>
-[...1 lines deleted...]
-        <v>3090</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="6">
         <v>7</v>
       </c>
       <c r="B12" s="6" t="s">
+        <v>3090</v>
+      </c>
+      <c r="C12" s="7" t="s">
         <v>3091</v>
       </c>
-      <c r="C12" s="7" t="s">
+      <c r="D12" s="7" t="s">
         <v>3092</v>
-      </c>
-[...1 lines deleted...]
-        <v>3093</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="6">
         <v>8</v>
       </c>
       <c r="B13" s="6" t="s">
+        <v>3093</v>
+      </c>
+      <c r="C13" s="7" t="s">
         <v>3094</v>
       </c>
-      <c r="C13" s="7" t="s">
+      <c r="D13" s="7" t="s">
         <v>3095</v>
-      </c>
-[...1 lines deleted...]
-        <v>3096</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="6">
         <v>9</v>
       </c>
       <c r="B14" s="6" t="s">
+        <v>3096</v>
+      </c>
+      <c r="C14" s="7" t="s">
         <v>3097</v>
       </c>
-      <c r="C14" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D14" s="7" t="s">
-        <v>3099</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="6">
         <v>10</v>
       </c>
       <c r="B15" s="6" t="s">
+        <v>3098</v>
+      </c>
+      <c r="C15" s="7" t="s">
+        <v>3099</v>
+      </c>
+      <c r="D15" s="7" t="s">
         <v>3100</v>
-      </c>
-[...4 lines deleted...]
-        <v>3102</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="6">
         <v>11</v>
       </c>
       <c r="B16" s="6" t="s">
+        <v>3101</v>
+      </c>
+      <c r="C16" s="7" t="s">
+        <v>3102</v>
+      </c>
+      <c r="D16" s="7" t="s">
         <v>3103</v>
-      </c>
-[...4 lines deleted...]
-        <v>3105</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="6">
         <v>12</v>
       </c>
       <c r="B17" s="6" t="s">
+        <v>3104</v>
+      </c>
+      <c r="C17" s="7" t="s">
+        <v>3105</v>
+      </c>
+      <c r="D17" s="7" t="s">
         <v>3106</v>
-      </c>
-[...4 lines deleted...]
-        <v>3108</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="4" t="s">
-        <v>3109</v>
+        <v>3107</v>
       </c>
       <c r="B18" s="5"/>
       <c r="C18" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D18" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="6">
         <v>1</v>
       </c>
       <c r="B19" s="6" t="s">
-        <v>3110</v>
+        <v>3108</v>
       </c>
       <c r="C19" s="7">
         <v>730</v>
       </c>
       <c r="D19" s="7">
         <v>770</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="6">
         <v>2</v>
       </c>
       <c r="B20" s="6" t="s">
-        <v>3111</v>
+        <v>3109</v>
       </c>
       <c r="C20" s="7">
         <v>77</v>
       </c>
       <c r="D20" s="7">
         <v>81</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="6">
         <v>3</v>
       </c>
       <c r="B21" s="6" t="s">
-        <v>3112</v>
+        <v>3110</v>
       </c>
       <c r="C21" s="7">
         <v>515</v>
       </c>
       <c r="D21" s="7">
         <v>543</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="6">
         <v>4</v>
       </c>
       <c r="B22" s="6" t="s">
+        <v>3111</v>
+      </c>
+      <c r="C22" s="7" t="s">
+        <v>3112</v>
+      </c>
+      <c r="D22" s="7" t="s">
         <v>3113</v>
-      </c>
-[...4 lines deleted...]
-        <v>3114</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="6">
         <v>5</v>
       </c>
       <c r="B23" s="6" t="s">
-        <v>3115</v>
+        <v>3114</v>
       </c>
       <c r="C23" s="7">
         <v>730</v>
       </c>
       <c r="D23" s="7">
         <v>770</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="4" t="s">
-        <v>3116</v>
+        <v>3115</v>
       </c>
       <c r="B24" s="5"/>
       <c r="C24" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="6">
         <v>1</v>
       </c>
       <c r="B25" s="6" t="s">
+        <v>3116</v>
+      </c>
+      <c r="C25" s="7" t="s">
         <v>3117</v>
       </c>
-      <c r="C25" s="7" t="s">
+      <c r="D25" s="7" t="s">
         <v>3118</v>
-      </c>
-[...1 lines deleted...]
-        <v>464</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="6">
         <v>2</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>3119</v>
       </c>
       <c r="C26" s="7" t="s">
         <v>3120</v>
       </c>
       <c r="D26" s="7" t="s">
         <v>3121</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="6">
         <v>3</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>3122</v>
       </c>
       <c r="C27" s="7" t="s">
         <v>3123</v>
@@ -28548,215 +28674,215 @@
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="4" t="s">
         <v>3126</v>
       </c>
       <c r="B29" s="5"/>
       <c r="C29" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D29" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="6">
         <v>1</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>3127</v>
       </c>
       <c r="C30" s="7" t="s">
         <v>3128</v>
       </c>
       <c r="D30" s="7" t="s">
-        <v>3129</v>
+        <v>705</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="6">
         <v>2</v>
       </c>
       <c r="B31" s="6" t="s">
-        <v>3130</v>
+        <v>3129</v>
       </c>
       <c r="C31" s="7"/>
       <c r="D31" s="7"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="6">
         <v>3</v>
       </c>
       <c r="B32" s="6" t="s">
+        <v>3130</v>
+      </c>
+      <c r="C32" s="7" t="s">
         <v>3131</v>
       </c>
-      <c r="C32" s="7" t="s">
+      <c r="D32" s="7" t="s">
         <v>3132</v>
-      </c>
-[...1 lines deleted...]
-        <v>3133</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="6">
         <v>4</v>
       </c>
       <c r="B33" s="6" t="s">
+        <v>3133</v>
+      </c>
+      <c r="C33" s="7" t="s">
         <v>3134</v>
       </c>
-      <c r="C33" s="7" t="s">
+      <c r="D33" s="7" t="s">
         <v>3135</v>
-      </c>
-[...1 lines deleted...]
-        <v>3136</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="6">
         <v>5</v>
       </c>
       <c r="B34" s="6" t="s">
+        <v>3136</v>
+      </c>
+      <c r="C34" s="7" t="s">
         <v>3137</v>
       </c>
-      <c r="C34" s="7" t="s">
+      <c r="D34" s="7" t="s">
         <v>3138</v>
-      </c>
-[...1 lines deleted...]
-        <v>3139</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="6">
         <v>6</v>
       </c>
       <c r="B35" s="6" t="s">
+        <v>3139</v>
+      </c>
+      <c r="C35" s="7" t="s">
         <v>3140</v>
       </c>
-      <c r="C35" s="7" t="s">
+      <c r="D35" s="7" t="s">
         <v>3141</v>
-      </c>
-[...1 lines deleted...]
-        <v>3142</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="6">
         <v>7</v>
       </c>
       <c r="B36" s="6" t="s">
+        <v>3142</v>
+      </c>
+      <c r="C36" s="7" t="s">
         <v>3143</v>
       </c>
-      <c r="C36" s="7" t="s">
+      <c r="D36" s="7" t="s">
         <v>3144</v>
-      </c>
-[...1 lines deleted...]
-        <v>3145</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="6">
         <v>8</v>
       </c>
       <c r="B37" s="6" t="s">
-        <v>3146</v>
+        <v>3145</v>
       </c>
       <c r="C37" s="7" t="s">
         <v>184</v>
       </c>
       <c r="D37" s="7" t="s">
-        <v>3147</v>
+        <v>3146</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="6">
         <v>9</v>
       </c>
       <c r="B38" s="6" t="s">
+        <v>3147</v>
+      </c>
+      <c r="C38" s="7" t="s">
+        <v>590</v>
+      </c>
+      <c r="D38" s="7" t="s">
         <v>3148</v>
-      </c>
-[...4 lines deleted...]
-        <v>3149</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="6">
         <v>10</v>
       </c>
       <c r="B39" s="6" t="s">
+        <v>3149</v>
+      </c>
+      <c r="C39" s="7" t="s">
         <v>3150</v>
-      </c>
-[...1 lines deleted...]
-        <v>1216</v>
       </c>
       <c r="D39" s="7" t="s">
         <v>3151</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="6">
         <v>11</v>
       </c>
       <c r="B40" s="6" t="s">
         <v>3152</v>
       </c>
       <c r="C40" s="7" t="s">
         <v>3153</v>
       </c>
       <c r="D40" s="7" t="s">
         <v>3154</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="6">
         <v>12</v>
       </c>
       <c r="B41" s="6" t="s">
         <v>3155</v>
       </c>
       <c r="C41" s="7" t="s">
         <v>3156</v>
       </c>
       <c r="D41" s="7" t="s">
         <v>3157</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="6">
         <v>13</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>3158</v>
       </c>
       <c r="C42" s="7" t="s">
-        <v>1435</v>
+        <v>3159</v>
       </c>
       <c r="D42" s="7" t="s">
-        <v>3159</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="4" t="s">
         <v>3160</v>
       </c>
       <c r="B43" s="5"/>
       <c r="C43" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D43" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="6">
         <v>1</v>
       </c>
       <c r="B44" s="6" t="s">
         <v>3161</v>
       </c>
       <c r="C44" s="7"/>
       <c r="D44" s="7"/>
     </row>
     <row r="45" spans="1:4">
@@ -28876,125 +29002,125 @@
     <row r="55" spans="1:4">
       <c r="A55" s="6">
         <v>3</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>3174</v>
       </c>
       <c r="C55" s="7">
         <v>694</v>
       </c>
       <c r="D55" s="7">
         <v>722</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="6">
         <v>4</v>
       </c>
       <c r="B56" s="6" t="s">
         <v>3175</v>
       </c>
       <c r="C56" s="7" t="s">
         <v>3176</v>
       </c>
       <c r="D56" s="7" t="s">
-        <v>243</v>
+        <v>3177</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="6">
         <v>5</v>
       </c>
       <c r="B57" s="6" t="s">
-        <v>3177</v>
+        <v>3178</v>
       </c>
       <c r="C57" s="7" t="s">
-        <v>3178</v>
+        <v>3179</v>
       </c>
       <c r="D57" s="7" t="s">
-        <v>3179</v>
+        <v>3180</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="6">
         <v>6</v>
       </c>
       <c r="B58" s="6" t="s">
-        <v>3180</v>
+        <v>3181</v>
       </c>
       <c r="C58" s="7" t="s">
-        <v>3181</v>
+        <v>3182</v>
       </c>
       <c r="D58" s="7" t="s">
-        <v>3182</v>
+        <v>3183</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="6">
         <v>7</v>
       </c>
       <c r="B59" s="6" t="s">
-        <v>3183</v>
+        <v>3184</v>
       </c>
       <c r="C59" s="7" t="s">
         <v>3154</v>
       </c>
       <c r="D59" s="7" t="s">
-        <v>3184</v>
+        <v>3185</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="6">
         <v>8</v>
       </c>
       <c r="B60" s="6" t="s">
-        <v>3185</v>
+        <v>3186</v>
       </c>
       <c r="C60" s="7"/>
       <c r="D60" s="7"/>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="6">
         <v>9</v>
       </c>
       <c r="B61" s="6" t="s">
-        <v>3186</v>
+        <v>3187</v>
       </c>
       <c r="C61" s="7" t="s">
-        <v>3187</v>
+        <v>3188</v>
       </c>
       <c r="D61" s="7" t="s">
-        <v>3188</v>
+        <v>3189</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="6">
         <v>10</v>
       </c>
       <c r="B62" s="6" t="s">
-        <v>3189</v>
+        <v>3190</v>
       </c>
       <c r="C62" s="7"/>
       <c r="D62" s="7"/>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="6"/>
       <c r="B63" s="6"/>
       <c r="C63" s="6"/>
       <c r="D63" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A4:B4"/>
     <mergeCell ref="A5:B5"/>
     <mergeCell ref="A18:B18"/>
     <mergeCell ref="A24:B24"/>
     <mergeCell ref="A28:B28"/>
     <mergeCell ref="A29:B29"/>
     <mergeCell ref="A43:B43"/>
     <mergeCell ref="A52:B52"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B6" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_2"/>
@@ -29070,3994 +29196,3994 @@
   <dimension ref="A1:D289"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D289" sqref="D289"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="124.969482" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.710938" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:4">
       <c r="B2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="B3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="4" t="s">
-        <v>3190</v>
+        <v>3191</v>
       </c>
       <c r="B4" s="5"/>
       <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="4" t="s">
-        <v>3191</v>
+        <v>3192</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="6">
         <v>1</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>3192</v>
+        <v>3193</v>
       </c>
       <c r="C6" s="7">
         <v>22</v>
       </c>
       <c r="D6" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="6">
         <v>2</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>3193</v>
+        <v>3194</v>
       </c>
       <c r="C7" s="7">
         <v>11</v>
       </c>
       <c r="D7" s="7">
         <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="6">
         <v>3</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>3194</v>
+        <v>3195</v>
       </c>
       <c r="C8" s="7">
         <v>293</v>
       </c>
       <c r="D8" s="7">
         <v>308</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="6">
         <v>4</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>3195</v>
+        <v>3196</v>
       </c>
       <c r="C9" s="7">
         <v>238</v>
       </c>
       <c r="D9" s="7">
         <v>251</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="4" t="s">
-        <v>3196</v>
+        <v>3197</v>
       </c>
       <c r="B10" s="5"/>
       <c r="C10" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="6">
         <v>1</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>3197</v>
+        <v>3198</v>
       </c>
       <c r="C11" s="7">
         <v>54</v>
       </c>
       <c r="D11" s="7">
         <v>55</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="6">
         <v>2</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>3198</v>
+        <v>3199</v>
       </c>
       <c r="C12" s="7">
         <v>54</v>
       </c>
       <c r="D12" s="7">
         <v>55</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="6">
         <v>3</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>3199</v>
+        <v>3200</v>
       </c>
       <c r="C13" s="7">
         <v>54</v>
       </c>
       <c r="D13" s="7">
         <v>55</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="6">
         <v>4</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>3200</v>
+        <v>3201</v>
       </c>
       <c r="C14" s="7">
         <v>54</v>
       </c>
       <c r="D14" s="7">
         <v>55</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="6">
         <v>5</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>3201</v>
+        <v>3202</v>
       </c>
       <c r="C15" s="7">
         <v>54</v>
       </c>
       <c r="D15" s="7">
         <v>55</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="6">
         <v>6</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>3202</v>
+        <v>3203</v>
       </c>
       <c r="C16" s="7">
         <v>54</v>
       </c>
       <c r="D16" s="7">
         <v>55</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="6">
         <v>7</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>3203</v>
+        <v>3204</v>
       </c>
       <c r="C17" s="7">
         <v>54</v>
       </c>
       <c r="D17" s="7">
         <v>55</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="6">
         <v>8</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>3204</v>
+        <v>3205</v>
       </c>
       <c r="C18" s="7">
         <v>54</v>
       </c>
       <c r="D18" s="7">
         <v>55</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="6">
         <v>9</v>
       </c>
       <c r="B19" s="6" t="s">
-        <v>3205</v>
+        <v>3206</v>
       </c>
       <c r="C19" s="7">
         <v>54</v>
       </c>
       <c r="D19" s="7">
         <v>55</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="6">
         <v>10</v>
       </c>
       <c r="B20" s="6" t="s">
-        <v>3206</v>
+        <v>3207</v>
       </c>
       <c r="C20" s="7">
         <v>54</v>
       </c>
       <c r="D20" s="7">
         <v>55</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="6">
         <v>11</v>
       </c>
       <c r="B21" s="6" t="s">
-        <v>3207</v>
+        <v>3208</v>
       </c>
       <c r="C21" s="7">
         <v>54</v>
       </c>
       <c r="D21" s="7">
         <v>55</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="6">
         <v>12</v>
       </c>
       <c r="B22" s="6" t="s">
-        <v>3208</v>
+        <v>3209</v>
       </c>
       <c r="C22" s="7">
         <v>54</v>
       </c>
       <c r="D22" s="7">
         <v>55</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="6">
         <v>13</v>
       </c>
       <c r="B23" s="6" t="s">
-        <v>3209</v>
+        <v>3210</v>
       </c>
       <c r="C23" s="7">
         <v>54</v>
       </c>
       <c r="D23" s="7">
         <v>55</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="6">
         <v>14</v>
       </c>
       <c r="B24" s="6" t="s">
-        <v>3210</v>
+        <v>3211</v>
       </c>
       <c r="C24" s="7">
         <v>54</v>
       </c>
       <c r="D24" s="7">
         <v>55</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="6">
         <v>15</v>
       </c>
       <c r="B25" s="6" t="s">
-        <v>3211</v>
+        <v>3212</v>
       </c>
       <c r="C25" s="7">
         <v>54</v>
       </c>
       <c r="D25" s="7">
         <v>55</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="6">
         <v>16</v>
       </c>
       <c r="B26" s="6" t="s">
-        <v>3212</v>
+        <v>3213</v>
       </c>
       <c r="C26" s="7">
         <v>54</v>
       </c>
       <c r="D26" s="7">
         <v>55</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="6">
         <v>17</v>
       </c>
       <c r="B27" s="6" t="s">
-        <v>3213</v>
+        <v>3214</v>
       </c>
       <c r="C27" s="7">
         <v>54</v>
       </c>
       <c r="D27" s="7">
         <v>55</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="6">
         <v>18</v>
       </c>
       <c r="B28" s="6" t="s">
-        <v>3214</v>
+        <v>3215</v>
       </c>
       <c r="C28" s="7">
         <v>54</v>
       </c>
       <c r="D28" s="7">
         <v>55</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="6">
         <v>19</v>
       </c>
       <c r="B29" s="6" t="s">
-        <v>3215</v>
+        <v>3216</v>
       </c>
       <c r="C29" s="7">
         <v>54</v>
       </c>
       <c r="D29" s="7">
         <v>55</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="6">
         <v>20</v>
       </c>
       <c r="B30" s="6" t="s">
-        <v>3216</v>
+        <v>3217</v>
       </c>
       <c r="C30" s="7">
         <v>54</v>
       </c>
       <c r="D30" s="7">
         <v>55</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="6">
         <v>21</v>
       </c>
       <c r="B31" s="6" t="s">
-        <v>3217</v>
+        <v>3218</v>
       </c>
       <c r="C31" s="7">
         <v>54</v>
       </c>
       <c r="D31" s="7">
         <v>55</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="6">
         <v>22</v>
       </c>
       <c r="B32" s="6" t="s">
-        <v>3218</v>
+        <v>3219</v>
       </c>
       <c r="C32" s="7">
         <v>54</v>
       </c>
       <c r="D32" s="7">
         <v>55</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="6">
         <v>23</v>
       </c>
       <c r="B33" s="6" t="s">
-        <v>3219</v>
+        <v>3220</v>
       </c>
       <c r="C33" s="7">
         <v>54</v>
       </c>
       <c r="D33" s="7">
         <v>55</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="6">
         <v>24</v>
       </c>
       <c r="B34" s="6" t="s">
-        <v>3220</v>
+        <v>3221</v>
       </c>
       <c r="C34" s="7">
         <v>63</v>
       </c>
       <c r="D34" s="7">
         <v>65</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="6">
         <v>25</v>
       </c>
       <c r="B35" s="6" t="s">
-        <v>3221</v>
+        <v>3222</v>
       </c>
       <c r="C35" s="7">
         <v>63</v>
       </c>
       <c r="D35" s="7">
         <v>65</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="6">
         <v>26</v>
       </c>
       <c r="B36" s="6" t="s">
-        <v>3222</v>
+        <v>3223</v>
       </c>
       <c r="C36" s="7">
         <v>63</v>
       </c>
       <c r="D36" s="7">
         <v>65</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="6">
         <v>27</v>
       </c>
       <c r="B37" s="6" t="s">
-        <v>3223</v>
+        <v>3224</v>
       </c>
       <c r="C37" s="7">
         <v>54</v>
       </c>
       <c r="D37" s="7">
         <v>55</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="6">
         <v>28</v>
       </c>
       <c r="B38" s="6" t="s">
-        <v>3224</v>
+        <v>3225</v>
       </c>
       <c r="C38" s="7">
         <v>54</v>
       </c>
       <c r="D38" s="7">
         <v>55</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="6">
         <v>29</v>
       </c>
       <c r="B39" s="6" t="s">
-        <v>3225</v>
+        <v>3226</v>
       </c>
       <c r="C39" s="7">
         <v>54</v>
       </c>
       <c r="D39" s="7">
         <v>55</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="6">
         <v>30</v>
       </c>
       <c r="B40" s="6" t="s">
-        <v>3226</v>
+        <v>3227</v>
       </c>
       <c r="C40" s="7">
         <v>54</v>
       </c>
       <c r="D40" s="7">
         <v>55</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="6">
         <v>31</v>
       </c>
       <c r="B41" s="6" t="s">
-        <v>3227</v>
+        <v>3228</v>
       </c>
       <c r="C41" s="7">
         <v>54</v>
       </c>
       <c r="D41" s="7">
         <v>55</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="6">
         <v>32</v>
       </c>
       <c r="B42" s="6" t="s">
-        <v>3228</v>
+        <v>3229</v>
       </c>
       <c r="C42" s="7">
         <v>54</v>
       </c>
       <c r="D42" s="7">
         <v>55</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="6">
         <v>33</v>
       </c>
       <c r="B43" s="6" t="s">
-        <v>3229</v>
+        <v>3230</v>
       </c>
       <c r="C43" s="7">
         <v>54</v>
       </c>
       <c r="D43" s="7">
         <v>55</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="6">
         <v>34</v>
       </c>
       <c r="B44" s="6" t="s">
-        <v>3230</v>
+        <v>3231</v>
       </c>
       <c r="C44" s="7">
         <v>54</v>
       </c>
       <c r="D44" s="7">
         <v>55</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="6">
         <v>35</v>
       </c>
       <c r="B45" s="6" t="s">
-        <v>3231</v>
+        <v>3232</v>
       </c>
       <c r="C45" s="7">
         <v>54</v>
       </c>
       <c r="D45" s="7">
         <v>55</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="4" t="s">
-        <v>3232</v>
+        <v>3233</v>
       </c>
       <c r="B46" s="5"/>
       <c r="C46" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D46" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="6">
         <v>1</v>
       </c>
       <c r="B47" s="6" t="s">
-        <v>3233</v>
+        <v>3234</v>
       </c>
       <c r="C47" s="7">
         <v>22</v>
       </c>
       <c r="D47" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="6">
         <v>2</v>
       </c>
       <c r="B48" s="6" t="s">
-        <v>3234</v>
+        <v>3235</v>
       </c>
       <c r="C48" s="7">
         <v>22</v>
       </c>
       <c r="D48" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="6">
         <v>3</v>
       </c>
       <c r="B49" s="6" t="s">
-        <v>3235</v>
+        <v>3236</v>
       </c>
       <c r="C49" s="7">
         <v>22</v>
       </c>
       <c r="D49" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="6">
         <v>4</v>
       </c>
       <c r="B50" s="6" t="s">
-        <v>3236</v>
+        <v>3237</v>
       </c>
       <c r="C50" s="7">
         <v>22</v>
       </c>
       <c r="D50" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="6">
         <v>5</v>
       </c>
       <c r="B51" s="6" t="s">
-        <v>3237</v>
+        <v>3238</v>
       </c>
       <c r="C51" s="7">
         <v>22</v>
       </c>
       <c r="D51" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="6">
         <v>6</v>
       </c>
       <c r="B52" s="6" t="s">
-        <v>3238</v>
+        <v>3239</v>
       </c>
       <c r="C52" s="7">
         <v>22</v>
       </c>
       <c r="D52" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="6">
         <v>7</v>
       </c>
       <c r="B53" s="6" t="s">
-        <v>3239</v>
+        <v>3240</v>
       </c>
       <c r="C53" s="7">
         <v>22</v>
       </c>
       <c r="D53" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="6">
         <v>8</v>
       </c>
       <c r="B54" s="6" t="s">
-        <v>3240</v>
+        <v>3241</v>
       </c>
       <c r="C54" s="7">
         <v>22</v>
       </c>
       <c r="D54" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="6">
         <v>9</v>
       </c>
       <c r="B55" s="6" t="s">
-        <v>3241</v>
+        <v>3242</v>
       </c>
       <c r="C55" s="7">
         <v>22</v>
       </c>
       <c r="D55" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="6">
         <v>10</v>
       </c>
       <c r="B56" s="6" t="s">
-        <v>3242</v>
+        <v>3243</v>
       </c>
       <c r="C56" s="7">
         <v>22</v>
       </c>
       <c r="D56" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="6">
         <v>11</v>
       </c>
       <c r="B57" s="6" t="s">
-        <v>3243</v>
+        <v>3244</v>
       </c>
       <c r="C57" s="7">
         <v>22</v>
       </c>
       <c r="D57" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="6">
         <v>12</v>
       </c>
       <c r="B58" s="6" t="s">
-        <v>3244</v>
+        <v>3245</v>
       </c>
       <c r="C58" s="7">
         <v>22</v>
       </c>
       <c r="D58" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="6">
         <v>13</v>
       </c>
       <c r="B59" s="6" t="s">
-        <v>3245</v>
+        <v>3246</v>
       </c>
       <c r="C59" s="7">
         <v>22</v>
       </c>
       <c r="D59" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="6">
         <v>14</v>
       </c>
       <c r="B60" s="6" t="s">
-        <v>3246</v>
+        <v>3247</v>
       </c>
       <c r="C60" s="7">
         <v>22</v>
       </c>
       <c r="D60" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="6">
         <v>15</v>
       </c>
       <c r="B61" s="6" t="s">
-        <v>3247</v>
+        <v>3248</v>
       </c>
       <c r="C61" s="7">
         <v>22</v>
       </c>
       <c r="D61" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="6">
         <v>16</v>
       </c>
       <c r="B62" s="6" t="s">
-        <v>3248</v>
+        <v>3249</v>
       </c>
       <c r="C62" s="7">
         <v>22</v>
       </c>
       <c r="D62" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="6">
         <v>17</v>
       </c>
       <c r="B63" s="6" t="s">
-        <v>3249</v>
+        <v>3250</v>
       </c>
       <c r="C63" s="7">
         <v>22</v>
       </c>
       <c r="D63" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="6">
         <v>18</v>
       </c>
       <c r="B64" s="6" t="s">
-        <v>3250</v>
+        <v>3251</v>
       </c>
       <c r="C64" s="7">
         <v>22</v>
       </c>
       <c r="D64" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="6">
         <v>19</v>
       </c>
       <c r="B65" s="6" t="s">
-        <v>3251</v>
+        <v>3252</v>
       </c>
       <c r="C65" s="7">
         <v>33</v>
       </c>
       <c r="D65" s="7">
         <v>35</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="6">
         <v>20</v>
       </c>
       <c r="B66" s="6" t="s">
-        <v>3252</v>
+        <v>3253</v>
       </c>
       <c r="C66" s="7">
         <v>22</v>
       </c>
       <c r="D66" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="6">
         <v>21</v>
       </c>
       <c r="B67" s="6" t="s">
-        <v>3253</v>
+        <v>3254</v>
       </c>
       <c r="C67" s="7">
         <v>27</v>
       </c>
       <c r="D67" s="7">
         <v>28</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="6">
         <v>22</v>
       </c>
       <c r="B68" s="6" t="s">
-        <v>3254</v>
+        <v>3255</v>
       </c>
       <c r="C68" s="7">
         <v>22</v>
       </c>
       <c r="D68" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="6">
         <v>23</v>
       </c>
       <c r="B69" s="6" t="s">
-        <v>3255</v>
+        <v>3256</v>
       </c>
       <c r="C69" s="7">
         <v>22</v>
       </c>
       <c r="D69" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="6">
         <v>24</v>
       </c>
       <c r="B70" s="6" t="s">
-        <v>3256</v>
+        <v>3257</v>
       </c>
       <c r="C70" s="7">
         <v>22</v>
       </c>
       <c r="D70" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="6">
         <v>25</v>
       </c>
       <c r="B71" s="6" t="s">
-        <v>3257</v>
+        <v>3258</v>
       </c>
       <c r="C71" s="7">
         <v>22</v>
       </c>
       <c r="D71" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="6">
         <v>26</v>
       </c>
       <c r="B72" s="6" t="s">
-        <v>3258</v>
+        <v>3259</v>
       </c>
       <c r="C72" s="7">
         <v>27</v>
       </c>
       <c r="D72" s="7">
         <v>28</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="6">
         <v>27</v>
       </c>
       <c r="B73" s="6" t="s">
-        <v>3259</v>
+        <v>3260</v>
       </c>
       <c r="C73" s="7">
         <v>27</v>
       </c>
       <c r="D73" s="7">
         <v>28</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="6">
         <v>28</v>
       </c>
       <c r="B74" s="6" t="s">
-        <v>3260</v>
+        <v>3261</v>
       </c>
       <c r="C74" s="7">
         <v>27</v>
       </c>
       <c r="D74" s="7">
         <v>28</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="6">
         <v>29</v>
       </c>
       <c r="B75" s="6" t="s">
-        <v>3261</v>
+        <v>3262</v>
       </c>
       <c r="C75" s="7">
         <v>22</v>
       </c>
       <c r="D75" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="6">
         <v>30</v>
       </c>
       <c r="B76" s="6" t="s">
-        <v>3262</v>
+        <v>3263</v>
       </c>
       <c r="C76" s="7">
         <v>27</v>
       </c>
       <c r="D76" s="7">
         <v>28</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="6">
         <v>31</v>
       </c>
       <c r="B77" s="6" t="s">
-        <v>3263</v>
+        <v>3264</v>
       </c>
       <c r="C77" s="7">
         <v>22</v>
       </c>
       <c r="D77" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="6">
         <v>32</v>
       </c>
       <c r="B78" s="6" t="s">
-        <v>3264</v>
+        <v>3265</v>
       </c>
       <c r="C78" s="7">
         <v>27</v>
       </c>
       <c r="D78" s="7">
         <v>28</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="6">
         <v>33</v>
       </c>
       <c r="B79" s="6" t="s">
-        <v>3265</v>
+        <v>3266</v>
       </c>
       <c r="C79" s="7">
         <v>27</v>
       </c>
       <c r="D79" s="7">
         <v>28</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="6">
         <v>34</v>
       </c>
       <c r="B80" s="6" t="s">
-        <v>3266</v>
+        <v>3267</v>
       </c>
       <c r="C80" s="7">
         <v>27</v>
       </c>
       <c r="D80" s="7">
         <v>28</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="6">
         <v>35</v>
       </c>
       <c r="B81" s="6" t="s">
-        <v>3267</v>
+        <v>3268</v>
       </c>
       <c r="C81" s="7">
         <v>27</v>
       </c>
       <c r="D81" s="7">
         <v>28</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="6">
         <v>36</v>
       </c>
       <c r="B82" s="6" t="s">
-        <v>3268</v>
+        <v>3269</v>
       </c>
       <c r="C82" s="7">
         <v>27</v>
       </c>
       <c r="D82" s="7">
         <v>28</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="6">
         <v>37</v>
       </c>
       <c r="B83" s="6" t="s">
-        <v>3269</v>
+        <v>3270</v>
       </c>
       <c r="C83" s="7">
         <v>33</v>
       </c>
       <c r="D83" s="7">
         <v>35</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="6">
         <v>38</v>
       </c>
       <c r="B84" s="6" t="s">
-        <v>3270</v>
+        <v>3271</v>
       </c>
       <c r="C84" s="7">
         <v>22</v>
       </c>
       <c r="D84" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="6">
         <v>39</v>
       </c>
       <c r="B85" s="6" t="s">
-        <v>3271</v>
+        <v>3272</v>
       </c>
       <c r="C85" s="7">
         <v>22</v>
       </c>
       <c r="D85" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="6">
         <v>40</v>
       </c>
       <c r="B86" s="6" t="s">
-        <v>3272</v>
+        <v>3273</v>
       </c>
       <c r="C86" s="7">
         <v>27</v>
       </c>
       <c r="D86" s="7">
         <v>28</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="6">
         <v>41</v>
       </c>
       <c r="B87" s="6" t="s">
-        <v>3273</v>
+        <v>3274</v>
       </c>
       <c r="C87" s="7">
         <v>22</v>
       </c>
       <c r="D87" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="6">
         <v>42</v>
       </c>
       <c r="B88" s="6" t="s">
-        <v>3274</v>
+        <v>3275</v>
       </c>
       <c r="C88" s="7">
         <v>27</v>
       </c>
       <c r="D88" s="7">
         <v>28</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="4" t="s">
-        <v>3275</v>
+        <v>3276</v>
       </c>
       <c r="B89" s="5"/>
       <c r="C89" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D89" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="6">
         <v>1</v>
       </c>
       <c r="B90" s="6" t="s">
-        <v>3276</v>
+        <v>3277</v>
       </c>
       <c r="C90" s="7">
         <v>11</v>
       </c>
       <c r="D90" s="7">
         <v>11</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="6">
         <v>2</v>
       </c>
       <c r="B91" s="6" t="s">
-        <v>3277</v>
+        <v>3278</v>
       </c>
       <c r="C91" s="7">
         <v>11</v>
       </c>
       <c r="D91" s="7">
         <v>11</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="6">
         <v>3</v>
       </c>
       <c r="B92" s="6" t="s">
-        <v>3278</v>
+        <v>3279</v>
       </c>
       <c r="C92" s="7">
         <v>22</v>
       </c>
       <c r="D92" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="6">
         <v>4</v>
       </c>
       <c r="B93" s="6" t="s">
-        <v>3279</v>
+        <v>3280</v>
       </c>
       <c r="C93" s="7">
         <v>11</v>
       </c>
       <c r="D93" s="7">
         <v>11</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="6">
         <v>5</v>
       </c>
       <c r="B94" s="6" t="s">
-        <v>3280</v>
+        <v>3281</v>
       </c>
       <c r="C94" s="7">
         <v>11</v>
       </c>
       <c r="D94" s="7">
         <v>11</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="6">
         <v>6</v>
       </c>
       <c r="B95" s="6" t="s">
-        <v>3281</v>
+        <v>3282</v>
       </c>
       <c r="C95" s="7">
         <v>11</v>
       </c>
       <c r="D95" s="7">
         <v>11</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" s="6">
         <v>7</v>
       </c>
       <c r="B96" s="6" t="s">
-        <v>3282</v>
+        <v>3283</v>
       </c>
       <c r="C96" s="7">
         <v>11</v>
       </c>
       <c r="D96" s="7">
         <v>11</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" s="6">
         <v>8</v>
       </c>
       <c r="B97" s="6" t="s">
-        <v>3283</v>
+        <v>3284</v>
       </c>
       <c r="C97" s="7">
         <v>22</v>
       </c>
       <c r="D97" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" s="6">
         <v>9</v>
       </c>
       <c r="B98" s="6" t="s">
-        <v>3284</v>
+        <v>3285</v>
       </c>
       <c r="C98" s="7">
         <v>22</v>
       </c>
       <c r="D98" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" s="4" t="s">
-        <v>3285</v>
+        <v>3286</v>
       </c>
       <c r="B99" s="5"/>
       <c r="C99" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D99" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" s="6">
         <v>1</v>
       </c>
       <c r="B100" s="6" t="s">
-        <v>3286</v>
+        <v>3287</v>
       </c>
       <c r="C100" s="7">
         <v>55</v>
       </c>
       <c r="D100" s="7">
         <v>56</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" s="6">
         <v>2</v>
       </c>
       <c r="B101" s="6" t="s">
-        <v>3287</v>
+        <v>3288</v>
       </c>
       <c r="C101" s="7">
         <v>55</v>
       </c>
       <c r="D101" s="7">
         <v>56</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" s="6">
         <v>3</v>
       </c>
       <c r="B102" s="6" t="s">
-        <v>3288</v>
+        <v>3289</v>
       </c>
       <c r="C102" s="7">
         <v>55</v>
       </c>
       <c r="D102" s="7">
         <v>56</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" s="6">
         <v>4</v>
       </c>
       <c r="B103" s="6" t="s">
-        <v>3289</v>
+        <v>3290</v>
       </c>
       <c r="C103" s="7">
         <v>55</v>
       </c>
       <c r="D103" s="7">
         <v>56</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" s="6">
         <v>5</v>
       </c>
       <c r="B104" s="6" t="s">
-        <v>3290</v>
+        <v>3291</v>
       </c>
       <c r="C104" s="7">
         <v>55</v>
       </c>
       <c r="D104" s="7">
         <v>56</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" s="6">
         <v>6</v>
       </c>
       <c r="B105" s="6" t="s">
-        <v>3291</v>
+        <v>3292</v>
       </c>
       <c r="C105" s="7">
         <v>55</v>
       </c>
       <c r="D105" s="7">
         <v>56</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" s="6">
         <v>7</v>
       </c>
       <c r="B106" s="6" t="s">
-        <v>3292</v>
+        <v>3293</v>
       </c>
       <c r="C106" s="7">
         <v>55</v>
       </c>
       <c r="D106" s="7">
         <v>56</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" s="6">
         <v>8</v>
       </c>
       <c r="B107" s="6" t="s">
-        <v>3293</v>
+        <v>3294</v>
       </c>
       <c r="C107" s="7">
         <v>55</v>
       </c>
       <c r="D107" s="7">
         <v>56</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" s="6">
         <v>9</v>
       </c>
       <c r="B108" s="6" t="s">
-        <v>3294</v>
+        <v>3295</v>
       </c>
       <c r="C108" s="7">
         <v>55</v>
       </c>
       <c r="D108" s="7">
         <v>56</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" s="6">
         <v>10</v>
       </c>
       <c r="B109" s="6" t="s">
-        <v>3295</v>
+        <v>3296</v>
       </c>
       <c r="C109" s="7">
         <v>55</v>
       </c>
       <c r="D109" s="7">
         <v>56</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" s="6">
         <v>11</v>
       </c>
       <c r="B110" s="6" t="s">
-        <v>3296</v>
+        <v>3297</v>
       </c>
       <c r="C110" s="7">
         <v>55</v>
       </c>
       <c r="D110" s="7">
         <v>56</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" s="6">
         <v>12</v>
       </c>
       <c r="B111" s="6" t="s">
-        <v>3297</v>
+        <v>3298</v>
       </c>
       <c r="C111" s="7">
         <v>82</v>
       </c>
       <c r="D111" s="7">
         <v>84</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" s="6">
         <v>13</v>
       </c>
       <c r="B112" s="6" t="s">
-        <v>3298</v>
+        <v>3299</v>
       </c>
       <c r="C112" s="7">
         <v>55</v>
       </c>
       <c r="D112" s="7">
         <v>56</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" s="6">
         <v>14</v>
       </c>
       <c r="B113" s="6" t="s">
-        <v>3299</v>
+        <v>3300</v>
       </c>
       <c r="C113" s="7">
         <v>55</v>
       </c>
       <c r="D113" s="7">
         <v>56</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" s="6">
         <v>15</v>
       </c>
       <c r="B114" s="6" t="s">
-        <v>3300</v>
+        <v>3301</v>
       </c>
       <c r="C114" s="7">
         <v>55</v>
       </c>
       <c r="D114" s="7">
         <v>56</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" s="6">
         <v>16</v>
       </c>
       <c r="B115" s="6" t="s">
-        <v>3301</v>
+        <v>3302</v>
       </c>
       <c r="C115" s="7">
         <v>55</v>
       </c>
       <c r="D115" s="7">
         <v>56</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" s="6">
         <v>17</v>
       </c>
       <c r="B116" s="6" t="s">
-        <v>3302</v>
+        <v>3303</v>
       </c>
       <c r="C116" s="7">
         <v>55</v>
       </c>
       <c r="D116" s="7">
         <v>56</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="6">
         <v>18</v>
       </c>
       <c r="B117" s="6" t="s">
-        <v>3303</v>
+        <v>3304</v>
       </c>
       <c r="C117" s="7">
         <v>55</v>
       </c>
       <c r="D117" s="7">
         <v>56</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="6">
         <v>19</v>
       </c>
       <c r="B118" s="6" t="s">
-        <v>3304</v>
+        <v>3305</v>
       </c>
       <c r="C118" s="7">
         <v>55</v>
       </c>
       <c r="D118" s="7">
         <v>56</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="4" t="s">
-        <v>3305</v>
+        <v>3306</v>
       </c>
       <c r="B119" s="5"/>
       <c r="C119" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D119" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="6">
         <v>1</v>
       </c>
       <c r="B120" s="6" t="s">
-        <v>3306</v>
+        <v>3307</v>
       </c>
       <c r="C120" s="7">
         <v>22</v>
       </c>
       <c r="D120" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="6">
         <v>2</v>
       </c>
       <c r="B121" s="6" t="s">
-        <v>3307</v>
+        <v>3308</v>
       </c>
       <c r="C121" s="7">
         <v>22</v>
       </c>
       <c r="D121" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="6">
         <v>3</v>
       </c>
       <c r="B122" s="6" t="s">
-        <v>3308</v>
+        <v>3309</v>
       </c>
       <c r="C122" s="7">
         <v>22</v>
       </c>
       <c r="D122" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="6">
         <v>4</v>
       </c>
       <c r="B123" s="6" t="s">
-        <v>3309</v>
+        <v>3310</v>
       </c>
       <c r="C123" s="7">
         <v>22</v>
       </c>
       <c r="D123" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="6">
         <v>5</v>
       </c>
       <c r="B124" s="6" t="s">
-        <v>3310</v>
+        <v>3311</v>
       </c>
       <c r="C124" s="7">
         <v>22</v>
       </c>
       <c r="D124" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" s="6">
         <v>6</v>
       </c>
       <c r="B125" s="6" t="s">
-        <v>3311</v>
+        <v>3312</v>
       </c>
       <c r="C125" s="7">
         <v>22</v>
       </c>
       <c r="D125" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" s="6">
         <v>7</v>
       </c>
       <c r="B126" s="6" t="s">
-        <v>3312</v>
+        <v>3313</v>
       </c>
       <c r="C126" s="7">
         <v>22</v>
       </c>
       <c r="D126" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" s="6">
         <v>8</v>
       </c>
       <c r="B127" s="6" t="s">
-        <v>3313</v>
+        <v>3314</v>
       </c>
       <c r="C127" s="7">
         <v>22</v>
       </c>
       <c r="D127" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" s="6">
         <v>9</v>
       </c>
       <c r="B128" s="6" t="s">
-        <v>3314</v>
+        <v>3315</v>
       </c>
       <c r="C128" s="7">
         <v>22</v>
       </c>
       <c r="D128" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" s="6">
         <v>10</v>
       </c>
       <c r="B129" s="6" t="s">
-        <v>3315</v>
+        <v>3316</v>
       </c>
       <c r="C129" s="7">
         <v>22</v>
       </c>
       <c r="D129" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" s="6">
         <v>11</v>
       </c>
       <c r="B130" s="6" t="s">
-        <v>3316</v>
+        <v>3317</v>
       </c>
       <c r="C130" s="7">
         <v>22</v>
       </c>
       <c r="D130" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" s="6">
         <v>12</v>
       </c>
       <c r="B131" s="6" t="s">
-        <v>3317</v>
+        <v>3318</v>
       </c>
       <c r="C131" s="7">
         <v>22</v>
       </c>
       <c r="D131" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" s="6">
         <v>13</v>
       </c>
       <c r="B132" s="6" t="s">
-        <v>3318</v>
+        <v>3319</v>
       </c>
       <c r="C132" s="7">
         <v>22</v>
       </c>
       <c r="D132" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" s="6">
         <v>14</v>
       </c>
       <c r="B133" s="6" t="s">
-        <v>3319</v>
+        <v>3320</v>
       </c>
       <c r="C133" s="7">
         <v>22</v>
       </c>
       <c r="D133" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" s="6">
         <v>15</v>
       </c>
       <c r="B134" s="6" t="s">
-        <v>3320</v>
+        <v>3321</v>
       </c>
       <c r="C134" s="7">
         <v>22</v>
       </c>
       <c r="D134" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="6">
         <v>16</v>
       </c>
       <c r="B135" s="6" t="s">
-        <v>3321</v>
+        <v>3322</v>
       </c>
       <c r="C135" s="7">
         <v>22</v>
       </c>
       <c r="D135" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="6">
         <v>17</v>
       </c>
       <c r="B136" s="6" t="s">
-        <v>3322</v>
+        <v>3323</v>
       </c>
       <c r="C136" s="7">
         <v>22</v>
       </c>
       <c r="D136" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" s="6">
         <v>18</v>
       </c>
       <c r="B137" s="6" t="s">
-        <v>3323</v>
+        <v>3324</v>
       </c>
       <c r="C137" s="7">
         <v>22</v>
       </c>
       <c r="D137" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" s="6">
         <v>19</v>
       </c>
       <c r="B138" s="6" t="s">
-        <v>3324</v>
+        <v>3325</v>
       </c>
       <c r="C138" s="7">
         <v>22</v>
       </c>
       <c r="D138" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="6">
         <v>20</v>
       </c>
       <c r="B139" s="6" t="s">
-        <v>3325</v>
+        <v>3326</v>
       </c>
       <c r="C139" s="7">
         <v>22</v>
       </c>
       <c r="D139" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" s="6">
         <v>21</v>
       </c>
       <c r="B140" s="6" t="s">
-        <v>3326</v>
+        <v>3327</v>
       </c>
       <c r="C140" s="7">
         <v>22</v>
       </c>
       <c r="D140" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="6">
         <v>22</v>
       </c>
       <c r="B141" s="6" t="s">
-        <v>3327</v>
+        <v>3328</v>
       </c>
       <c r="C141" s="7">
         <v>22</v>
       </c>
       <c r="D141" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="6">
         <v>23</v>
       </c>
       <c r="B142" s="6" t="s">
-        <v>3328</v>
+        <v>3329</v>
       </c>
       <c r="C142" s="7">
         <v>22</v>
       </c>
       <c r="D142" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="6">
         <v>24</v>
       </c>
       <c r="B143" s="6" t="s">
-        <v>3329</v>
+        <v>3330</v>
       </c>
       <c r="C143" s="7">
         <v>22</v>
       </c>
       <c r="D143" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="6">
         <v>25</v>
       </c>
       <c r="B144" s="6" t="s">
-        <v>3330</v>
+        <v>3331</v>
       </c>
       <c r="C144" s="7">
         <v>22</v>
       </c>
       <c r="D144" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="6">
         <v>26</v>
       </c>
       <c r="B145" s="6" t="s">
-        <v>3331</v>
+        <v>3332</v>
       </c>
       <c r="C145" s="7">
         <v>22</v>
       </c>
       <c r="D145" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" s="6">
         <v>27</v>
       </c>
       <c r="B146" s="6" t="s">
-        <v>3332</v>
+        <v>3333</v>
       </c>
       <c r="C146" s="7">
         <v>22</v>
       </c>
       <c r="D146" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" s="6">
         <v>28</v>
       </c>
       <c r="B147" s="6" t="s">
-        <v>3333</v>
+        <v>3334</v>
       </c>
       <c r="C147" s="7">
         <v>22</v>
       </c>
       <c r="D147" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" s="6">
         <v>29</v>
       </c>
       <c r="B148" s="6" t="s">
-        <v>3334</v>
+        <v>3335</v>
       </c>
       <c r="C148" s="7">
         <v>22</v>
       </c>
       <c r="D148" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" s="6">
         <v>30</v>
       </c>
       <c r="B149" s="6" t="s">
-        <v>3335</v>
+        <v>3336</v>
       </c>
       <c r="C149" s="7">
         <v>22</v>
       </c>
       <c r="D149" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" s="6">
         <v>31</v>
       </c>
       <c r="B150" s="6" t="s">
-        <v>3336</v>
+        <v>3337</v>
       </c>
       <c r="C150" s="7">
         <v>22</v>
       </c>
       <c r="D150" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" s="6">
         <v>32</v>
       </c>
       <c r="B151" s="6" t="s">
-        <v>3337</v>
+        <v>3338</v>
       </c>
       <c r="C151" s="7">
         <v>22</v>
       </c>
       <c r="D151" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" s="6">
         <v>33</v>
       </c>
       <c r="B152" s="6" t="s">
-        <v>3338</v>
+        <v>3339</v>
       </c>
       <c r="C152" s="7">
         <v>22</v>
       </c>
       <c r="D152" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" s="4" t="s">
-        <v>3339</v>
+        <v>3340</v>
       </c>
       <c r="B153" s="5"/>
       <c r="C153" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D153" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" s="6">
         <v>1</v>
       </c>
       <c r="B154" s="6" t="s">
-        <v>3340</v>
+        <v>3341</v>
       </c>
       <c r="C154" s="7">
         <v>29</v>
       </c>
       <c r="D154" s="7">
         <v>30</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="6">
         <v>2</v>
       </c>
       <c r="B155" s="6" t="s">
-        <v>3341</v>
+        <v>3342</v>
       </c>
       <c r="C155" s="7">
         <v>35</v>
       </c>
       <c r="D155" s="7">
         <v>36</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="6">
         <v>3</v>
       </c>
       <c r="B156" s="6" t="s">
-        <v>3342</v>
+        <v>3343</v>
       </c>
       <c r="C156" s="7">
         <v>35</v>
       </c>
       <c r="D156" s="7">
         <v>36</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="6">
         <v>4</v>
       </c>
       <c r="B157" s="6" t="s">
-        <v>3343</v>
+        <v>3344</v>
       </c>
       <c r="C157" s="7">
         <v>35</v>
       </c>
       <c r="D157" s="7">
         <v>36</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="6">
         <v>5</v>
       </c>
       <c r="B158" s="6" t="s">
-        <v>3344</v>
+        <v>3345</v>
       </c>
       <c r="C158" s="7">
         <v>35</v>
       </c>
       <c r="D158" s="7">
         <v>36</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="6">
         <v>6</v>
       </c>
       <c r="B159" s="6" t="s">
-        <v>3345</v>
+        <v>3346</v>
       </c>
       <c r="C159" s="7">
         <v>35</v>
       </c>
       <c r="D159" s="7">
         <v>36</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="6">
         <v>7</v>
       </c>
       <c r="B160" s="6" t="s">
-        <v>3346</v>
+        <v>3347</v>
       </c>
       <c r="C160" s="7">
         <v>35</v>
       </c>
       <c r="D160" s="7">
         <v>36</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="6">
         <v>8</v>
       </c>
       <c r="B161" s="6" t="s">
-        <v>3347</v>
+        <v>3348</v>
       </c>
       <c r="C161" s="7">
         <v>29</v>
       </c>
       <c r="D161" s="7">
         <v>30</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" s="6">
         <v>9</v>
       </c>
       <c r="B162" s="6" t="s">
-        <v>3348</v>
+        <v>3349</v>
       </c>
       <c r="C162" s="7">
         <v>35</v>
       </c>
       <c r="D162" s="7">
         <v>36</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" s="6">
         <v>10</v>
       </c>
       <c r="B163" s="6" t="s">
-        <v>3349</v>
+        <v>3350</v>
       </c>
       <c r="C163" s="7">
         <v>35</v>
       </c>
       <c r="D163" s="7">
         <v>36</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" s="6">
         <v>11</v>
       </c>
       <c r="B164" s="6" t="s">
-        <v>3350</v>
+        <v>3351</v>
       </c>
       <c r="C164" s="7">
         <v>35</v>
       </c>
       <c r="D164" s="7">
         <v>36</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" s="6">
         <v>12</v>
       </c>
       <c r="B165" s="6" t="s">
-        <v>3351</v>
+        <v>3352</v>
       </c>
       <c r="C165" s="7">
         <v>35</v>
       </c>
       <c r="D165" s="7">
         <v>36</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" s="6">
         <v>13</v>
       </c>
       <c r="B166" s="6" t="s">
-        <v>3352</v>
+        <v>3353</v>
       </c>
       <c r="C166" s="7">
         <v>35</v>
       </c>
       <c r="D166" s="7">
         <v>36</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" s="6">
         <v>14</v>
       </c>
       <c r="B167" s="6" t="s">
-        <v>3353</v>
+        <v>3354</v>
       </c>
       <c r="C167" s="7">
         <v>35</v>
       </c>
       <c r="D167" s="7">
         <v>36</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" s="6">
         <v>15</v>
       </c>
       <c r="B168" s="6" t="s">
-        <v>3354</v>
+        <v>3355</v>
       </c>
       <c r="C168" s="7">
         <v>35</v>
       </c>
       <c r="D168" s="7">
         <v>36</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" s="6">
         <v>16</v>
       </c>
       <c r="B169" s="6" t="s">
-        <v>3355</v>
+        <v>3356</v>
       </c>
       <c r="C169" s="7">
         <v>35</v>
       </c>
       <c r="D169" s="7">
         <v>36</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" s="6">
         <v>17</v>
       </c>
       <c r="B170" s="6" t="s">
-        <v>3356</v>
+        <v>3357</v>
       </c>
       <c r="C170" s="7">
         <v>35</v>
       </c>
       <c r="D170" s="7">
         <v>36</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" s="6">
         <v>18</v>
       </c>
       <c r="B171" s="6" t="s">
-        <v>3357</v>
+        <v>3358</v>
       </c>
       <c r="C171" s="7">
         <v>35</v>
       </c>
       <c r="D171" s="7">
         <v>36</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" s="6">
         <v>19</v>
       </c>
       <c r="B172" s="6" t="s">
-        <v>3358</v>
+        <v>3359</v>
       </c>
       <c r="C172" s="7">
         <v>35</v>
       </c>
       <c r="D172" s="7">
         <v>36</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" s="6">
         <v>20</v>
       </c>
       <c r="B173" s="6" t="s">
-        <v>3359</v>
+        <v>3360</v>
       </c>
       <c r="C173" s="7">
         <v>35</v>
       </c>
       <c r="D173" s="7">
         <v>36</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" s="6">
         <v>21</v>
       </c>
       <c r="B174" s="6" t="s">
-        <v>3360</v>
+        <v>3361</v>
       </c>
       <c r="C174" s="7">
         <v>35</v>
       </c>
       <c r="D174" s="7">
         <v>36</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" s="6">
         <v>22</v>
       </c>
       <c r="B175" s="6" t="s">
-        <v>3361</v>
+        <v>3362</v>
       </c>
       <c r="C175" s="7">
         <v>35</v>
       </c>
       <c r="D175" s="7">
         <v>36</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" s="6">
         <v>23</v>
       </c>
       <c r="B176" s="6" t="s">
-        <v>3362</v>
+        <v>3363</v>
       </c>
       <c r="C176" s="7">
         <v>35</v>
       </c>
       <c r="D176" s="7">
         <v>36</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" s="6">
         <v>24</v>
       </c>
       <c r="B177" s="6" t="s">
-        <v>3363</v>
+        <v>3364</v>
       </c>
       <c r="C177" s="7">
         <v>35</v>
       </c>
       <c r="D177" s="7">
         <v>36</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" s="6">
         <v>25</v>
       </c>
       <c r="B178" s="6" t="s">
-        <v>3364</v>
+        <v>3365</v>
       </c>
       <c r="C178" s="7">
         <v>35</v>
       </c>
       <c r="D178" s="7">
         <v>36</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" s="6">
         <v>26</v>
       </c>
       <c r="B179" s="6" t="s">
-        <v>3365</v>
+        <v>3366</v>
       </c>
       <c r="C179" s="7">
         <v>35</v>
       </c>
       <c r="D179" s="7">
         <v>36</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" s="6">
         <v>27</v>
       </c>
       <c r="B180" s="6" t="s">
-        <v>3366</v>
+        <v>3367</v>
       </c>
       <c r="C180" s="7">
         <v>35</v>
       </c>
       <c r="D180" s="7">
         <v>36</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" s="6">
         <v>28</v>
       </c>
       <c r="B181" s="6" t="s">
-        <v>3367</v>
+        <v>3368</v>
       </c>
       <c r="C181" s="7">
         <v>35</v>
       </c>
       <c r="D181" s="7">
         <v>36</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" s="6">
         <v>29</v>
       </c>
       <c r="B182" s="6" t="s">
-        <v>3368</v>
+        <v>3369</v>
       </c>
       <c r="C182" s="7">
         <v>35</v>
       </c>
       <c r="D182" s="7">
         <v>36</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" s="6">
         <v>30</v>
       </c>
       <c r="B183" s="6" t="s">
-        <v>3369</v>
+        <v>3370</v>
       </c>
       <c r="C183" s="7">
         <v>35</v>
       </c>
       <c r="D183" s="7">
         <v>36</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" s="6">
         <v>31</v>
       </c>
       <c r="B184" s="6" t="s">
-        <v>3370</v>
+        <v>3371</v>
       </c>
       <c r="C184" s="7">
         <v>35</v>
       </c>
       <c r="D184" s="7">
         <v>36</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" s="6">
         <v>32</v>
       </c>
       <c r="B185" s="6" t="s">
-        <v>3371</v>
+        <v>3372</v>
       </c>
       <c r="C185" s="7">
         <v>35</v>
       </c>
       <c r="D185" s="7">
         <v>36</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" s="6">
         <v>33</v>
       </c>
       <c r="B186" s="6" t="s">
-        <v>3372</v>
+        <v>3373</v>
       </c>
       <c r="C186" s="7">
         <v>35</v>
       </c>
       <c r="D186" s="7">
         <v>36</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" s="6">
         <v>34</v>
       </c>
       <c r="B187" s="6" t="s">
-        <v>3373</v>
+        <v>3374</v>
       </c>
       <c r="C187" s="7">
         <v>35</v>
       </c>
       <c r="D187" s="7">
         <v>36</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" s="6">
         <v>35</v>
       </c>
       <c r="B188" s="6" t="s">
-        <v>3374</v>
+        <v>3375</v>
       </c>
       <c r="C188" s="7">
         <v>35</v>
       </c>
       <c r="D188" s="7">
         <v>36</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" s="6">
         <v>36</v>
       </c>
       <c r="B189" s="6" t="s">
-        <v>3375</v>
+        <v>3376</v>
       </c>
       <c r="C189" s="7">
         <v>35</v>
       </c>
       <c r="D189" s="7">
         <v>36</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" s="6">
         <v>37</v>
       </c>
       <c r="B190" s="6" t="s">
-        <v>3376</v>
+        <v>3377</v>
       </c>
       <c r="C190" s="7">
         <v>35</v>
       </c>
       <c r="D190" s="7">
         <v>36</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" s="4" t="s">
-        <v>3377</v>
+        <v>3378</v>
       </c>
       <c r="B191" s="5"/>
       <c r="C191" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D191" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" s="6">
         <v>1</v>
       </c>
       <c r="B192" s="6" t="s">
-        <v>3378</v>
+        <v>3379</v>
       </c>
       <c r="C192" s="7">
         <v>33</v>
       </c>
       <c r="D192" s="7">
         <v>35</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" s="6">
         <v>2</v>
       </c>
       <c r="B193" s="6" t="s">
-        <v>3379</v>
+        <v>3380</v>
       </c>
       <c r="C193" s="7">
         <v>33</v>
       </c>
       <c r="D193" s="7">
         <v>35</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" s="6">
         <v>3</v>
       </c>
       <c r="B194" s="6" t="s">
-        <v>3380</v>
+        <v>3381</v>
       </c>
       <c r="C194" s="7">
         <v>22</v>
       </c>
       <c r="D194" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" s="6">
         <v>4</v>
       </c>
       <c r="B195" s="6" t="s">
-        <v>3381</v>
+        <v>3382</v>
       </c>
       <c r="C195" s="7">
         <v>22</v>
       </c>
       <c r="D195" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" s="6">
         <v>5</v>
       </c>
       <c r="B196" s="6" t="s">
-        <v>3382</v>
+        <v>3383</v>
       </c>
       <c r="C196" s="7">
         <v>22</v>
       </c>
       <c r="D196" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" s="6">
         <v>6</v>
       </c>
       <c r="B197" s="6" t="s">
-        <v>3383</v>
+        <v>3384</v>
       </c>
       <c r="C197" s="7">
         <v>22</v>
       </c>
       <c r="D197" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" s="6">
         <v>7</v>
       </c>
       <c r="B198" s="6" t="s">
-        <v>3384</v>
+        <v>3385</v>
       </c>
       <c r="C198" s="7">
         <v>33</v>
       </c>
       <c r="D198" s="7">
         <v>35</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" s="6">
         <v>8</v>
       </c>
       <c r="B199" s="6" t="s">
-        <v>3385</v>
+        <v>3386</v>
       </c>
       <c r="C199" s="7">
         <v>33</v>
       </c>
       <c r="D199" s="7">
         <v>35</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" s="6">
         <v>9</v>
       </c>
       <c r="B200" s="6" t="s">
-        <v>3386</v>
+        <v>3387</v>
       </c>
       <c r="C200" s="7">
         <v>33</v>
       </c>
       <c r="D200" s="7">
         <v>35</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" s="6">
         <v>10</v>
       </c>
       <c r="B201" s="6" t="s">
-        <v>3387</v>
+        <v>3388</v>
       </c>
       <c r="C201" s="7">
         <v>33</v>
       </c>
       <c r="D201" s="7">
         <v>35</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" s="6">
         <v>11</v>
       </c>
       <c r="B202" s="6" t="s">
-        <v>3388</v>
+        <v>3389</v>
       </c>
       <c r="C202" s="7">
         <v>33</v>
       </c>
       <c r="D202" s="7">
         <v>35</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" s="6">
         <v>12</v>
       </c>
       <c r="B203" s="6" t="s">
-        <v>3389</v>
+        <v>3390</v>
       </c>
       <c r="C203" s="7">
         <v>33</v>
       </c>
       <c r="D203" s="7">
         <v>35</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" s="6">
         <v>13</v>
       </c>
       <c r="B204" s="6" t="s">
-        <v>3390</v>
+        <v>3391</v>
       </c>
       <c r="C204" s="7">
         <v>33</v>
       </c>
       <c r="D204" s="7">
         <v>35</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" s="6">
         <v>14</v>
       </c>
       <c r="B205" s="6" t="s">
-        <v>3391</v>
+        <v>3392</v>
       </c>
       <c r="C205" s="7">
         <v>33</v>
       </c>
       <c r="D205" s="7">
         <v>35</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" s="6">
         <v>15</v>
       </c>
       <c r="B206" s="6" t="s">
-        <v>3392</v>
+        <v>3393</v>
       </c>
       <c r="C206" s="7">
         <v>33</v>
       </c>
       <c r="D206" s="7">
         <v>35</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" s="6">
         <v>16</v>
       </c>
       <c r="B207" s="6" t="s">
-        <v>3393</v>
+        <v>3394</v>
       </c>
       <c r="C207" s="7">
         <v>33</v>
       </c>
       <c r="D207" s="7">
         <v>35</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" s="6">
         <v>17</v>
       </c>
       <c r="B208" s="6" t="s">
-        <v>3394</v>
+        <v>3395</v>
       </c>
       <c r="C208" s="7">
         <v>22</v>
       </c>
       <c r="D208" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" s="6">
         <v>18</v>
       </c>
       <c r="B209" s="6" t="s">
-        <v>3395</v>
+        <v>3396</v>
       </c>
       <c r="C209" s="7">
         <v>22</v>
       </c>
       <c r="D209" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" s="6">
         <v>19</v>
       </c>
       <c r="B210" s="6" t="s">
-        <v>3396</v>
+        <v>3397</v>
       </c>
       <c r="C210" s="7">
         <v>22</v>
       </c>
       <c r="D210" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" s="6">
         <v>20</v>
       </c>
       <c r="B211" s="6" t="s">
-        <v>3397</v>
+        <v>3398</v>
       </c>
       <c r="C211" s="7">
         <v>22</v>
       </c>
       <c r="D211" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" s="6">
         <v>21</v>
       </c>
       <c r="B212" s="6" t="s">
-        <v>3398</v>
+        <v>3399</v>
       </c>
       <c r="C212" s="7">
         <v>27</v>
       </c>
       <c r="D212" s="7">
         <v>28</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" s="6">
         <v>22</v>
       </c>
       <c r="B213" s="6" t="s">
-        <v>3399</v>
+        <v>3400</v>
       </c>
       <c r="C213" s="7">
         <v>27</v>
       </c>
       <c r="D213" s="7">
         <v>28</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" s="6">
         <v>23</v>
       </c>
       <c r="B214" s="6" t="s">
-        <v>3400</v>
+        <v>3401</v>
       </c>
       <c r="C214" s="7">
         <v>27</v>
       </c>
       <c r="D214" s="7">
         <v>28</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" s="6">
         <v>24</v>
       </c>
       <c r="B215" s="6" t="s">
-        <v>3401</v>
+        <v>3402</v>
       </c>
       <c r="C215" s="7">
         <v>27</v>
       </c>
       <c r="D215" s="7">
         <v>28</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" s="6">
         <v>25</v>
       </c>
       <c r="B216" s="6" t="s">
-        <v>3402</v>
+        <v>3403</v>
       </c>
       <c r="C216" s="7">
         <v>22</v>
       </c>
       <c r="D216" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" s="6">
         <v>26</v>
       </c>
       <c r="B217" s="6" t="s">
-        <v>3403</v>
+        <v>3404</v>
       </c>
       <c r="C217" s="7">
         <v>33</v>
       </c>
       <c r="D217" s="7">
         <v>35</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" s="6">
         <v>27</v>
       </c>
       <c r="B218" s="6" t="s">
-        <v>3404</v>
+        <v>3405</v>
       </c>
       <c r="C218" s="7">
         <v>33</v>
       </c>
       <c r="D218" s="7">
         <v>35</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" s="6">
         <v>28</v>
       </c>
       <c r="B219" s="6" t="s">
-        <v>3405</v>
+        <v>3406</v>
       </c>
       <c r="C219" s="7">
         <v>41</v>
       </c>
       <c r="D219" s="7">
         <v>42</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" s="4" t="s">
-        <v>3406</v>
+        <v>3407</v>
       </c>
       <c r="B220" s="5"/>
       <c r="C220" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D220" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" s="6">
         <v>1</v>
       </c>
       <c r="B221" s="6" t="s">
-        <v>3407</v>
+        <v>3408</v>
       </c>
       <c r="C221" s="7">
         <v>22</v>
       </c>
       <c r="D221" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" s="6">
         <v>2</v>
       </c>
       <c r="B222" s="6" t="s">
-        <v>3408</v>
+        <v>3409</v>
       </c>
       <c r="C222" s="7">
         <v>27</v>
       </c>
       <c r="D222" s="7">
         <v>28</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" s="6">
         <v>3</v>
       </c>
       <c r="B223" s="6" t="s">
-        <v>3409</v>
+        <v>3410</v>
       </c>
       <c r="C223" s="7">
         <v>27</v>
       </c>
       <c r="D223" s="7">
         <v>28</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" s="6">
         <v>4</v>
       </c>
       <c r="B224" s="6" t="s">
-        <v>3410</v>
+        <v>3411</v>
       </c>
       <c r="C224" s="7">
         <v>27</v>
       </c>
       <c r="D224" s="7">
         <v>28</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" s="6">
         <v>5</v>
       </c>
       <c r="B225" s="6" t="s">
-        <v>3411</v>
+        <v>3412</v>
       </c>
       <c r="C225" s="7">
         <v>27</v>
       </c>
       <c r="D225" s="7">
         <v>28</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" s="6">
         <v>6</v>
       </c>
       <c r="B226" s="6" t="s">
-        <v>3412</v>
+        <v>3413</v>
       </c>
       <c r="C226" s="7">
         <v>27</v>
       </c>
       <c r="D226" s="7">
         <v>28</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" s="4" t="s">
-        <v>3413</v>
+        <v>3414</v>
       </c>
       <c r="B227" s="5"/>
       <c r="C227" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D227" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" s="6">
         <v>1</v>
       </c>
       <c r="B228" s="6" t="s">
-        <v>3414</v>
+        <v>3415</v>
       </c>
       <c r="C228" s="7">
         <v>22</v>
       </c>
       <c r="D228" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" s="6">
         <v>2</v>
       </c>
       <c r="B229" s="6" t="s">
-        <v>3415</v>
+        <v>3416</v>
       </c>
       <c r="C229" s="7">
         <v>22</v>
       </c>
       <c r="D229" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" s="6">
         <v>3</v>
       </c>
       <c r="B230" s="6" t="s">
-        <v>3416</v>
+        <v>3417</v>
       </c>
       <c r="C230" s="7">
         <v>22</v>
       </c>
       <c r="D230" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" s="6">
         <v>4</v>
       </c>
       <c r="B231" s="6" t="s">
-        <v>3417</v>
+        <v>3418</v>
       </c>
       <c r="C231" s="7">
         <v>22</v>
       </c>
       <c r="D231" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" s="6">
         <v>5</v>
       </c>
       <c r="B232" s="6" t="s">
-        <v>3418</v>
+        <v>3419</v>
       </c>
       <c r="C232" s="7">
         <v>22</v>
       </c>
       <c r="D232" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" s="6">
         <v>6</v>
       </c>
       <c r="B233" s="6" t="s">
-        <v>3419</v>
+        <v>3420</v>
       </c>
       <c r="C233" s="7">
         <v>22</v>
       </c>
       <c r="D233" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" s="6">
         <v>7</v>
       </c>
       <c r="B234" s="6" t="s">
-        <v>3420</v>
+        <v>3421</v>
       </c>
       <c r="C234" s="7">
         <v>22</v>
       </c>
       <c r="D234" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" s="6">
         <v>8</v>
       </c>
       <c r="B235" s="6" t="s">
-        <v>3421</v>
+        <v>3422</v>
       </c>
       <c r="C235" s="7">
         <v>22</v>
       </c>
       <c r="D235" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" s="6">
         <v>9</v>
       </c>
       <c r="B236" s="6" t="s">
-        <v>3422</v>
+        <v>3423</v>
       </c>
       <c r="C236" s="7">
         <v>22</v>
       </c>
       <c r="D236" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" s="6">
         <v>10</v>
       </c>
       <c r="B237" s="6" t="s">
-        <v>3423</v>
+        <v>3424</v>
       </c>
       <c r="C237" s="7">
         <v>22</v>
       </c>
       <c r="D237" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" s="6">
         <v>11</v>
       </c>
       <c r="B238" s="6" t="s">
-        <v>3424</v>
+        <v>3425</v>
       </c>
       <c r="C238" s="7">
         <v>22</v>
       </c>
       <c r="D238" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" s="6">
         <v>12</v>
       </c>
       <c r="B239" s="6" t="s">
-        <v>3425</v>
+        <v>3426</v>
       </c>
       <c r="C239" s="7">
         <v>22</v>
       </c>
       <c r="D239" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" s="6">
         <v>13</v>
       </c>
       <c r="B240" s="6" t="s">
-        <v>3426</v>
+        <v>3427</v>
       </c>
       <c r="C240" s="7">
         <v>22</v>
       </c>
       <c r="D240" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" s="6">
         <v>14</v>
       </c>
       <c r="B241" s="6" t="s">
-        <v>3427</v>
+        <v>3428</v>
       </c>
       <c r="C241" s="7">
         <v>22</v>
       </c>
       <c r="D241" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" s="6">
         <v>15</v>
       </c>
       <c r="B242" s="6" t="s">
-        <v>3428</v>
+        <v>3429</v>
       </c>
       <c r="C242" s="7">
         <v>22</v>
       </c>
       <c r="D242" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" s="6">
         <v>16</v>
       </c>
       <c r="B243" s="6" t="s">
-        <v>3429</v>
+        <v>3430</v>
       </c>
       <c r="C243" s="7">
         <v>22</v>
       </c>
       <c r="D243" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" s="6">
         <v>17</v>
       </c>
       <c r="B244" s="6" t="s">
-        <v>3430</v>
+        <v>3431</v>
       </c>
       <c r="C244" s="7">
         <v>22</v>
       </c>
       <c r="D244" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" s="6">
         <v>18</v>
       </c>
       <c r="B245" s="6" t="s">
-        <v>3431</v>
+        <v>3432</v>
       </c>
       <c r="C245" s="7">
         <v>22</v>
       </c>
       <c r="D245" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" s="6">
         <v>19</v>
       </c>
       <c r="B246" s="6" t="s">
-        <v>3432</v>
+        <v>3433</v>
       </c>
       <c r="C246" s="7">
         <v>22</v>
       </c>
       <c r="D246" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" s="6">
         <v>20</v>
       </c>
       <c r="B247" s="6" t="s">
-        <v>3433</v>
+        <v>3434</v>
       </c>
       <c r="C247" s="7">
         <v>22</v>
       </c>
       <c r="D247" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" s="6">
         <v>21</v>
       </c>
       <c r="B248" s="6" t="s">
-        <v>3434</v>
+        <v>3435</v>
       </c>
       <c r="C248" s="7">
         <v>22</v>
       </c>
       <c r="D248" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" s="6">
         <v>22</v>
       </c>
       <c r="B249" s="6" t="s">
-        <v>3435</v>
+        <v>3436</v>
       </c>
       <c r="C249" s="7">
         <v>22</v>
       </c>
       <c r="D249" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" s="6">
         <v>23</v>
       </c>
       <c r="B250" s="6" t="s">
-        <v>3436</v>
+        <v>3437</v>
       </c>
       <c r="C250" s="7">
         <v>22</v>
       </c>
       <c r="D250" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" s="6">
         <v>24</v>
       </c>
       <c r="B251" s="6" t="s">
-        <v>3437</v>
+        <v>3438</v>
       </c>
       <c r="C251" s="7">
         <v>22</v>
       </c>
       <c r="D251" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" s="4" t="s">
-        <v>3438</v>
+        <v>3439</v>
       </c>
       <c r="B252" s="5"/>
       <c r="C252" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D252" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" s="6">
         <v>1</v>
       </c>
       <c r="B253" s="6" t="s">
-        <v>3439</v>
+        <v>3440</v>
       </c>
       <c r="C253" s="7">
         <v>22</v>
       </c>
       <c r="D253" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" s="6">
         <v>2</v>
       </c>
       <c r="B254" s="6" t="s">
-        <v>3440</v>
+        <v>3441</v>
       </c>
       <c r="C254" s="7">
         <v>22</v>
       </c>
       <c r="D254" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" s="6">
         <v>3</v>
       </c>
       <c r="B255" s="6" t="s">
-        <v>3441</v>
+        <v>3442</v>
       </c>
       <c r="C255" s="7">
         <v>22</v>
       </c>
       <c r="D255" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" s="6">
         <v>4</v>
       </c>
       <c r="B256" s="6" t="s">
-        <v>3442</v>
+        <v>3443</v>
       </c>
       <c r="C256" s="7">
         <v>22</v>
       </c>
       <c r="D256" s="7">
         <v>23</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" s="4" t="s">
-        <v>3443</v>
+        <v>3444</v>
       </c>
       <c r="B257" s="5"/>
       <c r="C257" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D257" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" s="6">
         <v>1</v>
       </c>
       <c r="B258" s="6" t="s">
-        <v>3444</v>
+        <v>3445</v>
       </c>
       <c r="C258" s="7">
         <v>293</v>
       </c>
       <c r="D258" s="7">
         <v>308</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" s="6">
         <v>2</v>
       </c>
       <c r="B259" s="6" t="s">
-        <v>3445</v>
+        <v>3446</v>
       </c>
       <c r="C259" s="7">
         <v>555</v>
       </c>
       <c r="D259" s="7">
         <v>585</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" s="6">
         <v>3</v>
       </c>
       <c r="B260" s="6" t="s">
-        <v>3446</v>
+        <v>3447</v>
       </c>
       <c r="C260" s="7">
         <v>97</v>
       </c>
       <c r="D260" s="7">
         <v>102</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" s="6">
         <v>4</v>
       </c>
       <c r="B261" s="6" t="s">
-        <v>3447</v>
+        <v>3448</v>
       </c>
       <c r="C261" s="7">
         <v>385</v>
       </c>
       <c r="D261" s="7">
         <v>405</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" s="4" t="s">
-        <v>3448</v>
+        <v>3449</v>
       </c>
       <c r="B262" s="5"/>
       <c r="C262" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D262" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" s="6">
         <v>1</v>
       </c>
       <c r="B263" s="6" t="s">
-        <v>3449</v>
+        <v>3450</v>
       </c>
       <c r="C263" s="7">
         <v>569</v>
       </c>
       <c r="D263" s="7">
         <v>600</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" s="6">
         <v>2</v>
       </c>
       <c r="B264" s="6" t="s">
-        <v>3450</v>
+        <v>3451</v>
       </c>
       <c r="C264" s="7"/>
       <c r="D264" s="7"/>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" s="6">
         <v>3</v>
       </c>
       <c r="B265" s="6" t="s">
-        <v>3451</v>
+        <v>3452</v>
       </c>
       <c r="C265" s="7">
         <v>569</v>
       </c>
       <c r="D265" s="7">
         <v>600</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" s="6">
         <v>4</v>
       </c>
       <c r="B266" s="6" t="s">
-        <v>3452</v>
+        <v>3453</v>
       </c>
       <c r="C266" s="7">
         <v>569</v>
       </c>
       <c r="D266" s="7">
         <v>600</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" s="4" t="s">
-        <v>3453</v>
+        <v>3454</v>
       </c>
       <c r="B267" s="5"/>
       <c r="C267" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D267" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" s="6">
         <v>1</v>
       </c>
       <c r="B268" s="6" t="s">
-        <v>3454</v>
+        <v>3455</v>
       </c>
       <c r="C268" s="7">
         <v>148</v>
       </c>
       <c r="D268" s="7">
         <v>156</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" s="6">
         <v>2</v>
       </c>
       <c r="B269" s="6" t="s">
-        <v>3455</v>
+        <v>3456</v>
       </c>
       <c r="C269" s="7">
         <v>148</v>
       </c>
       <c r="D269" s="7">
         <v>156</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" s="6">
         <v>3</v>
       </c>
       <c r="B270" s="6" t="s">
-        <v>3456</v>
+        <v>3457</v>
       </c>
       <c r="C270" s="7">
         <v>148</v>
       </c>
       <c r="D270" s="7">
         <v>156</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" s="6">
         <v>4</v>
       </c>
       <c r="B271" s="6" t="s">
-        <v>3457</v>
+        <v>3458</v>
       </c>
       <c r="C271" s="7">
         <v>148</v>
       </c>
       <c r="D271" s="7">
         <v>156</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" s="4" t="s">
-        <v>3458</v>
+        <v>3459</v>
       </c>
       <c r="B272" s="5"/>
       <c r="C272" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D272" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" s="6">
         <v>1</v>
       </c>
       <c r="B273" s="6" t="s">
-        <v>3459</v>
+        <v>3460</v>
       </c>
       <c r="C273" s="7">
         <v>958</v>
       </c>
       <c r="D273" s="7" t="s">
-        <v>1906</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" s="6">
         <v>2</v>
       </c>
       <c r="B274" s="6" t="s">
-        <v>3460</v>
+        <v>3461</v>
       </c>
       <c r="C274" s="7" t="s">
-        <v>3461</v>
+        <v>3462</v>
       </c>
       <c r="D274" s="7" t="s">
-        <v>499</v>
+        <v>3463</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" s="6">
         <v>3</v>
       </c>
       <c r="B275" s="6" t="s">
+        <v>3464</v>
+      </c>
+      <c r="C275" s="7" t="s">
         <v>3462</v>
       </c>
-      <c r="C275" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D275" s="7" t="s">
-        <v>499</v>
+        <v>3463</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" s="6">
         <v>4</v>
       </c>
       <c r="B276" s="6" t="s">
-        <v>3463</v>
+        <v>3465</v>
       </c>
       <c r="C276" s="7">
         <v>936</v>
       </c>
       <c r="D276" s="7">
         <v>986</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" s="6">
         <v>5</v>
       </c>
       <c r="B277" s="6" t="s">
-        <v>3464</v>
+        <v>3466</v>
       </c>
       <c r="C277" s="7" t="s">
-        <v>3465</v>
+        <v>3467</v>
       </c>
       <c r="D277" s="7" t="s">
-        <v>3466</v>
+        <v>3468</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" s="6">
         <v>6</v>
       </c>
       <c r="B278" s="6" t="s">
-        <v>3467</v>
+        <v>3469</v>
       </c>
       <c r="C278" s="7" t="s">
-        <v>3468</v>
+        <v>3470</v>
       </c>
       <c r="D278" s="7" t="s">
-        <v>3469</v>
+        <v>3471</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" s="6">
         <v>7</v>
       </c>
       <c r="B279" s="6" t="s">
-        <v>3470</v>
+        <v>3472</v>
       </c>
       <c r="C279" s="7" t="s">
-        <v>3471</v>
+        <v>3473</v>
       </c>
       <c r="D279" s="7" t="s">
-        <v>3472</v>
+        <v>3474</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" s="6">
         <v>8</v>
       </c>
       <c r="B280" s="6" t="s">
-        <v>3473</v>
+        <v>3475</v>
       </c>
       <c r="C280" s="7"/>
       <c r="D280" s="7"/>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" s="6">
         <v>9</v>
       </c>
       <c r="B281" s="6" t="s">
-        <v>3474</v>
+        <v>3476</v>
       </c>
       <c r="C281" s="7">
         <v>314</v>
       </c>
       <c r="D281" s="7">
         <v>331</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" s="4" t="s">
-        <v>3475</v>
+        <v>3477</v>
       </c>
       <c r="B282" s="5"/>
       <c r="C282" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D282" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" s="6">
         <v>1</v>
       </c>
       <c r="B283" s="6" t="s">
-        <v>3476</v>
+        <v>3478</v>
       </c>
       <c r="C283" s="7" t="s">
-        <v>3477</v>
+        <v>3479</v>
       </c>
       <c r="D283" s="7" t="s">
-        <v>3478</v>
+        <v>3480</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" s="6">
         <v>2</v>
       </c>
       <c r="B284" s="6" t="s">
-        <v>3479</v>
+        <v>3481</v>
       </c>
       <c r="C284" s="7" t="s">
-        <v>3480</v>
+        <v>3482</v>
       </c>
       <c r="D284" s="7" t="s">
-        <v>3481</v>
+        <v>3483</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" s="6">
         <v>3</v>
       </c>
       <c r="B285" s="6" t="s">
-        <v>3482</v>
+        <v>3484</v>
       </c>
       <c r="C285" s="7" t="s">
-        <v>1030</v>
+        <v>3485</v>
       </c>
       <c r="D285" s="7" t="s">
-        <v>3483</v>
+        <v>3486</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" s="6">
         <v>4</v>
       </c>
       <c r="B286" s="6" t="s">
-        <v>3484</v>
+        <v>3487</v>
       </c>
       <c r="C286" s="7" t="s">
-        <v>3481</v>
+        <v>3483</v>
       </c>
       <c r="D286" s="7" t="s">
-        <v>3485</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" s="6">
         <v>5</v>
       </c>
       <c r="B287" s="6" t="s">
-        <v>3486</v>
+        <v>3488</v>
       </c>
       <c r="C287" s="7" t="s">
-        <v>1919</v>
+        <v>3489</v>
       </c>
       <c r="D287" s="7" t="s">
-        <v>1768</v>
+        <v>3490</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" s="6">
         <v>6</v>
       </c>
       <c r="B288" s="6" t="s">
-        <v>3487</v>
+        <v>3491</v>
       </c>
       <c r="C288" s="7" t="s">
-        <v>3480</v>
+        <v>3482</v>
       </c>
       <c r="D288" s="7" t="s">
-        <v>3481</v>
+        <v>3483</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" s="6"/>
       <c r="B289" s="6"/>
       <c r="C289" s="6"/>
       <c r="D289" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A4:B4"/>
     <mergeCell ref="A5:B5"/>
     <mergeCell ref="A10:B10"/>
     <mergeCell ref="A46:B46"/>
     <mergeCell ref="A89:B89"/>
     <mergeCell ref="A99:B99"/>
     <mergeCell ref="A119:B119"/>
     <mergeCell ref="A153:B153"/>
     <mergeCell ref="A191:B191"/>
     <mergeCell ref="A220:B220"/>
     <mergeCell ref="A227:B227"/>
     <mergeCell ref="A252:B252"/>
     <mergeCell ref="A257:B257"/>
     <mergeCell ref="A262:B262"/>
@@ -33357,2210 +33483,2210 @@
   <dimension ref="A1:D170"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D170" sqref="D170"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="160.389404" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.710938" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:4">
       <c r="B2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="B3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="4" t="s">
-        <v>3488</v>
+        <v>3492</v>
       </c>
       <c r="B4" s="5"/>
       <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="4" t="s">
-        <v>904</v>
+        <v>903</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="6">
         <v>1</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>905</v>
+        <v>904</v>
       </c>
       <c r="C6" s="7">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="D6" s="7">
-        <v>396</v>
+        <v>393</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="4" t="s">
-        <v>906</v>
+        <v>905</v>
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="6">
         <v>1</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>907</v>
+        <v>906</v>
       </c>
       <c r="C8" s="7">
-        <v>655</v>
+        <v>675</v>
       </c>
       <c r="D8" s="7">
-        <v>682</v>
+        <v>702</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="6">
         <v>2</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>908</v>
+        <v>907</v>
       </c>
       <c r="C9" s="7">
-        <v>768</v>
+        <v>792</v>
       </c>
       <c r="D9" s="7">
-        <v>799</v>
+        <v>823</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="6">
         <v>3</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>909</v>
+        <v>908</v>
       </c>
       <c r="C10" s="7">
-        <v>910</v>
+        <v>938</v>
       </c>
       <c r="D10" s="7">
-        <v>947</v>
+        <v>975</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="6">
         <v>4</v>
       </c>
       <c r="B11" s="6" t="s">
+        <v>909</v>
+      </c>
+      <c r="C11" s="7" t="s">
         <v>910</v>
       </c>
-      <c r="C11" s="7" t="s">
+      <c r="D11" s="7" t="s">
         <v>911</v>
-      </c>
-[...1 lines deleted...]
-        <v>912</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="6">
         <v>5</v>
       </c>
       <c r="B12" s="6" t="s">
+        <v>912</v>
+      </c>
+      <c r="C12" s="7" t="s">
         <v>913</v>
       </c>
-      <c r="C12" s="7" t="s">
+      <c r="D12" s="7" t="s">
         <v>914</v>
-      </c>
-[...1 lines deleted...]
-        <v>915</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="6">
         <v>6</v>
       </c>
       <c r="B13" s="6" t="s">
+        <v>915</v>
+      </c>
+      <c r="C13" s="7" t="s">
         <v>916</v>
       </c>
-      <c r="C13" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D13" s="7" t="s">
-        <v>918</v>
+        <v>881</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="6">
         <v>7</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>905</v>
+        <v>904</v>
       </c>
       <c r="C14" s="7">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="D14" s="7">
-        <v>396</v>
+        <v>393</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="4" t="s">
-        <v>919</v>
+        <v>917</v>
       </c>
       <c r="B15" s="5"/>
       <c r="C15" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="6">
         <v>1</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>920</v>
+        <v>918</v>
       </c>
       <c r="C16" s="7">
-        <v>690</v>
+        <v>712</v>
       </c>
       <c r="D16" s="7">
-        <v>718</v>
+        <v>740</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="6">
         <v>2</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>921</v>
+        <v>919</v>
       </c>
       <c r="C17" s="7">
-        <v>739</v>
+        <v>762</v>
       </c>
       <c r="D17" s="7">
-        <v>769</v>
+        <v>792</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="6">
         <v>3</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>922</v>
+        <v>920</v>
       </c>
       <c r="C18" s="7">
-        <v>837</v>
+        <v>863</v>
       </c>
       <c r="D18" s="7">
-        <v>870</v>
+        <v>897</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="6">
         <v>4</v>
       </c>
       <c r="B19" s="6" t="s">
-        <v>923</v>
+        <v>921</v>
       </c>
       <c r="C19" s="7">
-        <v>967</v>
+        <v>997</v>
       </c>
       <c r="D19" s="7" t="s">
-        <v>924</v>
+        <v>922</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="6">
         <v>5</v>
       </c>
       <c r="B20" s="6" t="s">
+        <v>923</v>
+      </c>
+      <c r="C20" s="7" t="s">
+        <v>924</v>
+      </c>
+      <c r="D20" s="7" t="s">
         <v>925</v>
-      </c>
-[...4 lines deleted...]
-        <v>927</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="6">
         <v>6</v>
       </c>
       <c r="B21" s="6" t="s">
+        <v>926</v>
+      </c>
+      <c r="C21" s="7" t="s">
+        <v>927</v>
+      </c>
+      <c r="D21" s="7" t="s">
         <v>928</v>
-      </c>
-[...4 lines deleted...]
-        <v>930</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="6">
         <v>7</v>
       </c>
       <c r="B22" s="6" t="s">
+        <v>929</v>
+      </c>
+      <c r="C22" s="7" t="s">
+        <v>930</v>
+      </c>
+      <c r="D22" s="7" t="s">
         <v>931</v>
-      </c>
-[...4 lines deleted...]
-        <v>933</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="6">
         <v>8</v>
       </c>
       <c r="B23" s="6" t="s">
-        <v>905</v>
+        <v>904</v>
       </c>
       <c r="C23" s="7">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="D23" s="7">
-        <v>396</v>
+        <v>393</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="4" t="s">
-        <v>934</v>
+        <v>932</v>
       </c>
       <c r="B24" s="5"/>
       <c r="C24" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="6">
         <v>1</v>
       </c>
       <c r="B25" s="6" t="s">
-        <v>935</v>
+        <v>933</v>
       </c>
       <c r="C25" s="7">
-        <v>604</v>
+        <v>623</v>
       </c>
       <c r="D25" s="7">
-        <v>628</v>
+        <v>648</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="6">
         <v>2</v>
       </c>
       <c r="B26" s="6" t="s">
-        <v>936</v>
+        <v>934</v>
       </c>
       <c r="C26" s="7">
-        <v>712</v>
+        <v>734</v>
       </c>
       <c r="D26" s="7">
-        <v>740</v>
+        <v>764</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="6">
         <v>3</v>
       </c>
       <c r="B27" s="6" t="s">
-        <v>937</v>
+        <v>935</v>
       </c>
       <c r="C27" s="7">
-        <v>739</v>
+        <v>762</v>
       </c>
       <c r="D27" s="7">
-        <v>769</v>
+        <v>792</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="6">
         <v>4</v>
       </c>
       <c r="B28" s="6" t="s">
-        <v>938</v>
+        <v>936</v>
       </c>
       <c r="C28" s="7">
-        <v>779</v>
+        <v>803</v>
       </c>
       <c r="D28" s="7">
-        <v>810</v>
+        <v>835</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="6">
         <v>5</v>
       </c>
       <c r="B29" s="6" t="s">
-        <v>939</v>
+        <v>937</v>
       </c>
       <c r="C29" s="7" t="s">
+        <v>910</v>
+      </c>
+      <c r="D29" s="7" t="s">
         <v>911</v>
-      </c>
-[...1 lines deleted...]
-        <v>912</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="6">
         <v>6</v>
       </c>
       <c r="B30" s="6" t="s">
+        <v>938</v>
+      </c>
+      <c r="C30" s="7" t="s">
+        <v>939</v>
+      </c>
+      <c r="D30" s="7" t="s">
         <v>940</v>
-      </c>
-[...4 lines deleted...]
-        <v>942</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="6">
         <v>7</v>
       </c>
       <c r="B31" s="6" t="s">
+        <v>941</v>
+      </c>
+      <c r="C31" s="7" t="s">
+        <v>942</v>
+      </c>
+      <c r="D31" s="7" t="s">
         <v>943</v>
-      </c>
-[...4 lines deleted...]
-        <v>945</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="6">
         <v>8</v>
       </c>
       <c r="B32" s="6" t="s">
-        <v>905</v>
+        <v>904</v>
       </c>
       <c r="C32" s="7">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="D32" s="7">
-        <v>396</v>
+        <v>393</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="4" t="s">
-        <v>946</v>
+        <v>944</v>
       </c>
       <c r="B33" s="5"/>
       <c r="C33" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D33" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="6">
         <v>1</v>
       </c>
       <c r="B34" s="6" t="s">
-        <v>947</v>
+        <v>945</v>
       </c>
       <c r="C34" s="7">
-        <v>660</v>
+        <v>680</v>
       </c>
       <c r="D34" s="7">
-        <v>687</v>
+        <v>708</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="6">
         <v>2</v>
       </c>
       <c r="B35" s="6" t="s">
-        <v>948</v>
+        <v>946</v>
       </c>
       <c r="C35" s="7">
-        <v>678</v>
+        <v>699</v>
       </c>
       <c r="D35" s="7">
-        <v>705</v>
+        <v>727</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="6">
         <v>3</v>
       </c>
       <c r="B36" s="6" t="s">
-        <v>949</v>
+        <v>947</v>
       </c>
       <c r="C36" s="7">
-        <v>682</v>
+        <v>703</v>
       </c>
       <c r="D36" s="7">
-        <v>709</v>
+        <v>731</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="6">
         <v>4</v>
       </c>
       <c r="B37" s="6" t="s">
-        <v>950</v>
+        <v>948</v>
       </c>
       <c r="C37" s="7">
-        <v>752</v>
+        <v>775</v>
       </c>
       <c r="D37" s="7">
-        <v>782</v>
+        <v>806</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="6">
         <v>5</v>
       </c>
       <c r="B38" s="6" t="s">
-        <v>951</v>
+        <v>949</v>
       </c>
       <c r="C38" s="7">
-        <v>785</v>
+        <v>809</v>
       </c>
       <c r="D38" s="7">
-        <v>817</v>
+        <v>842</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="6">
         <v>6</v>
       </c>
       <c r="B39" s="6" t="s">
-        <v>952</v>
+        <v>950</v>
       </c>
       <c r="C39" s="7">
-        <v>827</v>
+        <v>852</v>
       </c>
       <c r="D39" s="7">
-        <v>860</v>
+        <v>886</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="6">
         <v>7</v>
       </c>
       <c r="B40" s="6" t="s">
+        <v>951</v>
+      </c>
+      <c r="C40" s="7" t="s">
+        <v>952</v>
+      </c>
+      <c r="D40" s="7" t="s">
         <v>953</v>
-      </c>
-[...4 lines deleted...]
-        <v>955</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="6">
         <v>8</v>
       </c>
       <c r="B41" s="6" t="s">
+        <v>954</v>
+      </c>
+      <c r="C41" s="7" t="s">
+        <v>955</v>
+      </c>
+      <c r="D41" s="7" t="s">
         <v>956</v>
-      </c>
-[...4 lines deleted...]
-        <v>958</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="6">
         <v>9</v>
       </c>
       <c r="B42" s="6" t="s">
-        <v>959</v>
+        <v>957</v>
       </c>
       <c r="C42" s="7" t="s">
-        <v>917</v>
+        <v>916</v>
       </c>
       <c r="D42" s="7" t="s">
-        <v>918</v>
+        <v>881</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="6">
         <v>10</v>
       </c>
       <c r="B43" s="6" t="s">
-        <v>960</v>
+        <v>958</v>
       </c>
       <c r="C43" s="7">
-        <v>967</v>
+        <v>997</v>
       </c>
       <c r="D43" s="7" t="s">
-        <v>924</v>
+        <v>922</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="6">
         <v>11</v>
       </c>
       <c r="B44" s="6" t="s">
-        <v>961</v>
+        <v>959</v>
       </c>
       <c r="C44" s="7" t="s">
-        <v>962</v>
+        <v>19</v>
       </c>
       <c r="D44" s="7" t="s">
-        <v>112</v>
+        <v>960</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="6">
         <v>12</v>
       </c>
       <c r="B45" s="6" t="s">
+        <v>961</v>
+      </c>
+      <c r="C45" s="7" t="s">
+        <v>962</v>
+      </c>
+      <c r="D45" s="7" t="s">
         <v>963</v>
-      </c>
-[...4 lines deleted...]
-        <v>965</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="6">
         <v>13</v>
       </c>
       <c r="B46" s="6" t="s">
-        <v>966</v>
+        <v>964</v>
       </c>
       <c r="C46" s="7" t="s">
-        <v>954</v>
+        <v>952</v>
       </c>
       <c r="D46" s="7" t="s">
-        <v>955</v>
+        <v>953</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="6">
         <v>14</v>
       </c>
       <c r="B47" s="6" t="s">
-        <v>967</v>
+        <v>965</v>
       </c>
       <c r="C47" s="7" t="s">
-        <v>957</v>
+        <v>955</v>
       </c>
       <c r="D47" s="7" t="s">
-        <v>958</v>
+        <v>956</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="6">
         <v>15</v>
       </c>
       <c r="B48" s="6" t="s">
-        <v>968</v>
+        <v>966</v>
       </c>
       <c r="C48" s="7" t="s">
-        <v>917</v>
+        <v>916</v>
       </c>
       <c r="D48" s="7" t="s">
-        <v>918</v>
+        <v>881</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="6">
         <v>16</v>
       </c>
       <c r="B49" s="6" t="s">
-        <v>905</v>
+        <v>904</v>
       </c>
       <c r="C49" s="7">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="D49" s="7">
-        <v>396</v>
+        <v>393</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="4" t="s">
-        <v>969</v>
+        <v>967</v>
       </c>
       <c r="B50" s="5"/>
       <c r="C50" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D50" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="6">
         <v>1</v>
       </c>
       <c r="B51" s="6" t="s">
-        <v>970</v>
+        <v>968</v>
       </c>
       <c r="C51" s="7" t="s">
+        <v>890</v>
+      </c>
+      <c r="D51" s="7" t="s">
         <v>891</v>
-      </c>
-[...1 lines deleted...]
-        <v>892</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="6">
         <v>2</v>
       </c>
       <c r="B52" s="6" t="s">
+        <v>969</v>
+      </c>
+      <c r="C52" s="7" t="s">
+        <v>970</v>
+      </c>
+      <c r="D52" s="7" t="s">
         <v>971</v>
-      </c>
-[...4 lines deleted...]
-        <v>973</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="6">
         <v>3</v>
       </c>
       <c r="B53" s="6" t="s">
+        <v>972</v>
+      </c>
+      <c r="C53" s="7" t="s">
+        <v>973</v>
+      </c>
+      <c r="D53" s="7" t="s">
         <v>974</v>
-      </c>
-[...4 lines deleted...]
-        <v>976</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="6">
         <v>4</v>
       </c>
       <c r="B54" s="6" t="s">
+        <v>975</v>
+      </c>
+      <c r="C54" s="7" t="s">
+        <v>976</v>
+      </c>
+      <c r="D54" s="7" t="s">
         <v>977</v>
-      </c>
-[...4 lines deleted...]
-        <v>979</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="6">
         <v>5</v>
       </c>
       <c r="B55" s="6" t="s">
+        <v>978</v>
+      </c>
+      <c r="C55" s="7" t="s">
+        <v>979</v>
+      </c>
+      <c r="D55" s="7" t="s">
         <v>980</v>
-      </c>
-[...4 lines deleted...]
-        <v>982</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="6">
         <v>6</v>
       </c>
       <c r="B56" s="6" t="s">
+        <v>981</v>
+      </c>
+      <c r="C56" s="7" t="s">
+        <v>982</v>
+      </c>
+      <c r="D56" s="7" t="s">
         <v>983</v>
-      </c>
-[...4 lines deleted...]
-        <v>985</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="6">
         <v>7</v>
       </c>
       <c r="B57" s="6" t="s">
+        <v>984</v>
+      </c>
+      <c r="C57" s="7" t="s">
+        <v>985</v>
+      </c>
+      <c r="D57" s="7" t="s">
         <v>986</v>
-      </c>
-[...4 lines deleted...]
-        <v>988</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="4" t="s">
-        <v>3489</v>
+        <v>3493</v>
       </c>
       <c r="B58" s="5"/>
       <c r="C58" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D58" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="6">
         <v>1</v>
       </c>
       <c r="B59" s="6" t="s">
-        <v>3490</v>
+        <v>3494</v>
       </c>
       <c r="C59" s="7">
-        <v>615</v>
+        <v>688</v>
       </c>
       <c r="D59" s="7">
-        <v>640</v>
+        <v>715</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="6">
         <v>2</v>
       </c>
       <c r="B60" s="6" t="s">
-        <v>3491</v>
+        <v>3495</v>
       </c>
       <c r="C60" s="7">
-        <v>113</v>
+        <v>150</v>
       </c>
       <c r="D60" s="7">
-        <v>117</v>
+        <v>156</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="6">
         <v>3</v>
       </c>
       <c r="B61" s="6" t="s">
-        <v>3492</v>
+        <v>3496</v>
       </c>
       <c r="C61" s="7" t="s">
-        <v>3493</v>
+        <v>3497</v>
       </c>
       <c r="D61" s="7" t="s">
-        <v>2245</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="6">
         <v>4</v>
       </c>
       <c r="B62" s="6" t="s">
-        <v>3494</v>
+        <v>3498</v>
       </c>
       <c r="C62" s="7">
-        <v>233</v>
+        <v>363</v>
       </c>
       <c r="D62" s="7">
-        <v>242</v>
+        <v>377</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="6">
         <v>5</v>
       </c>
       <c r="B63" s="6" t="s">
-        <v>3495</v>
+        <v>3499</v>
       </c>
       <c r="C63" s="7">
         <v>653</v>
       </c>
       <c r="D63" s="7">
         <v>679</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="6">
         <v>6</v>
       </c>
       <c r="B64" s="6" t="s">
-        <v>3496</v>
+        <v>3500</v>
       </c>
       <c r="C64" s="7">
         <v>580</v>
       </c>
       <c r="D64" s="7">
         <v>604</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="6">
         <v>7</v>
       </c>
       <c r="B65" s="6" t="s">
-        <v>3497</v>
+        <v>3501</v>
       </c>
       <c r="C65" s="7"/>
       <c r="D65" s="7"/>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="4" t="s">
-        <v>3498</v>
+        <v>3502</v>
       </c>
       <c r="B66" s="5"/>
       <c r="C66" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D66" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="4" t="s">
-        <v>3499</v>
+        <v>3503</v>
       </c>
       <c r="B67" s="5"/>
       <c r="C67" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D67" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="4" t="s">
-        <v>3500</v>
+        <v>3504</v>
       </c>
       <c r="B68" s="5"/>
       <c r="C68" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D68" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="6">
         <v>1</v>
       </c>
       <c r="B69" s="6" t="s">
-        <v>3501</v>
+        <v>3505</v>
       </c>
       <c r="C69" s="7" t="s">
-        <v>3502</v>
+        <v>3506</v>
       </c>
       <c r="D69" s="7" t="s">
-        <v>3503</v>
+        <v>3507</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="6">
         <v>2</v>
       </c>
       <c r="B70" s="6" t="s">
-        <v>3504</v>
+        <v>3508</v>
       </c>
       <c r="C70" s="7"/>
       <c r="D70" s="7"/>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="6">
         <v>3</v>
       </c>
       <c r="B71" s="6" t="s">
-        <v>3505</v>
+        <v>3509</v>
       </c>
       <c r="C71" s="7"/>
       <c r="D71" s="7"/>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="6">
         <v>4</v>
       </c>
       <c r="B72" s="6" t="s">
-        <v>3506</v>
+        <v>3510</v>
       </c>
       <c r="C72" s="7" t="s">
-        <v>3507</v>
+        <v>3511</v>
       </c>
       <c r="D72" s="7" t="s">
-        <v>3508</v>
+        <v>3512</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="6">
         <v>5</v>
       </c>
       <c r="B73" s="6" t="s">
-        <v>3509</v>
+        <v>3513</v>
       </c>
       <c r="C73" s="7" t="s">
-        <v>3510</v>
+        <v>3514</v>
       </c>
       <c r="D73" s="7" t="s">
-        <v>3102</v>
+        <v>3100</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="6">
         <v>6</v>
       </c>
       <c r="B74" s="6" t="s">
-        <v>3511</v>
+        <v>3515</v>
       </c>
       <c r="C74" s="7" t="s">
-        <v>3512</v>
+        <v>3516</v>
       </c>
       <c r="D74" s="7" t="s">
-        <v>3513</v>
+        <v>3517</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="6">
         <v>7</v>
       </c>
       <c r="B75" s="6" t="s">
-        <v>3514</v>
+        <v>3518</v>
       </c>
       <c r="C75" s="7"/>
       <c r="D75" s="7"/>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="6">
         <v>8</v>
       </c>
       <c r="B76" s="6" t="s">
-        <v>3515</v>
+        <v>3519</v>
       </c>
       <c r="C76" s="7" t="s">
-        <v>3516</v>
+        <v>3520</v>
       </c>
       <c r="D76" s="7" t="s">
-        <v>3517</v>
+        <v>3521</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="6">
         <v>9</v>
       </c>
       <c r="B77" s="6" t="s">
-        <v>3518</v>
+        <v>3522</v>
       </c>
       <c r="C77" s="7" t="s">
-        <v>3519</v>
+        <v>3523</v>
       </c>
       <c r="D77" s="7" t="s">
-        <v>3520</v>
+        <v>3524</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="6">
         <v>10</v>
       </c>
       <c r="B78" s="6" t="s">
-        <v>3521</v>
+        <v>3525</v>
       </c>
       <c r="C78" s="7" t="s">
-        <v>3522</v>
+        <v>3526</v>
       </c>
       <c r="D78" s="7" t="s">
-        <v>3523</v>
+        <v>3527</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="6">
         <v>11</v>
       </c>
       <c r="B79" s="6" t="s">
+        <v>3528</v>
+      </c>
+      <c r="C79" s="7" t="s">
+        <v>3523</v>
+      </c>
+      <c r="D79" s="7" t="s">
         <v>3524</v>
-      </c>
-[...4 lines deleted...]
-        <v>3520</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="6">
         <v>12</v>
       </c>
       <c r="B80" s="6" t="s">
-        <v>3525</v>
+        <v>3529</v>
       </c>
       <c r="C80" s="7" t="s">
-        <v>3526</v>
+        <v>3530</v>
       </c>
       <c r="D80" s="7" t="s">
-        <v>3527</v>
+        <v>3531</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="6">
         <v>13</v>
       </c>
       <c r="B81" s="6" t="s">
-        <v>3528</v>
+        <v>3532</v>
       </c>
       <c r="C81" s="7" t="s">
-        <v>3529</v>
+        <v>1390</v>
       </c>
       <c r="D81" s="7" t="s">
-        <v>3530</v>
+        <v>3533</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="6">
         <v>14</v>
       </c>
       <c r="B82" s="6" t="s">
-        <v>3531</v>
+        <v>3534</v>
       </c>
       <c r="C82" s="7" t="s">
-        <v>3529</v>
+        <v>1390</v>
       </c>
       <c r="D82" s="7" t="s">
-        <v>3530</v>
+        <v>3533</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="4" t="s">
-        <v>3532</v>
+        <v>3535</v>
       </c>
       <c r="B83" s="5"/>
       <c r="C83" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D83" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="6">
         <v>1</v>
       </c>
       <c r="B84" s="6" t="s">
-        <v>3533</v>
+        <v>3536</v>
       </c>
       <c r="C84" s="7" t="s">
-        <v>3534</v>
+        <v>3537</v>
       </c>
       <c r="D84" s="7" t="s">
-        <v>3535</v>
+        <v>3538</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="6">
         <v>2</v>
       </c>
       <c r="B85" s="6" t="s">
-        <v>3536</v>
+        <v>3539</v>
       </c>
       <c r="C85" s="7" t="s">
-        <v>3537</v>
+        <v>3540</v>
       </c>
       <c r="D85" s="7" t="s">
-        <v>3538</v>
+        <v>3541</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="6">
         <v>3</v>
       </c>
       <c r="B86" s="6" t="s">
-        <v>3539</v>
+        <v>3542</v>
       </c>
       <c r="C86" s="7" t="s">
-        <v>3540</v>
+        <v>3543</v>
       </c>
       <c r="D86" s="7" t="s">
-        <v>3534</v>
+        <v>3537</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="6">
         <v>4</v>
       </c>
       <c r="B87" s="6" t="s">
-        <v>3541</v>
+        <v>3544</v>
       </c>
       <c r="C87" s="7" t="s">
-        <v>3542</v>
+        <v>3545</v>
       </c>
       <c r="D87" s="7" t="s">
-        <v>3543</v>
+        <v>3546</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="6">
         <v>5</v>
       </c>
       <c r="B88" s="6" t="s">
-        <v>3544</v>
+        <v>3547</v>
       </c>
       <c r="C88" s="7" t="s">
-        <v>3545</v>
+        <v>3548</v>
       </c>
       <c r="D88" s="7" t="s">
-        <v>3546</v>
+        <v>3549</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="6">
         <v>6</v>
       </c>
       <c r="B89" s="6" t="s">
-        <v>3547</v>
+        <v>3550</v>
       </c>
       <c r="C89" s="7" t="s">
-        <v>3548</v>
+        <v>3551</v>
       </c>
       <c r="D89" s="7" t="s">
-        <v>3549</v>
+        <v>3552</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="6">
         <v>7</v>
       </c>
       <c r="B90" s="6" t="s">
-        <v>3550</v>
+        <v>3553</v>
       </c>
       <c r="C90" s="7" t="s">
-        <v>3551</v>
+        <v>3554</v>
       </c>
       <c r="D90" s="7" t="s">
-        <v>3552</v>
+        <v>3555</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="6">
         <v>8</v>
       </c>
       <c r="B91" s="6" t="s">
-        <v>3553</v>
+        <v>3556</v>
       </c>
       <c r="C91" s="7" t="s">
-        <v>3554</v>
+        <v>3557</v>
       </c>
       <c r="D91" s="7" t="s">
-        <v>3555</v>
+        <v>3558</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="6">
         <v>9</v>
       </c>
       <c r="B92" s="6" t="s">
-        <v>3556</v>
+        <v>3559</v>
       </c>
       <c r="C92" s="7" t="s">
-        <v>3557</v>
+        <v>3560</v>
       </c>
       <c r="D92" s="7" t="s">
-        <v>3558</v>
+        <v>3561</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="6">
         <v>10</v>
       </c>
       <c r="B93" s="6" t="s">
-        <v>3559</v>
+        <v>3562</v>
       </c>
       <c r="C93" s="7" t="s">
-        <v>3560</v>
+        <v>1179</v>
       </c>
       <c r="D93" s="7" t="s">
-        <v>3561</v>
+        <v>3563</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="6">
         <v>11</v>
       </c>
       <c r="B94" s="6" t="s">
-        <v>3562</v>
+        <v>3564</v>
       </c>
       <c r="C94" s="7" t="s">
-        <v>1180</v>
+        <v>3565</v>
       </c>
       <c r="D94" s="7" t="s">
-        <v>1493</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="6">
         <v>12</v>
       </c>
       <c r="B95" s="6" t="s">
-        <v>3563</v>
+        <v>3566</v>
       </c>
       <c r="C95" s="7" t="s">
-        <v>3564</v>
+        <v>3567</v>
       </c>
       <c r="D95" s="7" t="s">
-        <v>1451</v>
+        <v>3568</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" s="6">
         <v>13</v>
       </c>
       <c r="B96" s="6" t="s">
-        <v>3565</v>
+        <v>3569</v>
       </c>
       <c r="C96" s="7" t="s">
-        <v>3566</v>
+        <v>3570</v>
       </c>
       <c r="D96" s="7" t="s">
-        <v>3564</v>
+        <v>3567</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" s="6">
         <v>14</v>
       </c>
       <c r="B97" s="6" t="s">
-        <v>3567</v>
+        <v>3571</v>
       </c>
       <c r="C97" s="7" t="s">
-        <v>3568</v>
+        <v>3572</v>
       </c>
       <c r="D97" s="7" t="s">
-        <v>3569</v>
+        <v>3573</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" s="6">
         <v>15</v>
       </c>
       <c r="B98" s="6" t="s">
-        <v>3570</v>
+        <v>3574</v>
       </c>
       <c r="C98" s="7" t="s">
-        <v>1657</v>
+        <v>1753</v>
       </c>
       <c r="D98" s="7" t="s">
-        <v>3571</v>
+        <v>3575</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" s="6">
         <v>16</v>
       </c>
       <c r="B99" s="6" t="s">
-        <v>3572</v>
+        <v>3576</v>
       </c>
       <c r="C99" s="7" t="s">
-        <v>3573</v>
+        <v>3577</v>
       </c>
       <c r="D99" s="7" t="s">
-        <v>3574</v>
+        <v>3578</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" s="6">
         <v>17</v>
       </c>
       <c r="B100" s="6" t="s">
-        <v>3575</v>
+        <v>3579</v>
       </c>
       <c r="C100" s="7" t="s">
-        <v>3576</v>
+        <v>1374</v>
       </c>
       <c r="D100" s="7" t="s">
-        <v>3577</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" s="6">
         <v>18</v>
       </c>
       <c r="B101" s="6" t="s">
-        <v>3578</v>
+        <v>3580</v>
       </c>
       <c r="C101" s="7" t="s">
-        <v>3579</v>
+        <v>3581</v>
       </c>
       <c r="D101" s="7" t="s">
-        <v>3580</v>
+        <v>3582</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" s="6">
         <v>19</v>
       </c>
       <c r="B102" s="6" t="s">
-        <v>3581</v>
+        <v>3583</v>
       </c>
       <c r="C102" s="7" t="s">
-        <v>3582</v>
+        <v>3584</v>
       </c>
       <c r="D102" s="7" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" s="6">
         <v>20</v>
       </c>
       <c r="B103" s="6" t="s">
-        <v>3583</v>
+        <v>3585</v>
       </c>
       <c r="C103" s="7" t="s">
-        <v>3584</v>
+        <v>3586</v>
       </c>
       <c r="D103" s="7" t="s">
-        <v>3585</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" s="6">
         <v>21</v>
       </c>
       <c r="B104" s="6" t="s">
-        <v>3586</v>
+        <v>3587</v>
       </c>
       <c r="C104" s="7" t="s">
-        <v>3587</v>
+        <v>29</v>
       </c>
       <c r="D104" s="7" t="s">
         <v>3588</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" s="6">
         <v>22</v>
       </c>
       <c r="B105" s="6" t="s">
         <v>3589</v>
       </c>
       <c r="C105" s="7" t="s">
-        <v>3590</v>
+        <v>436</v>
       </c>
       <c r="D105" s="7" t="s">
-        <v>3591</v>
+        <v>437</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" s="6">
         <v>23</v>
       </c>
       <c r="B106" s="6" t="s">
+        <v>3590</v>
+      </c>
+      <c r="C106" s="7" t="s">
+        <v>3591</v>
+      </c>
+      <c r="D106" s="7" t="s">
         <v>3592</v>
-      </c>
-[...4 lines deleted...]
-        <v>437</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" s="6">
         <v>24</v>
       </c>
       <c r="B107" s="6" t="s">
         <v>3593</v>
       </c>
       <c r="C107" s="7" t="s">
+        <v>1093</v>
+      </c>
+      <c r="D107" s="7" t="s">
         <v>3594</v>
-      </c>
-[...1 lines deleted...]
-        <v>3595</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" s="6">
         <v>25</v>
       </c>
       <c r="B108" s="6" t="s">
-        <v>3596</v>
+        <v>3595</v>
       </c>
       <c r="C108" s="7" t="s">
-        <v>3597</v>
+        <v>233</v>
       </c>
       <c r="D108" s="7" t="s">
-        <v>3598</v>
+        <v>234</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" s="6">
         <v>26</v>
       </c>
       <c r="B109" s="6" t="s">
-        <v>3599</v>
+        <v>3596</v>
       </c>
       <c r="C109" s="7" t="s">
-        <v>2598</v>
+        <v>2591</v>
       </c>
       <c r="D109" s="7" t="s">
-        <v>3600</v>
+        <v>3597</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" s="6">
         <v>27</v>
       </c>
       <c r="B110" s="6" t="s">
-        <v>3601</v>
+        <v>3598</v>
       </c>
       <c r="C110" s="7" t="s">
-        <v>3602</v>
+        <v>3599</v>
       </c>
       <c r="D110" s="7" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" s="6">
         <v>28</v>
       </c>
       <c r="B111" s="6" t="s">
-        <v>3603</v>
+        <v>3600</v>
       </c>
       <c r="C111" s="7" t="s">
-        <v>3604</v>
+        <v>3601</v>
       </c>
       <c r="D111" s="7" t="s">
-        <v>2260</v>
+        <v>2253</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" s="6">
         <v>29</v>
       </c>
       <c r="B112" s="6" t="s">
-        <v>3605</v>
+        <v>3602</v>
       </c>
       <c r="C112" s="7" t="s">
-        <v>3606</v>
+        <v>3603</v>
       </c>
       <c r="D112" s="7" t="s">
-        <v>3607</v>
+        <v>3604</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" s="6">
         <v>30</v>
       </c>
       <c r="B113" s="6" t="s">
-        <v>3608</v>
+        <v>3605</v>
       </c>
       <c r="C113" s="7" t="s">
-        <v>463</v>
+        <v>3606</v>
       </c>
       <c r="D113" s="7" t="s">
-        <v>3609</v>
+        <v>3607</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" s="6">
         <v>31</v>
       </c>
       <c r="B114" s="6" t="s">
+        <v>3608</v>
+      </c>
+      <c r="C114" s="7" t="s">
+        <v>3609</v>
+      </c>
+      <c r="D114" s="7" t="s">
         <v>3610</v>
-      </c>
-[...4 lines deleted...]
-        <v>3612</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" s="6">
         <v>32</v>
       </c>
       <c r="B115" s="6" t="s">
+        <v>3611</v>
+      </c>
+      <c r="C115" s="7" t="s">
+        <v>3612</v>
+      </c>
+      <c r="D115" s="7" t="s">
         <v>3613</v>
-      </c>
-[...4 lines deleted...]
-        <v>3615</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" s="6">
         <v>33</v>
       </c>
       <c r="B116" s="6" t="s">
+        <v>3614</v>
+      </c>
+      <c r="C116" s="7" t="s">
+        <v>3615</v>
+      </c>
+      <c r="D116" s="7" t="s">
         <v>3616</v>
-      </c>
-[...4 lines deleted...]
-        <v>3618</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="6">
         <v>34</v>
       </c>
       <c r="B117" s="6" t="s">
+        <v>3617</v>
+      </c>
+      <c r="C117" s="7" t="s">
+        <v>3618</v>
+      </c>
+      <c r="D117" s="7" t="s">
         <v>3619</v>
-      </c>
-[...4 lines deleted...]
-        <v>3621</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="6">
         <v>35</v>
       </c>
       <c r="B118" s="6" t="s">
+        <v>3620</v>
+      </c>
+      <c r="C118" s="7" t="s">
+        <v>3621</v>
+      </c>
+      <c r="D118" s="7" t="s">
         <v>3622</v>
-      </c>
-[...4 lines deleted...]
-        <v>3624</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="6">
         <v>36</v>
       </c>
       <c r="B119" s="6" t="s">
+        <v>3623</v>
+      </c>
+      <c r="C119" s="7" t="s">
+        <v>3624</v>
+      </c>
+      <c r="D119" s="7" t="s">
         <v>3625</v>
-      </c>
-[...4 lines deleted...]
-        <v>3627</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="6">
         <v>37</v>
       </c>
       <c r="B120" s="6" t="s">
-        <v>3628</v>
+        <v>3626</v>
       </c>
       <c r="C120" s="7" t="s">
-        <v>3623</v>
+        <v>3621</v>
       </c>
       <c r="D120" s="7" t="s">
-        <v>3624</v>
+        <v>3622</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="6">
         <v>38</v>
       </c>
       <c r="B121" s="6" t="s">
-        <v>3629</v>
+        <v>3627</v>
       </c>
       <c r="C121" s="7" t="s">
-        <v>3626</v>
+        <v>3624</v>
       </c>
       <c r="D121" s="7" t="s">
-        <v>3627</v>
+        <v>3625</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="6">
         <v>39</v>
       </c>
       <c r="B122" s="6" t="s">
-        <v>3630</v>
+        <v>3628</v>
       </c>
       <c r="C122" s="7" t="s">
-        <v>3070</v>
+        <v>3069</v>
       </c>
       <c r="D122" s="7" t="s">
-        <v>3631</v>
+        <v>3629</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="6">
         <v>40</v>
       </c>
       <c r="B123" s="6" t="s">
+        <v>3630</v>
+      </c>
+      <c r="C123" s="7" t="s">
+        <v>3631</v>
+      </c>
+      <c r="D123" s="7" t="s">
         <v>3632</v>
-      </c>
-[...4 lines deleted...]
-        <v>3634</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="4" t="s">
-        <v>3635</v>
+        <v>3633</v>
       </c>
       <c r="B124" s="5"/>
       <c r="C124" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D124" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" s="6">
         <v>1</v>
       </c>
       <c r="B125" s="6" t="s">
-        <v>3636</v>
+        <v>3634</v>
       </c>
       <c r="C125" s="7"/>
       <c r="D125" s="7"/>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" s="6">
         <v>2</v>
       </c>
       <c r="B126" s="6" t="s">
-        <v>3637</v>
+        <v>3635</v>
       </c>
       <c r="C126" s="7"/>
       <c r="D126" s="7"/>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" s="6">
         <v>3</v>
       </c>
       <c r="B127" s="6" t="s">
-        <v>3638</v>
+        <v>3636</v>
       </c>
       <c r="C127" s="7"/>
       <c r="D127" s="7"/>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" s="6">
         <v>4</v>
       </c>
       <c r="B128" s="6" t="s">
-        <v>3639</v>
+        <v>3637</v>
       </c>
       <c r="C128" s="7"/>
       <c r="D128" s="7"/>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" s="6">
         <v>5</v>
       </c>
       <c r="B129" s="6" t="s">
-        <v>3640</v>
+        <v>3638</v>
       </c>
       <c r="C129" s="7"/>
       <c r="D129" s="7"/>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" s="4" t="s">
-        <v>3641</v>
+        <v>3639</v>
       </c>
       <c r="B130" s="5"/>
       <c r="C130" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D130" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" s="6">
         <v>1</v>
       </c>
       <c r="B131" s="6" t="s">
-        <v>3642</v>
+        <v>3640</v>
       </c>
       <c r="C131" s="7">
         <v>574</v>
       </c>
       <c r="D131" s="7">
         <v>574</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" s="6">
         <v>2</v>
       </c>
       <c r="B132" s="6" t="s">
-        <v>3643</v>
+        <v>3641</v>
       </c>
       <c r="C132" s="7"/>
       <c r="D132" s="7"/>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" s="6">
         <v>3</v>
       </c>
       <c r="B133" s="6" t="s">
-        <v>3644</v>
+        <v>3642</v>
       </c>
       <c r="C133" s="7"/>
       <c r="D133" s="7"/>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" s="6">
         <v>4</v>
       </c>
       <c r="B134" s="6" t="s">
-        <v>3645</v>
+        <v>3643</v>
       </c>
       <c r="C134" s="7"/>
       <c r="D134" s="7"/>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="6">
         <v>5</v>
       </c>
       <c r="B135" s="6" t="s">
-        <v>3646</v>
+        <v>3644</v>
       </c>
       <c r="C135" s="7"/>
       <c r="D135" s="7"/>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="6">
         <v>6</v>
       </c>
       <c r="B136" s="6" t="s">
-        <v>3647</v>
+        <v>3645</v>
       </c>
       <c r="C136" s="7"/>
       <c r="D136" s="7"/>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" s="6">
         <v>7</v>
       </c>
       <c r="B137" s="6" t="s">
-        <v>3648</v>
+        <v>3646</v>
       </c>
       <c r="C137" s="7"/>
       <c r="D137" s="7"/>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" s="6">
         <v>8</v>
       </c>
       <c r="B138" s="6" t="s">
-        <v>3649</v>
+        <v>3647</v>
       </c>
       <c r="C138" s="7"/>
       <c r="D138" s="7"/>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="6">
         <v>9</v>
       </c>
       <c r="B139" s="6" t="s">
-        <v>3650</v>
+        <v>3648</v>
       </c>
       <c r="C139" s="7"/>
       <c r="D139" s="7"/>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" s="6">
         <v>10</v>
       </c>
       <c r="B140" s="6" t="s">
-        <v>3651</v>
+        <v>3649</v>
       </c>
       <c r="C140" s="7"/>
       <c r="D140" s="7"/>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="6">
         <v>11</v>
       </c>
       <c r="B141" s="6" t="s">
-        <v>3652</v>
+        <v>3650</v>
       </c>
       <c r="C141" s="7"/>
       <c r="D141" s="7"/>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="6">
         <v>12</v>
       </c>
       <c r="B142" s="6" t="s">
-        <v>3653</v>
+        <v>3651</v>
       </c>
       <c r="C142" s="7"/>
       <c r="D142" s="7"/>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="6">
         <v>13</v>
       </c>
       <c r="B143" s="6" t="s">
-        <v>3654</v>
+        <v>3652</v>
       </c>
       <c r="C143" s="7"/>
       <c r="D143" s="7"/>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="6">
         <v>14</v>
       </c>
       <c r="B144" s="6" t="s">
-        <v>3655</v>
+        <v>3653</v>
       </c>
       <c r="C144" s="7"/>
       <c r="D144" s="7"/>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="6">
         <v>15</v>
       </c>
       <c r="B145" s="6" t="s">
-        <v>3656</v>
+        <v>3654</v>
       </c>
       <c r="C145" s="7"/>
       <c r="D145" s="7"/>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" s="6">
         <v>16</v>
       </c>
       <c r="B146" s="6" t="s">
-        <v>3657</v>
+        <v>3655</v>
       </c>
       <c r="C146" s="7"/>
       <c r="D146" s="7"/>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" s="6">
         <v>17</v>
       </c>
       <c r="B147" s="6" t="s">
-        <v>3658</v>
+        <v>3656</v>
       </c>
       <c r="C147" s="7"/>
       <c r="D147" s="7"/>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" s="6">
         <v>18</v>
       </c>
       <c r="B148" s="6" t="s">
-        <v>3659</v>
+        <v>3657</v>
       </c>
       <c r="C148" s="7"/>
       <c r="D148" s="7"/>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" s="6">
         <v>19</v>
       </c>
       <c r="B149" s="6" t="s">
-        <v>3660</v>
+        <v>3658</v>
       </c>
       <c r="C149" s="7"/>
       <c r="D149" s="7"/>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" s="6">
         <v>20</v>
       </c>
       <c r="B150" s="6" t="s">
-        <v>3661</v>
+        <v>3659</v>
       </c>
       <c r="C150" s="7"/>
       <c r="D150" s="7"/>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" s="4" t="s">
-        <v>3662</v>
+        <v>3660</v>
       </c>
       <c r="B151" s="5"/>
       <c r="C151" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D151" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" s="6">
         <v>1</v>
       </c>
       <c r="B152" s="6" t="s">
+        <v>3661</v>
+      </c>
+      <c r="C152" s="7" t="s">
+        <v>3662</v>
+      </c>
+      <c r="D152" s="7" t="s">
         <v>3663</v>
-      </c>
-[...4 lines deleted...]
-        <v>3665</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" s="6">
         <v>2</v>
       </c>
       <c r="B153" s="6" t="s">
-        <v>3666</v>
+        <v>3664</v>
       </c>
       <c r="C153" s="7"/>
       <c r="D153" s="7"/>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" s="6">
         <v>3</v>
       </c>
       <c r="B154" s="6" t="s">
-        <v>3667</v>
+        <v>3665</v>
       </c>
       <c r="C154" s="7" t="s">
-        <v>978</v>
+        <v>976</v>
       </c>
       <c r="D154" s="7" t="s">
-        <v>979</v>
+        <v>977</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="6">
         <v>4</v>
       </c>
       <c r="B155" s="6" t="s">
+        <v>3666</v>
+      </c>
+      <c r="C155" s="7" t="s">
+        <v>3667</v>
+      </c>
+      <c r="D155" s="7" t="s">
         <v>3668</v>
-      </c>
-[...4 lines deleted...]
-        <v>3670</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="6">
         <v>5</v>
       </c>
       <c r="B156" s="6" t="s">
-        <v>3671</v>
+        <v>3669</v>
       </c>
       <c r="C156" s="7" t="s">
         <v>3176</v>
       </c>
       <c r="D156" s="7" t="s">
-        <v>3672</v>
+        <v>3670</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="6">
         <v>6</v>
       </c>
       <c r="B157" s="6" t="s">
+        <v>3671</v>
+      </c>
+      <c r="C157" s="7" t="s">
+        <v>3672</v>
+      </c>
+      <c r="D157" s="7" t="s">
         <v>3673</v>
-      </c>
-[...4 lines deleted...]
-        <v>3675</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="6">
         <v>7</v>
       </c>
       <c r="B158" s="6" t="s">
+        <v>3674</v>
+      </c>
+      <c r="C158" s="7" t="s">
+        <v>3675</v>
+      </c>
+      <c r="D158" s="7" t="s">
         <v>3676</v>
-      </c>
-[...4 lines deleted...]
-        <v>3678</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="6">
         <v>8</v>
       </c>
       <c r="B159" s="6" t="s">
+        <v>3677</v>
+      </c>
+      <c r="C159" s="7" t="s">
+        <v>3678</v>
+      </c>
+      <c r="D159" s="7" t="s">
         <v>3679</v>
-      </c>
-[...4 lines deleted...]
-        <v>3681</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="6">
         <v>9</v>
       </c>
       <c r="B160" s="6" t="s">
-        <v>3682</v>
+        <v>3680</v>
       </c>
       <c r="C160" s="7" t="s">
-        <v>433</v>
+        <v>2305</v>
       </c>
       <c r="D160" s="7" t="s">
-        <v>434</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="6">
         <v>10</v>
       </c>
       <c r="B161" s="6" t="s">
+        <v>3681</v>
+      </c>
+      <c r="C161" s="7" t="s">
+        <v>3682</v>
+      </c>
+      <c r="D161" s="7" t="s">
         <v>3683</v>
-      </c>
-[...4 lines deleted...]
-        <v>797</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" s="6">
         <v>11</v>
       </c>
       <c r="B162" s="6" t="s">
-        <v>3685</v>
+        <v>3684</v>
       </c>
       <c r="C162" s="7"/>
       <c r="D162" s="7"/>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" s="6">
         <v>12</v>
       </c>
       <c r="B163" s="6" t="s">
+        <v>3685</v>
+      </c>
+      <c r="C163" s="7" t="s">
         <v>3686</v>
       </c>
-      <c r="C163" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D163" s="7" t="s">
-        <v>561</v>
+        <v>3687</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" s="6">
         <v>13</v>
       </c>
       <c r="B164" s="6" t="s">
-        <v>3687</v>
+        <v>3688</v>
       </c>
       <c r="C164" s="7" t="s">
-        <v>3688</v>
+        <v>3689</v>
       </c>
       <c r="D164" s="7" t="s">
-        <v>3689</v>
+        <v>3690</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" s="6">
         <v>14</v>
       </c>
       <c r="B165" s="6" t="s">
-        <v>3690</v>
+        <v>3691</v>
       </c>
       <c r="C165" s="7" t="s">
-        <v>3691</v>
+        <v>3692</v>
       </c>
       <c r="D165" s="7" t="s">
-        <v>3691</v>
+        <v>3692</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" s="6">
         <v>15</v>
       </c>
       <c r="B166" s="6" t="s">
-        <v>3692</v>
+        <v>3693</v>
       </c>
       <c r="C166" s="7" t="s">
-        <v>3693</v>
+        <v>3694</v>
       </c>
       <c r="D166" s="7" t="s">
-        <v>3693</v>
+        <v>3694</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" s="6">
         <v>16</v>
       </c>
       <c r="B167" s="6" t="s">
-        <v>3694</v>
+        <v>3695</v>
       </c>
       <c r="C167" s="7" t="s">
-        <v>3695</v>
+        <v>3696</v>
       </c>
       <c r="D167" s="7" t="s">
-        <v>3695</v>
+        <v>3696</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" s="6">
         <v>17</v>
       </c>
       <c r="B168" s="6" t="s">
-        <v>3696</v>
+        <v>3697</v>
       </c>
       <c r="C168" s="7"/>
       <c r="D168" s="7"/>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" s="6">
         <v>18</v>
       </c>
       <c r="B169" s="6" t="s">
-        <v>3697</v>
+        <v>3698</v>
       </c>
       <c r="C169" s="7"/>
       <c r="D169" s="7"/>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" s="6"/>
       <c r="B170" s="6"/>
       <c r="C170" s="6"/>
       <c r="D170" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A4:B4"/>
     <mergeCell ref="A5:B5"/>
     <mergeCell ref="A7:B7"/>
     <mergeCell ref="A15:B15"/>
     <mergeCell ref="A24:B24"/>
     <mergeCell ref="A33:B33"/>
     <mergeCell ref="A50:B50"/>
     <mergeCell ref="A58:B58"/>
     <mergeCell ref="A66:B66"/>
     <mergeCell ref="A67:B67"/>
     <mergeCell ref="A68:B68"/>
     <mergeCell ref="A83:B83"/>
@@ -35743,137 +35869,137 @@
   <dimension ref="A1:D40"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D40" sqref="D40"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="61.270752" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.710938" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:4">
       <c r="B2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="B3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="4" t="s">
-        <v>3698</v>
+        <v>3699</v>
       </c>
       <c r="B4" s="5"/>
       <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="4" t="s">
-        <v>3699</v>
+        <v>3700</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="6">
         <v>1</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>3700</v>
+        <v>3701</v>
       </c>
       <c r="C6" s="7" t="s">
-        <v>2033</v>
+        <v>3702</v>
       </c>
       <c r="D6" s="7" t="s">
-        <v>3701</v>
+        <v>3703</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="6">
         <v>2</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>3702</v>
+        <v>3704</v>
       </c>
       <c r="C7" s="7" t="s">
-        <v>3703</v>
+        <v>3705</v>
       </c>
       <c r="D7" s="7" t="s">
-        <v>3704</v>
+        <v>799</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="6">
         <v>3</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>3705</v>
+        <v>3706</v>
       </c>
       <c r="C8" s="7" t="s">
-        <v>3706</v>
+        <v>1398</v>
       </c>
       <c r="D8" s="7" t="s">
         <v>3707</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="6">
         <v>4</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>3708</v>
       </c>
       <c r="C9" s="7" t="s">
         <v>3709</v>
       </c>
       <c r="D9" s="7" t="s">
         <v>3710</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="6">
         <v>5</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>3711</v>
       </c>
       <c r="C10" s="7" t="s">
-        <v>2246</v>
+        <v>743</v>
       </c>
       <c r="D10" s="7" t="s">
         <v>3712</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="6">
         <v>6</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>3713</v>
       </c>
       <c r="C11" s="7">
         <v>450</v>
       </c>
       <c r="D11" s="7">
         <v>479</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="4" t="s">
         <v>3714</v>
       </c>
       <c r="B12" s="5"/>
       <c r="C12" s="5" t="s">
@@ -36117,102 +36243,102 @@
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="6">
         <v>1</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>3740</v>
       </c>
       <c r="C34" s="7">
         <v>923</v>
       </c>
       <c r="D34" s="7">
         <v>975</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="6">
         <v>2</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>3741</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>3742</v>
+        <v>2099</v>
       </c>
       <c r="D35" s="7" t="s">
-        <v>404</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="6">
         <v>3</v>
       </c>
       <c r="B36" s="6" t="s">
+        <v>3742</v>
+      </c>
+      <c r="C36" s="7" t="s">
         <v>3743</v>
       </c>
-      <c r="C36" s="7" t="s">
+      <c r="D36" s="7" t="s">
         <v>3744</v>
-      </c>
-[...1 lines deleted...]
-        <v>3745</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="4" t="s">
-        <v>3746</v>
+        <v>3745</v>
       </c>
       <c r="B37" s="5"/>
       <c r="C37" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D37" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="6">
         <v>1</v>
       </c>
       <c r="B38" s="6" t="s">
-        <v>3747</v>
+        <v>3746</v>
       </c>
       <c r="C38" s="7">
         <v>712</v>
       </c>
       <c r="D38" s="7">
         <v>752</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="6">
         <v>2</v>
       </c>
       <c r="B39" s="6" t="s">
-        <v>3748</v>
+        <v>3747</v>
       </c>
       <c r="C39" s="7">
         <v>916</v>
       </c>
       <c r="D39" s="7">
         <v>953</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="6"/>
       <c r="B40" s="6"/>
       <c r="C40" s="6"/>
       <c r="D40" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A4:B4"/>
     <mergeCell ref="A5:B5"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="A27:B27"/>
     <mergeCell ref="A33:B33"/>
     <mergeCell ref="A37:B37"/>
   </mergeCells>
   <hyperlinks>
@@ -36269,303 +36395,303 @@
   <dimension ref="A1:D35"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D35" sqref="D35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="74.267578" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.710938" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:4">
       <c r="B2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="B3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="4" t="s">
-        <v>3749</v>
+        <v>3748</v>
       </c>
       <c r="B4" s="5"/>
       <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="4" t="s">
-        <v>3750</v>
+        <v>3749</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="6">
         <v>1</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>3751</v>
+        <v>3750</v>
       </c>
       <c r="C6" s="7" t="s">
+        <v>269</v>
+      </c>
+      <c r="D6" s="7" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="6">
         <v>2</v>
       </c>
       <c r="B7" s="6" t="s">
+        <v>3751</v>
+      </c>
+      <c r="C7" s="7" t="s">
         <v>3752</v>
       </c>
-      <c r="C7" s="7" t="s">
+      <c r="D7" s="7" t="s">
         <v>3753</v>
-      </c>
-[...1 lines deleted...]
-        <v>3754</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="6">
         <v>3</v>
       </c>
       <c r="B8" s="6" t="s">
+        <v>3754</v>
+      </c>
+      <c r="C8" s="7" t="s">
         <v>3755</v>
       </c>
-      <c r="C8" s="7" t="s">
+      <c r="D8" s="7" t="s">
         <v>3756</v>
-      </c>
-[...1 lines deleted...]
-        <v>3757</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="4" t="s">
-        <v>3758</v>
+        <v>3757</v>
       </c>
       <c r="B9" s="5"/>
       <c r="C9" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="6">
         <v>1</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>3759</v>
+        <v>3758</v>
       </c>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="6">
         <v>2</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>3760</v>
+        <v>3759</v>
       </c>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="6">
         <v>3</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>3761</v>
+        <v>3760</v>
       </c>
       <c r="C12" s="7"/>
       <c r="D12" s="7"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="4" t="s">
-        <v>3762</v>
+        <v>3761</v>
       </c>
       <c r="B13" s="5"/>
       <c r="C13" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="6">
         <v>1</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>3763</v>
+        <v>3762</v>
       </c>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="6">
         <v>2</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>3764</v>
+        <v>3763</v>
       </c>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="6">
         <v>3</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>3765</v>
+        <v>3764</v>
       </c>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="6">
         <v>4</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>3766</v>
+        <v>3765</v>
       </c>
       <c r="C17" s="7"/>
       <c r="D17" s="7"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="6">
         <v>5</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>3767</v>
+        <v>3766</v>
       </c>
       <c r="C18" s="7"/>
       <c r="D18" s="7"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="6">
         <v>6</v>
       </c>
       <c r="B19" s="6" t="s">
-        <v>3768</v>
+        <v>3767</v>
       </c>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="6">
         <v>7</v>
       </c>
       <c r="B20" s="6" t="s">
-        <v>3769</v>
+        <v>3768</v>
       </c>
       <c r="C20" s="7"/>
       <c r="D20" s="7"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="6">
         <v>8</v>
       </c>
       <c r="B21" s="6" t="s">
-        <v>3770</v>
+        <v>3769</v>
       </c>
       <c r="C21" s="7"/>
       <c r="D21" s="7"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="6">
         <v>9</v>
       </c>
       <c r="B22" s="6" t="s">
-        <v>3771</v>
+        <v>3770</v>
       </c>
       <c r="C22" s="7"/>
       <c r="D22" s="7"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="6">
         <v>10</v>
       </c>
       <c r="B23" s="6" t="s">
-        <v>3772</v>
+        <v>3771</v>
       </c>
       <c r="C23" s="7"/>
       <c r="D23" s="7"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="4" t="s">
-        <v>3773</v>
+        <v>3772</v>
       </c>
       <c r="B24" s="5"/>
       <c r="C24" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="6">
         <v>1</v>
       </c>
       <c r="B25" s="6" t="s">
+        <v>3773</v>
+      </c>
+      <c r="C25" s="7" t="s">
         <v>3774</v>
       </c>
-      <c r="C25" s="7" t="s">
+      <c r="D25" s="7" t="s">
         <v>3775</v>
-      </c>
-[...1 lines deleted...]
-        <v>3776</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="6">
         <v>2</v>
       </c>
       <c r="B26" s="6" t="s">
+        <v>3776</v>
+      </c>
+      <c r="C26" s="7" t="s">
         <v>3777</v>
-      </c>
-[...1 lines deleted...]
-        <v>1000</v>
       </c>
       <c r="D26" s="7" t="s">
         <v>3778</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="4" t="s">
         <v>3779</v>
       </c>
       <c r="B27" s="5"/>
       <c r="C27" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D27" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="6">
         <v>1</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>3780</v>
       </c>
       <c r="C28" s="7" t="s">
@@ -36617,54 +36743,54 @@
         <v>3791</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="6">
         <v>5</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>3792</v>
       </c>
       <c r="C32" s="7" t="s">
         <v>3793</v>
       </c>
       <c r="D32" s="7" t="s">
         <v>3794</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="6">
         <v>6</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>3795</v>
       </c>
       <c r="C33" s="7" t="s">
-        <v>1925</v>
+        <v>1909</v>
       </c>
       <c r="D33" s="7" t="s">
-        <v>1926</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="6">
         <v>7</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>3796</v>
       </c>
       <c r="C34" s="7" t="s">
         <v>3797</v>
       </c>
       <c r="D34" s="7" t="s">
         <v>3798</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="6"/>
       <c r="B35" s="6"/>
       <c r="C35" s="6"/>
       <c r="D35" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
@@ -37499,118 +37625,126 @@
         <v>4</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="4" t="s">
         <v>3865</v>
       </c>
       <c r="B20" s="5"/>
       <c r="C20" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D20" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="6">
         <v>1</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>3866</v>
       </c>
-      <c r="C21" s="7"/>
-      <c r="D21" s="7"/>
+      <c r="C21" s="7">
+        <v>438</v>
+      </c>
+      <c r="D21" s="7">
+        <v>455</v>
+      </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="6">
         <v>2</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>3867</v>
       </c>
-      <c r="C22" s="7"/>
-      <c r="D22" s="7"/>
+      <c r="C22" s="7">
+        <v>488</v>
+      </c>
+      <c r="D22" s="7">
+        <v>507</v>
+      </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="6">
         <v>3</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>3868</v>
       </c>
       <c r="C23" s="7"/>
       <c r="D23" s="7"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="4" t="s">
         <v>3869</v>
       </c>
       <c r="B24" s="5"/>
       <c r="C24" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="6">
         <v>1</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>3870</v>
       </c>
       <c r="C25" s="7">
-        <v>592</v>
+        <v>625</v>
       </c>
       <c r="D25" s="7">
-        <v>615</v>
+        <v>650</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="6">
         <v>2</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>3871</v>
       </c>
       <c r="C26" s="7"/>
       <c r="D26" s="7"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="6">
         <v>3</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>3872</v>
       </c>
       <c r="C27" s="7" t="s">
-        <v>1314</v>
+        <v>1319</v>
       </c>
       <c r="D27" s="7" t="s">
         <v>3873</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="4" t="s">
         <v>3874</v>
       </c>
       <c r="B28" s="5"/>
       <c r="C28" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D28" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="6">
         <v>1</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>3875</v>
       </c>
       <c r="C29" s="7"/>
@@ -37826,1510 +37960,1660 @@
     <row r="6" spans="1:4">
       <c r="A6" s="6">
         <v>2</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>442</v>
       </c>
       <c r="C6" s="7" t="s">
         <v>443</v>
       </c>
       <c r="D6" s="7" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="6">
         <v>3</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>3886</v>
       </c>
       <c r="C7" s="7" t="s">
         <v>3887</v>
       </c>
       <c r="D7" s="7" t="s">
-        <v>1767</v>
+        <v>3888</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="6">
         <v>4</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>3888</v>
+        <v>3889</v>
       </c>
       <c r="C8" s="7" t="s">
-        <v>3889</v>
+        <v>3890</v>
       </c>
       <c r="D8" s="7" t="s">
-        <v>3890</v>
+        <v>3891</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="6">
         <v>5</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>3891</v>
+        <v>3892</v>
       </c>
       <c r="C9" s="7">
-        <v>880</v>
+        <v>908</v>
       </c>
       <c r="D9" s="7">
-        <v>916</v>
+        <v>944</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="6">
         <v>6</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>3892</v>
+        <v>3893</v>
       </c>
       <c r="C10" s="7" t="s">
-        <v>845</v>
+        <v>3894</v>
       </c>
       <c r="D10" s="7" t="s">
-        <v>3893</v>
+        <v>3895</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="6">
         <v>7</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>3894</v>
+        <v>3896</v>
       </c>
       <c r="C11" s="7" t="s">
-        <v>3895</v>
+        <v>3897</v>
       </c>
       <c r="D11" s="7" t="s">
-        <v>3896</v>
+        <v>3898</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="6"/>
       <c r="B12" s="6"/>
       <c r="C12" s="6"/>
       <c r="D12" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A4:B4"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_7"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D87"/>
+  <dimension ref="A1:D95"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D87" sqref="D87"/>
+      <selection activeCell="D95" sqref="D95"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="65.983887" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.710938" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:4">
       <c r="B2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="B3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="4" t="s">
-        <v>3897</v>
+        <v>3899</v>
       </c>
       <c r="B4" s="5"/>
       <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="4" t="s">
-        <v>3898</v>
+        <v>1297</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="6">
         <v>1</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="C6" s="7" t="s">
-        <v>1044</v>
+        <v>1299</v>
       </c>
       <c r="D6" s="7" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="6">
         <v>2</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="C7" s="7" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
       <c r="D7" s="7" t="s">
-        <v>1301</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="6">
         <v>3</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>1302</v>
+        <v>1304</v>
       </c>
       <c r="C8" s="7" t="s">
-        <v>1303</v>
+        <v>1305</v>
       </c>
       <c r="D8" s="7" t="s">
-        <v>1304</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="6">
         <v>4</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
       <c r="C9" s="7" t="s">
-        <v>1306</v>
+        <v>1308</v>
       </c>
       <c r="D9" s="7" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="10" spans="1:4">
-      <c r="A10" s="4" t="s">
-[...6 lines deleted...]
-      <c r="D10" s="5" t="s">
+      <c r="A10" s="6">
         <v>5</v>
       </c>
+      <c r="B10" s="6" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C10" s="7"/>
+      <c r="D10" s="7"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="6">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>3900</v>
-[...6 lines deleted...]
-      </c>
+        <v>1311</v>
+      </c>
+      <c r="C11" s="7"/>
+      <c r="D11" s="7"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="6">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>3901</v>
-[...6 lines deleted...]
-      </c>
+        <v>1312</v>
+      </c>
+      <c r="C12" s="7"/>
+      <c r="D12" s="7"/>
     </row>
     <row r="13" spans="1:4">
-      <c r="A13" s="6">
-[...9 lines deleted...]
-        <v>741</v>
+      <c r="A13" s="4" t="s">
+        <v>3900</v>
+      </c>
+      <c r="B13" s="5"/>
+      <c r="C13" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="D13" s="5" t="s">
+        <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="6">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>3903</v>
-[...5 lines deleted...]
-        <v>910</v>
+        <v>3901</v>
+      </c>
+      <c r="C14" s="7" t="s">
+        <v>2335</v>
+      </c>
+      <c r="D14" s="7" t="s">
+        <v>1600</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="6">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>3904</v>
-[...5 lines deleted...]
-        <v>41</v>
+        <v>3902</v>
+      </c>
+      <c r="C15" s="7">
+        <v>625</v>
+      </c>
+      <c r="D15" s="7">
+        <v>650</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="6">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>3906</v>
-[...5 lines deleted...]
-        <v>3557</v>
+        <v>3903</v>
+      </c>
+      <c r="C16" s="7">
+        <v>713</v>
+      </c>
+      <c r="D16" s="7">
+        <v>741</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="6">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>3908</v>
-[...5 lines deleted...]
-        <v>3909</v>
+        <v>3904</v>
+      </c>
+      <c r="C17" s="7">
+        <v>875</v>
+      </c>
+      <c r="D17" s="7">
+        <v>910</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="6">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>3910</v>
+        <v>3905</v>
       </c>
       <c r="C18" s="7" t="s">
-        <v>972</v>
+        <v>3906</v>
       </c>
       <c r="D18" s="7" t="s">
-        <v>973</v>
+        <v>41</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="6">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="B19" s="6" t="s">
-        <v>3911</v>
+        <v>3907</v>
       </c>
       <c r="C19" s="7" t="s">
-        <v>3912</v>
+        <v>3908</v>
       </c>
       <c r="D19" s="7" t="s">
-        <v>1762</v>
+        <v>3560</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="6">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="B20" s="6" t="s">
-        <v>3913</v>
+        <v>3909</v>
       </c>
       <c r="C20" s="7" t="s">
-        <v>3914</v>
+        <v>1792</v>
       </c>
       <c r="D20" s="7" t="s">
-        <v>796</v>
+        <v>3910</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="6">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B21" s="6" t="s">
-        <v>3915</v>
+        <v>3911</v>
       </c>
       <c r="C21" s="7" t="s">
-        <v>2337</v>
+        <v>970</v>
       </c>
       <c r="D21" s="7" t="s">
-        <v>1594</v>
+        <v>971</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="6">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="B22" s="6" t="s">
-        <v>3916</v>
+        <v>3912</v>
       </c>
       <c r="C22" s="7" t="s">
-        <v>3684</v>
+        <v>3913</v>
       </c>
       <c r="D22" s="7" t="s">
-        <v>797</v>
+        <v>3914</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="6">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B23" s="6" t="s">
-        <v>3917</v>
+        <v>3915</v>
       </c>
       <c r="C23" s="7" t="s">
-        <v>1738</v>
+        <v>2288</v>
       </c>
       <c r="D23" s="7" t="s">
-        <v>1673</v>
+        <v>3916</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="6">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="B24" s="6" t="s">
-        <v>3918</v>
+        <v>3917</v>
       </c>
       <c r="C24" s="7" t="s">
-        <v>433</v>
+        <v>2335</v>
       </c>
       <c r="D24" s="7" t="s">
-        <v>434</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="6">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="B25" s="6" t="s">
-        <v>3919</v>
+        <v>3918</v>
       </c>
       <c r="C25" s="7" t="s">
-        <v>1738</v>
+        <v>3682</v>
       </c>
       <c r="D25" s="7" t="s">
-        <v>1673</v>
+        <v>3683</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="6">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="B26" s="6" t="s">
+        <v>3919</v>
+      </c>
+      <c r="C26" s="7" t="s">
         <v>3920</v>
       </c>
-      <c r="C26" s="7" t="s">
+      <c r="D26" s="7" t="s">
         <v>3921</v>
-      </c>
-[...1 lines deleted...]
-        <v>3922</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="6">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="B27" s="6" t="s">
-        <v>3923</v>
+        <v>3922</v>
       </c>
       <c r="C27" s="7" t="s">
-        <v>3924</v>
+        <v>2305</v>
       </c>
       <c r="D27" s="7" t="s">
-        <v>3925</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="6">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="B28" s="6" t="s">
-        <v>3926</v>
+        <v>3923</v>
       </c>
       <c r="C28" s="7" t="s">
-        <v>3927</v>
+        <v>3920</v>
       </c>
       <c r="D28" s="7" t="s">
-        <v>3928</v>
+        <v>3921</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="6">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B29" s="6" t="s">
-        <v>3929</v>
+        <v>3924</v>
       </c>
       <c r="C29" s="7" t="s">
-        <v>3930</v>
+        <v>3925</v>
       </c>
       <c r="D29" s="7" t="s">
-        <v>3931</v>
+        <v>3926</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="6">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="B30" s="6" t="s">
+        <v>3927</v>
+      </c>
+      <c r="C30" s="7" t="s">
+        <v>3928</v>
+      </c>
+      <c r="D30" s="7" t="s">
+        <v>3929</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4">
+      <c r="A31" s="6">
+        <v>18</v>
+      </c>
+      <c r="B31" s="6" t="s">
+        <v>3930</v>
+      </c>
+      <c r="C31" s="7" t="s">
+        <v>3931</v>
+      </c>
+      <c r="D31" s="7" t="s">
         <v>3932</v>
-      </c>
-[...16 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="6">
-        <v>1</v>
+        <v>19</v>
       </c>
       <c r="B32" s="6" t="s">
-        <v>3936</v>
-[...2 lines deleted...]
-      <c r="D32" s="7"/>
+        <v>3933</v>
+      </c>
+      <c r="C32" s="7" t="s">
+        <v>3934</v>
+      </c>
+      <c r="D32" s="7" t="s">
+        <v>3935</v>
+      </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="6">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="B33" s="6" t="s">
+        <v>3936</v>
+      </c>
+      <c r="C33" s="7" t="s">
         <v>3937</v>
       </c>
-      <c r="C33" s="7"/>
-      <c r="D33" s="7"/>
+      <c r="D33" s="7" t="s">
+        <v>3938</v>
+      </c>
     </row>
     <row r="34" spans="1:4">
-      <c r="A34" s="6">
-[...6 lines deleted...]
-      <c r="D34" s="7"/>
+      <c r="A34" s="4" t="s">
+        <v>3939</v>
+      </c>
+      <c r="B34" s="5"/>
+      <c r="C34" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="D34" s="5" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="35" spans="1:4">
-      <c r="A35" s="4" t="s">
-[...8 lines deleted...]
-      </c>
+      <c r="A35" s="6">
+        <v>1</v>
+      </c>
+      <c r="B35" s="6" t="s">
+        <v>3940</v>
+      </c>
+      <c r="C35" s="7"/>
+      <c r="D35" s="7"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="6">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B36" s="6" t="s">
-        <v>3940</v>
+        <v>3941</v>
       </c>
       <c r="C36" s="7"/>
       <c r="D36" s="7"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B37" s="6" t="s">
-        <v>3941</v>
+        <v>3942</v>
       </c>
       <c r="C37" s="7"/>
       <c r="D37" s="7"/>
     </row>
     <row r="38" spans="1:4">
-      <c r="A38" s="6">
-[...6 lines deleted...]
-      <c r="D38" s="7"/>
+      <c r="A38" s="4" t="s">
+        <v>3943</v>
+      </c>
+      <c r="B38" s="5"/>
+      <c r="C38" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="D38" s="5" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="39" spans="1:4">
-      <c r="A39" s="4" t="s">
-[...8 lines deleted...]
-      </c>
+      <c r="A39" s="6">
+        <v>1</v>
+      </c>
+      <c r="B39" s="6" t="s">
+        <v>3944</v>
+      </c>
+      <c r="C39" s="7"/>
+      <c r="D39" s="7"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="6">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B40" s="6" t="s">
-        <v>3944</v>
-[...6 lines deleted...]
-      </c>
+        <v>3945</v>
+      </c>
+      <c r="C40" s="7"/>
+      <c r="D40" s="7"/>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B41" s="6" t="s">
-        <v>3945</v>
-[...1 lines deleted...]
-      <c r="C41" s="7" t="s">
         <v>3946</v>
       </c>
-      <c r="D41" s="7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C41" s="7"/>
+      <c r="D41" s="7"/>
     </row>
     <row r="42" spans="1:4">
-      <c r="A42" s="6">
-[...2 lines deleted...]
-      <c r="B42" s="6" t="s">
+      <c r="A42" s="4" t="s">
         <v>3947</v>
       </c>
-      <c r="C42" s="7" t="s">
-[...3 lines deleted...]
-        <v>3949</v>
+      <c r="B42" s="5"/>
+      <c r="C42" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="D42" s="5" t="s">
+        <v>5</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="6">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="B43" s="6" t="s">
+        <v>3948</v>
+      </c>
+      <c r="C43" s="7" t="s">
+        <v>970</v>
+      </c>
+      <c r="D43" s="7" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4">
+      <c r="A44" s="6">
+        <v>2</v>
+      </c>
+      <c r="B44" s="6" t="s">
+        <v>3949</v>
+      </c>
+      <c r="C44" s="7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="D44" s="7" t="s">
+        <v>1603</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4">
+      <c r="A45" s="6">
+        <v>3</v>
+      </c>
+      <c r="B45" s="6" t="s">
         <v>3950</v>
       </c>
-      <c r="C43" s="7" t="s">
-[...27 lines deleted...]
-        <v>5</v>
+      <c r="C45" s="7" t="s">
+        <v>979</v>
+      </c>
+      <c r="D45" s="7" t="s">
+        <v>980</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="6">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="B46" s="6" t="s">
-        <v>3955</v>
+        <v>3951</v>
       </c>
       <c r="C46" s="7" t="s">
-        <v>2302</v>
+        <v>3952</v>
       </c>
       <c r="D46" s="7" t="s">
-        <v>3956</v>
+        <v>3953</v>
       </c>
     </row>
     <row r="47" spans="1:4">
-      <c r="A47" s="6">
-[...9 lines deleted...]
-        <v>3958</v>
+      <c r="A47" s="4" t="s">
+        <v>3954</v>
+      </c>
+      <c r="B47" s="5"/>
+      <c r="C47" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="D47" s="5" t="s">
+        <v>5</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="6">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="B48" s="6" t="s">
-        <v>3959</v>
+        <v>3955</v>
       </c>
       <c r="C48" s="7" t="s">
-        <v>3960</v>
+        <v>3956</v>
       </c>
       <c r="D48" s="7" t="s">
-        <v>2034</v>
+        <v>3957</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="B49" s="6" t="s">
-        <v>3961</v>
+        <v>3958</v>
       </c>
       <c r="C49" s="7" t="s">
-        <v>3962</v>
+        <v>3959</v>
       </c>
       <c r="D49" s="7" t="s">
-        <v>3963</v>
+        <v>3960</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="6">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="B50" s="6" t="s">
-        <v>3964</v>
+        <v>3961</v>
       </c>
       <c r="C50" s="7" t="s">
-        <v>3965</v>
+        <v>3962</v>
       </c>
       <c r="D50" s="7" t="s">
-        <v>3966</v>
+        <v>3963</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="6">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="B51" s="6" t="s">
+        <v>3964</v>
+      </c>
+      <c r="C51" s="7" t="s">
+        <v>3965</v>
+      </c>
+      <c r="D51" s="7" t="s">
+        <v>3966</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4">
+      <c r="A52" s="4" t="s">
         <v>3967</v>
       </c>
-      <c r="C51" s="7" t="s">
-[...17 lines deleted...]
-        <v>3526</v>
+      <c r="B52" s="5"/>
+      <c r="C52" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="D52" s="5" t="s">
+        <v>5</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="4" t="s">
-        <v>3972</v>
+        <v>3968</v>
       </c>
       <c r="B53" s="5"/>
       <c r="C53" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D53" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="6">
         <v>1</v>
       </c>
       <c r="B54" s="6" t="s">
-        <v>3973</v>
+        <v>3969</v>
       </c>
       <c r="C54" s="7" t="s">
-        <v>882</v>
+        <v>3970</v>
       </c>
       <c r="D54" s="7" t="s">
-        <v>134</v>
+        <v>3971</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="6">
         <v>2</v>
       </c>
       <c r="B55" s="6" t="s">
+        <v>3972</v>
+      </c>
+      <c r="C55" s="7" t="s">
+        <v>3973</v>
+      </c>
+      <c r="D55" s="7" t="s">
         <v>3974</v>
-      </c>
-[...4 lines deleted...]
-        <v>3976</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="6">
         <v>3</v>
       </c>
       <c r="B56" s="6" t="s">
+        <v>3975</v>
+      </c>
+      <c r="C56" s="7" t="s">
+        <v>3976</v>
+      </c>
+      <c r="D56" s="7" t="s">
         <v>3977</v>
-      </c>
-[...4 lines deleted...]
-        <v>3979</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="6">
         <v>4</v>
       </c>
       <c r="B57" s="6" t="s">
+        <v>3978</v>
+      </c>
+      <c r="C57" s="7" t="s">
+        <v>3979</v>
+      </c>
+      <c r="D57" s="7" t="s">
         <v>3980</v>
-      </c>
-[...4 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="6">
         <v>5</v>
       </c>
       <c r="B58" s="6" t="s">
         <v>3981</v>
       </c>
       <c r="C58" s="7" t="s">
         <v>3982</v>
       </c>
       <c r="D58" s="7" t="s">
         <v>3983</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="6">
         <v>6</v>
       </c>
       <c r="B59" s="6" t="s">
         <v>3984</v>
       </c>
       <c r="C59" s="7" t="s">
         <v>3985</v>
       </c>
       <c r="D59" s="7" t="s">
-        <v>3118</v>
+        <v>3986</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="6">
         <v>7</v>
       </c>
       <c r="B60" s="6" t="s">
-        <v>3986</v>
+        <v>3987</v>
       </c>
       <c r="C60" s="7" t="s">
-        <v>3987</v>
+        <v>3988</v>
       </c>
       <c r="D60" s="7" t="s">
-        <v>3988</v>
+        <v>3530</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="4" t="s">
         <v>3989</v>
       </c>
       <c r="B61" s="5"/>
       <c r="C61" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D61" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="6">
         <v>1</v>
       </c>
       <c r="B62" s="6" t="s">
         <v>3990</v>
       </c>
       <c r="C62" s="7" t="s">
-        <v>156</v>
+        <v>881</v>
       </c>
       <c r="D62" s="7" t="s">
-        <v>2339</v>
+        <v>134</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="6">
         <v>2</v>
       </c>
       <c r="B63" s="6" t="s">
         <v>3991</v>
       </c>
       <c r="C63" s="7" t="s">
-        <v>1738</v>
+        <v>3992</v>
       </c>
       <c r="D63" s="7" t="s">
-        <v>1673</v>
+        <v>3993</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="6">
         <v>3</v>
       </c>
       <c r="B64" s="6" t="s">
-        <v>3992</v>
+        <v>3994</v>
       </c>
       <c r="C64" s="7" t="s">
-        <v>3993</v>
+        <v>3995</v>
       </c>
       <c r="D64" s="7" t="s">
-        <v>3994</v>
+        <v>3996</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="6">
         <v>4</v>
       </c>
       <c r="B65" s="6" t="s">
-        <v>3995</v>
+        <v>3997</v>
       </c>
       <c r="C65" s="7" t="s">
-        <v>459</v>
+        <v>3998</v>
       </c>
       <c r="D65" s="7" t="s">
-        <v>3996</v>
+        <v>3999</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="6">
         <v>5</v>
       </c>
       <c r="B66" s="6" t="s">
-        <v>3997</v>
+        <v>4000</v>
       </c>
       <c r="C66" s="7" t="s">
-        <v>792</v>
+        <v>1090</v>
       </c>
       <c r="D66" s="7" t="s">
-        <v>3998</v>
+        <v>4001</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="6">
         <v>6</v>
       </c>
       <c r="B67" s="6" t="s">
-        <v>3999</v>
+        <v>4002</v>
       </c>
       <c r="C67" s="7" t="s">
-        <v>4000</v>
+        <v>4003</v>
       </c>
       <c r="D67" s="7" t="s">
-        <v>4001</v>
+        <v>3117</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="6">
         <v>7</v>
       </c>
       <c r="B68" s="6" t="s">
-        <v>4002</v>
+        <v>4004</v>
       </c>
       <c r="C68" s="7" t="s">
-        <v>459</v>
+        <v>4005</v>
       </c>
       <c r="D68" s="7" t="s">
-        <v>3996</v>
+        <v>4006</v>
       </c>
     </row>
     <row r="69" spans="1:4">
-      <c r="A69" s="6">
-[...9 lines deleted...]
-        <v>425</v>
+      <c r="A69" s="4" t="s">
+        <v>4007</v>
+      </c>
+      <c r="B69" s="5"/>
+      <c r="C69" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="D69" s="5" t="s">
+        <v>5</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="6">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="B70" s="6" t="s">
-        <v>4005</v>
+        <v>4008</v>
       </c>
       <c r="C70" s="7" t="s">
-        <v>4006</v>
+        <v>156</v>
       </c>
       <c r="D70" s="7" t="s">
-        <v>4007</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="6">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="B71" s="6" t="s">
-        <v>4008</v>
+        <v>4009</v>
       </c>
       <c r="C71" s="7" t="s">
-        <v>3914</v>
+        <v>3920</v>
       </c>
       <c r="D71" s="7" t="s">
-        <v>796</v>
+        <v>3921</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="6">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="B72" s="6" t="s">
-        <v>4009</v>
+        <v>4010</v>
       </c>
       <c r="C72" s="7" t="s">
-        <v>4010</v>
+        <v>4011</v>
       </c>
       <c r="D72" s="7" t="s">
-        <v>29</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="6">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="B73" s="6" t="s">
-        <v>4011</v>
+        <v>4013</v>
       </c>
       <c r="C73" s="7" t="s">
-        <v>978</v>
+        <v>4014</v>
       </c>
       <c r="D73" s="7" t="s">
-        <v>979</v>
+        <v>4015</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="6">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="B74" s="6" t="s">
-        <v>4012</v>
+        <v>4016</v>
       </c>
       <c r="C74" s="7" t="s">
-        <v>981</v>
+        <v>4017</v>
       </c>
       <c r="D74" s="7" t="s">
-        <v>982</v>
+        <v>2279</v>
       </c>
     </row>
     <row r="75" spans="1:4">
-      <c r="A75" s="4" t="s">
-[...7 lines deleted...]
-        <v>5</v>
+      <c r="A75" s="6">
+        <v>6</v>
+      </c>
+      <c r="B75" s="6" t="s">
+        <v>4018</v>
+      </c>
+      <c r="C75" s="7" t="s">
+        <v>4019</v>
+      </c>
+      <c r="D75" s="7" t="s">
+        <v>4020</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="6">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="B76" s="6" t="s">
+        <v>4021</v>
+      </c>
+      <c r="C76" s="7" t="s">
         <v>4014</v>
       </c>
-      <c r="C76" s="7"/>
-      <c r="D76" s="7"/>
+      <c r="D76" s="7" t="s">
+        <v>4015</v>
+      </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="6">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="B77" s="6" t="s">
-        <v>4015</v>
-[...2 lines deleted...]
-      <c r="D77" s="7"/>
+        <v>4022</v>
+      </c>
+      <c r="C77" s="7" t="s">
+        <v>4023</v>
+      </c>
+      <c r="D77" s="7" t="s">
+        <v>1620</v>
+      </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="6">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="B78" s="6" t="s">
-        <v>4016</v>
-[...2 lines deleted...]
-      <c r="D78" s="7"/>
+        <v>4024</v>
+      </c>
+      <c r="C78" s="7" t="s">
+        <v>4025</v>
+      </c>
+      <c r="D78" s="7" t="s">
+        <v>4026</v>
+      </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="6">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="B79" s="6" t="s">
-        <v>4017</v>
-[...2 lines deleted...]
-      <c r="D79" s="7"/>
+        <v>4027</v>
+      </c>
+      <c r="C79" s="7" t="s">
+        <v>2288</v>
+      </c>
+      <c r="D79" s="7" t="s">
+        <v>3916</v>
+      </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="6">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B80" s="6" t="s">
-        <v>4018</v>
-[...2 lines deleted...]
-      <c r="D80" s="7"/>
+        <v>4028</v>
+      </c>
+      <c r="C80" s="7" t="s">
+        <v>4029</v>
+      </c>
+      <c r="D80" s="7" t="s">
+        <v>4030</v>
+      </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="6">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="B81" s="6" t="s">
-        <v>4019</v>
-[...2 lines deleted...]
-      <c r="D81" s="7"/>
+        <v>4031</v>
+      </c>
+      <c r="C81" s="7" t="s">
+        <v>976</v>
+      </c>
+      <c r="D81" s="7" t="s">
+        <v>977</v>
+      </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="6">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B82" s="6" t="s">
-        <v>4020</v>
-[...2 lines deleted...]
-      <c r="D82" s="7"/>
+        <v>4032</v>
+      </c>
+      <c r="C82" s="7" t="s">
+        <v>979</v>
+      </c>
+      <c r="D82" s="7" t="s">
+        <v>980</v>
+      </c>
     </row>
     <row r="83" spans="1:4">
-      <c r="A83" s="6">
-[...6 lines deleted...]
-      <c r="D83" s="7"/>
+      <c r="A83" s="4" t="s">
+        <v>4033</v>
+      </c>
+      <c r="B83" s="5"/>
+      <c r="C83" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="D83" s="5" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="6">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="B84" s="6" t="s">
-        <v>4022</v>
-[...2 lines deleted...]
-      <c r="D84" s="7"/>
+        <v>4034</v>
+      </c>
+      <c r="C84" s="7" t="s">
+        <v>4035</v>
+      </c>
+      <c r="D84" s="7" t="s">
+        <v>4036</v>
+      </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="6">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="B85" s="6" t="s">
-        <v>4023</v>
-[...2 lines deleted...]
-      <c r="D85" s="7"/>
+        <v>4037</v>
+      </c>
+      <c r="C85" s="7" t="s">
+        <v>1912</v>
+      </c>
+      <c r="D85" s="7" t="s">
+        <v>1913</v>
+      </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="6">
+        <v>3</v>
+      </c>
+      <c r="B86" s="6" t="s">
+        <v>4038</v>
+      </c>
+      <c r="C86" s="7" t="s">
+        <v>4039</v>
+      </c>
+      <c r="D86" s="7" t="s">
+        <v>4040</v>
+      </c>
+    </row>
+    <row r="87" spans="1:4">
+      <c r="A87" s="6">
+        <v>4</v>
+      </c>
+      <c r="B87" s="6" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C87" s="7" t="s">
+        <v>985</v>
+      </c>
+      <c r="D87" s="7" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="88" spans="1:4">
+      <c r="A88" s="6">
+        <v>5</v>
+      </c>
+      <c r="B88" s="6" t="s">
+        <v>4042</v>
+      </c>
+      <c r="C88" s="7" t="s">
+        <v>4043</v>
+      </c>
+      <c r="D88" s="7" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="89" spans="1:4">
+      <c r="A89" s="6">
+        <v>6</v>
+      </c>
+      <c r="B89" s="6" t="s">
+        <v>4044</v>
+      </c>
+      <c r="C89" s="7" t="s">
+        <v>4045</v>
+      </c>
+      <c r="D89" s="7" t="s">
+        <v>4046</v>
+      </c>
+    </row>
+    <row r="90" spans="1:4">
+      <c r="A90" s="6">
+        <v>7</v>
+      </c>
+      <c r="B90" s="6" t="s">
+        <v>4047</v>
+      </c>
+      <c r="C90" s="7" t="s">
+        <v>4048</v>
+      </c>
+      <c r="D90" s="7" t="s">
+        <v>4049</v>
+      </c>
+    </row>
+    <row r="91" spans="1:4">
+      <c r="A91" s="6">
+        <v>8</v>
+      </c>
+      <c r="B91" s="6" t="s">
+        <v>4050</v>
+      </c>
+      <c r="C91" s="7" t="s">
+        <v>1811</v>
+      </c>
+      <c r="D91" s="7" t="s">
+        <v>1812</v>
+      </c>
+    </row>
+    <row r="92" spans="1:4">
+      <c r="A92" s="6">
+        <v>9</v>
+      </c>
+      <c r="B92" s="6" t="s">
+        <v>4051</v>
+      </c>
+      <c r="C92" s="7" t="s">
+        <v>4052</v>
+      </c>
+      <c r="D92" s="7" t="s">
+        <v>4053</v>
+      </c>
+    </row>
+    <row r="93" spans="1:4">
+      <c r="A93" s="6">
+        <v>10</v>
+      </c>
+      <c r="B93" s="6" t="s">
+        <v>4054</v>
+      </c>
+      <c r="C93" s="7" t="s">
+        <v>691</v>
+      </c>
+      <c r="D93" s="7" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="94" spans="1:4">
+      <c r="A94" s="6">
         <v>11</v>
       </c>
-      <c r="B86" s="6" t="s">
-[...9 lines deleted...]
-      <c r="D87" s="6"/>
+      <c r="B94" s="6" t="s">
+        <v>4055</v>
+      </c>
+      <c r="C94" s="7" t="s">
+        <v>4056</v>
+      </c>
+      <c r="D94" s="7" t="s">
+        <v>4057</v>
+      </c>
+    </row>
+    <row r="95" spans="1:4">
+      <c r="A95" s="6"/>
+      <c r="B95" s="6"/>
+      <c r="C95" s="6"/>
+      <c r="D95" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A4:B4"/>
     <mergeCell ref="A5:B5"/>
-    <mergeCell ref="A10:B10"/>
-[...4 lines deleted...]
-    <mergeCell ref="A45:B45"/>
+    <mergeCell ref="A13:B13"/>
+    <mergeCell ref="A34:B34"/>
+    <mergeCell ref="A38:B38"/>
+    <mergeCell ref="A42:B42"/>
+    <mergeCell ref="A47:B47"/>
+    <mergeCell ref="A52:B52"/>
     <mergeCell ref="A53:B53"/>
     <mergeCell ref="A61:B61"/>
-    <mergeCell ref="A75:B75"/>
+    <mergeCell ref="A69:B69"/>
+    <mergeCell ref="A83:B83"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B6" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_4"/>
-    <hyperlink ref="B11" r:id="rId_hyperlink_5"/>
-[...1 lines deleted...]
-    <hyperlink ref="B13" r:id="rId_hyperlink_7"/>
+    <hyperlink ref="B10" r:id="rId_hyperlink_5"/>
+    <hyperlink ref="B11" r:id="rId_hyperlink_6"/>
+    <hyperlink ref="B12" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B23" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B24" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B25" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B26" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B27" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B28" r:id="rId_hyperlink_22"/>
     <hyperlink ref="B29" r:id="rId_hyperlink_23"/>
     <hyperlink ref="B30" r:id="rId_hyperlink_24"/>
-    <hyperlink ref="B32" r:id="rId_hyperlink_25"/>
-[...7 lines deleted...]
-    <hyperlink ref="B42" r:id="rId_hyperlink_33"/>
+    <hyperlink ref="B31" r:id="rId_hyperlink_25"/>
+    <hyperlink ref="B32" r:id="rId_hyperlink_26"/>
+    <hyperlink ref="B33" r:id="rId_hyperlink_27"/>
+    <hyperlink ref="B35" r:id="rId_hyperlink_28"/>
+    <hyperlink ref="B36" r:id="rId_hyperlink_29"/>
+    <hyperlink ref="B37" r:id="rId_hyperlink_30"/>
+    <hyperlink ref="B39" r:id="rId_hyperlink_31"/>
+    <hyperlink ref="B40" r:id="rId_hyperlink_32"/>
+    <hyperlink ref="B41" r:id="rId_hyperlink_33"/>
     <hyperlink ref="B43" r:id="rId_hyperlink_34"/>
-    <hyperlink ref="B46" r:id="rId_hyperlink_35"/>
-[...5 lines deleted...]
-    <hyperlink ref="B52" r:id="rId_hyperlink_41"/>
+    <hyperlink ref="B44" r:id="rId_hyperlink_35"/>
+    <hyperlink ref="B45" r:id="rId_hyperlink_36"/>
+    <hyperlink ref="B46" r:id="rId_hyperlink_37"/>
+    <hyperlink ref="B48" r:id="rId_hyperlink_38"/>
+    <hyperlink ref="B49" r:id="rId_hyperlink_39"/>
+    <hyperlink ref="B50" r:id="rId_hyperlink_40"/>
+    <hyperlink ref="B51" r:id="rId_hyperlink_41"/>
     <hyperlink ref="B54" r:id="rId_hyperlink_42"/>
     <hyperlink ref="B55" r:id="rId_hyperlink_43"/>
     <hyperlink ref="B56" r:id="rId_hyperlink_44"/>
     <hyperlink ref="B57" r:id="rId_hyperlink_45"/>
     <hyperlink ref="B58" r:id="rId_hyperlink_46"/>
     <hyperlink ref="B59" r:id="rId_hyperlink_47"/>
     <hyperlink ref="B60" r:id="rId_hyperlink_48"/>
     <hyperlink ref="B62" r:id="rId_hyperlink_49"/>
     <hyperlink ref="B63" r:id="rId_hyperlink_50"/>
     <hyperlink ref="B64" r:id="rId_hyperlink_51"/>
     <hyperlink ref="B65" r:id="rId_hyperlink_52"/>
     <hyperlink ref="B66" r:id="rId_hyperlink_53"/>
     <hyperlink ref="B67" r:id="rId_hyperlink_54"/>
     <hyperlink ref="B68" r:id="rId_hyperlink_55"/>
-    <hyperlink ref="B69" r:id="rId_hyperlink_56"/>
-[...4 lines deleted...]
-    <hyperlink ref="B74" r:id="rId_hyperlink_61"/>
+    <hyperlink ref="B70" r:id="rId_hyperlink_56"/>
+    <hyperlink ref="B71" r:id="rId_hyperlink_57"/>
+    <hyperlink ref="B72" r:id="rId_hyperlink_58"/>
+    <hyperlink ref="B73" r:id="rId_hyperlink_59"/>
+    <hyperlink ref="B74" r:id="rId_hyperlink_60"/>
+    <hyperlink ref="B75" r:id="rId_hyperlink_61"/>
     <hyperlink ref="B76" r:id="rId_hyperlink_62"/>
     <hyperlink ref="B77" r:id="rId_hyperlink_63"/>
     <hyperlink ref="B78" r:id="rId_hyperlink_64"/>
     <hyperlink ref="B79" r:id="rId_hyperlink_65"/>
     <hyperlink ref="B80" r:id="rId_hyperlink_66"/>
     <hyperlink ref="B81" r:id="rId_hyperlink_67"/>
     <hyperlink ref="B82" r:id="rId_hyperlink_68"/>
-    <hyperlink ref="B83" r:id="rId_hyperlink_69"/>
-[...2 lines deleted...]
-    <hyperlink ref="B86" r:id="rId_hyperlink_72"/>
+    <hyperlink ref="B84" r:id="rId_hyperlink_69"/>
+    <hyperlink ref="B85" r:id="rId_hyperlink_70"/>
+    <hyperlink ref="B86" r:id="rId_hyperlink_71"/>
+    <hyperlink ref="B87" r:id="rId_hyperlink_72"/>
+    <hyperlink ref="B88" r:id="rId_hyperlink_73"/>
+    <hyperlink ref="B89" r:id="rId_hyperlink_74"/>
+    <hyperlink ref="B90" r:id="rId_hyperlink_75"/>
+    <hyperlink ref="B91" r:id="rId_hyperlink_76"/>
+    <hyperlink ref="B92" r:id="rId_hyperlink_77"/>
+    <hyperlink ref="B93" r:id="rId_hyperlink_78"/>
+    <hyperlink ref="B94" r:id="rId_hyperlink_79"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D127"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D127" sqref="D127"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="68.269043" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.710938" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:4">
       <c r="B2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="B3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="4" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="B4" s="5"/>
       <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="4" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="6">
         <v>1</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="C6" s="7"/>
       <c r="D6" s="7"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="6">
         <v>2</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="C7" s="7" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="D7" s="7" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="6">
         <v>3</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="C8" s="7" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="D8" s="7" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="6">
         <v>4</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="C9" s="7" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="D9" s="7" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="6">
         <v>5</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="C10" s="7" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="D10" s="7" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="6">
         <v>6</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="C11" s="7" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="D11" s="7" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="6">
         <v>7</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="C12" s="7" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="D12" s="7" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="6">
         <v>8</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="C13" s="7" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="D13" s="7" t="s">
-        <v>723</v>
+        <v>584</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="6">
         <v>9</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>724</v>
       </c>
       <c r="C14" s="7" t="s">
         <v>725</v>
       </c>
       <c r="D14" s="7" t="s">
         <v>726</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="6">
         <v>10</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>727</v>
       </c>
       <c r="C15" s="7" t="s">
         <v>728</v>
@@ -39364,1536 +39648,1536 @@
       </c>
       <c r="D17" s="7" t="s">
         <v>735</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="4" t="s">
         <v>736</v>
       </c>
       <c r="B18" s="5"/>
       <c r="C18" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D18" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="6">
         <v>1</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>737</v>
       </c>
       <c r="C19" s="7">
-        <v>381</v>
+        <v>419</v>
       </c>
       <c r="D19" s="7">
-        <v>397</v>
+        <v>437</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="6">
         <v>2</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>738</v>
       </c>
       <c r="C20" s="7" t="s">
         <v>739</v>
       </c>
       <c r="D20" s="7" t="s">
         <v>740</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="6">
         <v>3</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>741</v>
       </c>
       <c r="C21" s="7" t="s">
         <v>742</v>
       </c>
       <c r="D21" s="7" t="s">
         <v>743</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="6">
         <v>4</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>744</v>
       </c>
       <c r="C22" s="7">
-        <v>572</v>
+        <v>629</v>
       </c>
       <c r="D22" s="7">
-        <v>596</v>
+        <v>656</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="6">
         <v>5</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>745</v>
       </c>
       <c r="C23" s="7">
-        <v>436</v>
+        <v>479</v>
       </c>
       <c r="D23" s="7">
-        <v>454</v>
+        <v>500</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="6">
         <v>6</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>746</v>
       </c>
       <c r="C24" s="7">
-        <v>273</v>
+        <v>300</v>
       </c>
       <c r="D24" s="7">
-        <v>285</v>
+        <v>313</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="6">
         <v>7</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>747</v>
       </c>
       <c r="C25" s="7">
-        <v>490</v>
+        <v>539</v>
       </c>
       <c r="D25" s="7">
-        <v>511</v>
+        <v>563</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="6">
         <v>8</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>748</v>
       </c>
       <c r="C26" s="7" t="s">
         <v>749</v>
       </c>
       <c r="D26" s="7" t="s">
         <v>750</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="6">
         <v>9</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>751</v>
       </c>
       <c r="C27" s="7">
-        <v>328</v>
+        <v>360</v>
       </c>
       <c r="D27" s="7">
-        <v>342</v>
+        <v>376</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="6">
         <v>10</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>752</v>
       </c>
       <c r="C28" s="7">
-        <v>232</v>
+        <v>255</v>
       </c>
       <c r="D28" s="7">
-        <v>242</v>
+        <v>266</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="6">
         <v>11</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>753</v>
       </c>
       <c r="C29" s="7" t="s">
         <v>754</v>
       </c>
       <c r="D29" s="7" t="s">
         <v>755</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="6">
         <v>12</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>756</v>
       </c>
       <c r="C30" s="7">
-        <v>163</v>
+        <v>180</v>
       </c>
       <c r="D30" s="7">
-        <v>170</v>
+        <v>187</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="6">
         <v>13</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>757</v>
       </c>
       <c r="C31" s="7">
-        <v>149</v>
+        <v>164</v>
       </c>
       <c r="D31" s="7">
-        <v>156</v>
+        <v>171</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="4" t="s">
         <v>758</v>
       </c>
       <c r="B32" s="5"/>
       <c r="C32" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D32" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="6">
         <v>1</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>759</v>
       </c>
       <c r="C33" s="7">
-        <v>474</v>
+        <v>521</v>
       </c>
       <c r="D33" s="7">
-        <v>494</v>
+        <v>543</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="6">
         <v>2</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>760</v>
       </c>
       <c r="C34" s="7">
-        <v>270</v>
+        <v>297</v>
       </c>
       <c r="D34" s="7">
-        <v>282</v>
+        <v>310</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="6">
         <v>3</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>761</v>
       </c>
       <c r="C35" s="7">
-        <v>259</v>
+        <v>277</v>
       </c>
       <c r="D35" s="7">
-        <v>270</v>
+        <v>289</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="6">
         <v>4</v>
       </c>
       <c r="B36" s="6" t="s">
         <v>762</v>
       </c>
       <c r="C36" s="7">
-        <v>190</v>
+        <v>203</v>
       </c>
       <c r="D36" s="7">
-        <v>198</v>
+        <v>212</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="6">
         <v>5</v>
       </c>
       <c r="B37" s="6" t="s">
         <v>763</v>
       </c>
       <c r="C37" s="7" t="s">
         <v>764</v>
       </c>
       <c r="D37" s="7" t="s">
         <v>765</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="6">
         <v>6</v>
       </c>
       <c r="B38" s="6" t="s">
         <v>766</v>
       </c>
       <c r="C38" s="7">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="D38" s="7">
-        <v>137</v>
+        <v>146</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="6">
         <v>7</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>767</v>
       </c>
       <c r="C39" s="7">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="D39" s="7">
-        <v>156</v>
+        <v>167</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="6">
         <v>8</v>
       </c>
       <c r="B40" s="6" t="s">
         <v>768</v>
       </c>
       <c r="C40" s="7">
-        <v>241</v>
+        <v>258</v>
       </c>
       <c r="D40" s="7">
-        <v>252</v>
+        <v>269</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="6">
         <v>9</v>
       </c>
       <c r="B41" s="6" t="s">
         <v>769</v>
       </c>
       <c r="C41" s="7">
-        <v>387</v>
+        <v>414</v>
       </c>
       <c r="D41" s="7">
-        <v>403</v>
+        <v>431</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="6">
         <v>10</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>770</v>
       </c>
       <c r="C42" s="7">
-        <v>454</v>
+        <v>486</v>
       </c>
       <c r="D42" s="7">
-        <v>473</v>
+        <v>506</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="6">
         <v>11</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>771</v>
       </c>
       <c r="C43" s="7" t="s">
         <v>772</v>
       </c>
       <c r="D43" s="7" t="s">
         <v>773</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="6">
         <v>12</v>
       </c>
       <c r="B44" s="6" t="s">
         <v>774</v>
       </c>
       <c r="C44" s="7">
-        <v>333</v>
+        <v>356</v>
       </c>
       <c r="D44" s="7">
-        <v>347</v>
+        <v>371</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="6">
         <v>13</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>775</v>
       </c>
       <c r="C45" s="7">
-        <v>418</v>
+        <v>447</v>
       </c>
       <c r="D45" s="7">
-        <v>435</v>
+        <v>466</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="6">
         <v>14</v>
       </c>
       <c r="B46" s="6" t="s">
         <v>776</v>
       </c>
       <c r="C46" s="7">
-        <v>537</v>
+        <v>575</v>
       </c>
       <c r="D46" s="7">
-        <v>560</v>
+        <v>599</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="6">
         <v>15</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>777</v>
       </c>
       <c r="C47" s="7" t="s">
         <v>778</v>
       </c>
       <c r="D47" s="7" t="s">
         <v>779</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="6">
         <v>16</v>
       </c>
       <c r="B48" s="6" t="s">
         <v>780</v>
       </c>
       <c r="C48" s="7" t="s">
         <v>781</v>
       </c>
       <c r="D48" s="7" t="s">
         <v>782</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="6">
         <v>17</v>
       </c>
       <c r="B49" s="6" t="s">
         <v>783</v>
       </c>
       <c r="C49" s="7">
-        <v>197</v>
+        <v>217</v>
       </c>
       <c r="D49" s="7">
-        <v>205</v>
+        <v>226</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="6">
         <v>18</v>
       </c>
       <c r="B50" s="6" t="s">
         <v>784</v>
       </c>
       <c r="C50" s="7">
-        <v>287</v>
+        <v>307</v>
       </c>
       <c r="D50" s="7">
-        <v>299</v>
+        <v>320</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="6">
         <v>19</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>785</v>
       </c>
       <c r="C51" s="7">
-        <v>252</v>
+        <v>277</v>
       </c>
       <c r="D51" s="7">
-        <v>263</v>
+        <v>289</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="4" t="s">
         <v>786</v>
       </c>
       <c r="B52" s="5"/>
       <c r="C52" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D52" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="6">
         <v>1</v>
       </c>
       <c r="B53" s="6" t="s">
         <v>787</v>
       </c>
       <c r="C53" s="7">
-        <v>364</v>
+        <v>389</v>
       </c>
       <c r="D53" s="7">
-        <v>379</v>
+        <v>406</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="6">
         <v>2</v>
       </c>
       <c r="B54" s="6" t="s">
         <v>788</v>
       </c>
       <c r="C54" s="7">
-        <v>391</v>
+        <v>418</v>
       </c>
       <c r="D54" s="7">
-        <v>407</v>
+        <v>436</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="6">
         <v>3</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>789</v>
       </c>
       <c r="C55" s="7">
-        <v>357</v>
+        <v>382</v>
       </c>
       <c r="D55" s="7">
-        <v>372</v>
+        <v>398</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="6">
         <v>4</v>
       </c>
       <c r="B56" s="6" t="s">
         <v>790</v>
       </c>
       <c r="C56" s="7">
-        <v>344</v>
+        <v>368</v>
       </c>
       <c r="D56" s="7">
-        <v>358</v>
+        <v>383</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="6">
         <v>5</v>
       </c>
       <c r="B57" s="6" t="s">
         <v>791</v>
       </c>
       <c r="C57" s="7" t="s">
         <v>792</v>
       </c>
       <c r="D57" s="7" t="s">
         <v>793</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="6">
         <v>6</v>
       </c>
       <c r="B58" s="6" t="s">
         <v>794</v>
       </c>
       <c r="C58" s="7">
-        <v>317</v>
+        <v>339</v>
       </c>
       <c r="D58" s="7">
-        <v>330</v>
+        <v>353</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="6">
         <v>7</v>
       </c>
       <c r="B59" s="6" t="s">
         <v>795</v>
       </c>
       <c r="C59" s="7" t="s">
         <v>796</v>
       </c>
       <c r="D59" s="7" t="s">
         <v>797</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="6">
         <v>8</v>
       </c>
       <c r="B60" s="6" t="s">
         <v>798</v>
       </c>
       <c r="C60" s="7" t="s">
+        <v>750</v>
+      </c>
+      <c r="D60" s="7" t="s">
         <v>799</v>
-      </c>
-[...1 lines deleted...]
-        <v>800</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="4" t="s">
-        <v>801</v>
+        <v>800</v>
       </c>
       <c r="B61" s="5"/>
       <c r="C61" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D61" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="6">
         <v>1</v>
       </c>
       <c r="B62" s="6" t="s">
+        <v>801</v>
+      </c>
+      <c r="C62" s="7" t="s">
         <v>802</v>
       </c>
-      <c r="C62" s="7" t="s">
+      <c r="D62" s="7" t="s">
         <v>803</v>
-      </c>
-[...1 lines deleted...]
-        <v>804</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="6">
         <v>2</v>
       </c>
       <c r="B63" s="6" t="s">
+        <v>804</v>
+      </c>
+      <c r="C63" s="7" t="s">
         <v>805</v>
       </c>
-      <c r="C63" s="7" t="s">
+      <c r="D63" s="7" t="s">
         <v>806</v>
-      </c>
-[...1 lines deleted...]
-        <v>807</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="6">
         <v>3</v>
       </c>
       <c r="B64" s="6" t="s">
+        <v>807</v>
+      </c>
+      <c r="C64" s="7" t="s">
         <v>808</v>
       </c>
-      <c r="C64" s="7" t="s">
+      <c r="D64" s="7" t="s">
         <v>809</v>
-      </c>
-[...1 lines deleted...]
-        <v>810</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="6">
         <v>4</v>
       </c>
       <c r="B65" s="6" t="s">
-        <v>811</v>
+        <v>810</v>
       </c>
       <c r="C65" s="7" t="s">
-        <v>812</v>
+        <v>708</v>
       </c>
       <c r="D65" s="7" t="s">
-        <v>813</v>
+        <v>709</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="6">
         <v>5</v>
       </c>
       <c r="B66" s="6" t="s">
-        <v>814</v>
+        <v>811</v>
       </c>
       <c r="C66" s="7" t="s">
+        <v>808</v>
+      </c>
+      <c r="D66" s="7" t="s">
         <v>809</v>
-      </c>
-[...1 lines deleted...]
-        <v>810</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="4" t="s">
-        <v>815</v>
+        <v>812</v>
       </c>
       <c r="B67" s="5"/>
       <c r="C67" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D67" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="6">
         <v>1</v>
       </c>
       <c r="B68" s="6" t="s">
-        <v>816</v>
+        <v>813</v>
       </c>
       <c r="C68" s="7">
-        <v>190</v>
+        <v>203</v>
       </c>
       <c r="D68" s="7">
-        <v>198</v>
+        <v>212</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="6">
         <v>2</v>
       </c>
       <c r="B69" s="6" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
       <c r="C69" s="7">
-        <v>371</v>
+        <v>397</v>
       </c>
       <c r="D69" s="7">
-        <v>387</v>
+        <v>414</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="6">
         <v>3</v>
       </c>
       <c r="B70" s="6" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="C70" s="7">
-        <v>535</v>
+        <v>573</v>
       </c>
       <c r="D70" s="7">
-        <v>558</v>
+        <v>597</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="6">
         <v>4</v>
       </c>
       <c r="B71" s="6" t="s">
-        <v>819</v>
+        <v>816</v>
       </c>
       <c r="C71" s="7">
-        <v>865</v>
+        <v>926</v>
       </c>
       <c r="D71" s="7">
-        <v>902</v>
+        <v>965</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="6">
         <v>5</v>
       </c>
       <c r="B72" s="6" t="s">
-        <v>820</v>
+        <v>817</v>
       </c>
       <c r="C72" s="7" t="s">
-        <v>821</v>
+        <v>818</v>
       </c>
       <c r="D72" s="7" t="s">
-        <v>822</v>
+        <v>819</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="6">
         <v>6</v>
       </c>
       <c r="B73" s="6" t="s">
-        <v>823</v>
+        <v>820</v>
       </c>
       <c r="C73" s="7"/>
       <c r="D73" s="7"/>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="6">
         <v>7</v>
       </c>
       <c r="B74" s="6" t="s">
-        <v>824</v>
+        <v>821</v>
       </c>
       <c r="C74" s="7" t="s">
-        <v>825</v>
+        <v>822</v>
       </c>
       <c r="D74" s="7" t="s">
-        <v>826</v>
+        <v>823</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="6">
         <v>8</v>
       </c>
       <c r="B75" s="6" t="s">
-        <v>827</v>
+        <v>824</v>
       </c>
       <c r="C75" s="7">
         <v>694</v>
       </c>
       <c r="D75" s="7">
         <v>623</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="6">
         <v>9</v>
       </c>
       <c r="B76" s="6" t="s">
-        <v>828</v>
+        <v>825</v>
       </c>
       <c r="C76" s="7">
         <v>679</v>
       </c>
       <c r="D76" s="7">
         <v>609</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="6">
         <v>10</v>
       </c>
       <c r="B77" s="6" t="s">
-        <v>829</v>
+        <v>826</v>
       </c>
       <c r="C77" s="7" t="s">
-        <v>825</v>
+        <v>822</v>
       </c>
       <c r="D77" s="7" t="s">
-        <v>826</v>
+        <v>823</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="6">
         <v>11</v>
       </c>
       <c r="B78" s="6" t="s">
-        <v>830</v>
+        <v>827</v>
       </c>
       <c r="C78" s="7">
         <v>768</v>
       </c>
       <c r="D78" s="7">
         <v>689</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="6">
         <v>12</v>
       </c>
       <c r="B79" s="6" t="s">
-        <v>831</v>
+        <v>828</v>
       </c>
       <c r="C79" s="7">
         <v>707</v>
       </c>
       <c r="D79" s="7">
         <v>635</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="6">
         <v>13</v>
       </c>
       <c r="B80" s="6" t="s">
-        <v>832</v>
+        <v>829</v>
       </c>
       <c r="C80" s="7" t="s">
-        <v>833</v>
+        <v>830</v>
       </c>
       <c r="D80" s="7" t="s">
-        <v>834</v>
+        <v>831</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="6">
         <v>14</v>
       </c>
       <c r="B81" s="6" t="s">
-        <v>835</v>
+        <v>832</v>
       </c>
       <c r="C81" s="7" t="s">
-        <v>836</v>
+        <v>833</v>
       </c>
       <c r="D81" s="7" t="s">
-        <v>837</v>
+        <v>834</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="6">
         <v>15</v>
       </c>
       <c r="B82" s="6" t="s">
-        <v>838</v>
+        <v>835</v>
       </c>
       <c r="C82" s="7" t="s">
-        <v>839</v>
+        <v>836</v>
       </c>
       <c r="D82" s="7" t="s">
-        <v>840</v>
+        <v>837</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="4" t="s">
-        <v>841</v>
+        <v>838</v>
       </c>
       <c r="B83" s="5"/>
       <c r="C83" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D83" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="6">
         <v>1</v>
       </c>
       <c r="B84" s="6" t="s">
-        <v>842</v>
+        <v>839</v>
       </c>
       <c r="C84" s="7">
-        <v>282</v>
+        <v>351</v>
       </c>
       <c r="D84" s="7">
-        <v>295</v>
+        <v>366</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="6">
         <v>2</v>
       </c>
       <c r="B85" s="6" t="s">
-        <v>843</v>
+        <v>840</v>
       </c>
       <c r="C85" s="7">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="D85" s="7">
-        <v>614</v>
+        <v>617</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="6">
         <v>3</v>
       </c>
       <c r="B86" s="6" t="s">
-        <v>844</v>
+        <v>841</v>
       </c>
       <c r="C86" s="7" t="s">
-        <v>40</v>
+        <v>842</v>
       </c>
       <c r="D86" s="7" t="s">
-        <v>845</v>
+        <v>26</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="6">
         <v>4</v>
       </c>
       <c r="B87" s="6" t="s">
-        <v>846</v>
-[...2 lines deleted...]
-        <v>988</v>
+        <v>843</v>
+      </c>
+      <c r="C87" s="7" t="s">
+        <v>844</v>
       </c>
       <c r="D87" s="7" t="s">
-        <v>847</v>
+        <v>845</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="6">
         <v>5</v>
       </c>
       <c r="B88" s="6" t="s">
-        <v>848</v>
+        <v>846</v>
       </c>
       <c r="C88" s="7">
         <v>988</v>
       </c>
       <c r="D88" s="7" t="s">
-        <v>847</v>
+        <v>470</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="6">
         <v>6</v>
       </c>
       <c r="B89" s="6" t="s">
-        <v>849</v>
+        <v>847</v>
       </c>
       <c r="C89" s="7">
-        <v>106</v>
+        <v>141</v>
       </c>
       <c r="D89" s="7">
-        <v>110</v>
+        <v>147</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="6">
         <v>7</v>
       </c>
       <c r="B90" s="6" t="s">
-        <v>850</v>
+        <v>848</v>
       </c>
       <c r="C90" s="7">
         <v>528</v>
       </c>
       <c r="D90" s="7">
         <v>551</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="6">
         <v>8</v>
       </c>
       <c r="B91" s="6" t="s">
-        <v>851</v>
+        <v>849</v>
       </c>
       <c r="C91" s="7">
-        <v>337</v>
+        <v>371</v>
       </c>
       <c r="D91" s="7">
-        <v>352</v>
+        <v>387</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="6">
         <v>9</v>
       </c>
       <c r="B92" s="6" t="s">
-        <v>852</v>
+        <v>850</v>
       </c>
       <c r="C92" s="7">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="D92" s="7">
-        <v>50</v>
+        <v>53</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="6">
         <v>10</v>
       </c>
       <c r="B93" s="6" t="s">
-        <v>853</v>
+        <v>851</v>
       </c>
       <c r="C93" s="7">
         <v>20</v>
       </c>
       <c r="D93" s="7">
         <v>21</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="6">
         <v>11</v>
       </c>
       <c r="B94" s="6" t="s">
-        <v>854</v>
+        <v>852</v>
       </c>
       <c r="C94" s="7">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D94" s="7">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="6">
         <v>12</v>
       </c>
       <c r="B95" s="6" t="s">
-        <v>855</v>
+        <v>853</v>
       </c>
       <c r="C95" s="7">
         <v>303</v>
       </c>
       <c r="D95" s="7">
         <v>316</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" s="6">
         <v>13</v>
       </c>
       <c r="B96" s="6" t="s">
-        <v>856</v>
+        <v>854</v>
       </c>
       <c r="C96" s="7">
-        <v>105</v>
+        <v>164</v>
       </c>
       <c r="D96" s="7">
-        <v>109</v>
+        <v>171</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" s="6">
         <v>14</v>
       </c>
       <c r="B97" s="6" t="s">
-        <v>857</v>
+        <v>855</v>
       </c>
       <c r="C97" s="7">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="D97" s="7">
-        <v>13</v>
+        <v>18</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" s="6">
         <v>15</v>
       </c>
       <c r="B98" s="6" t="s">
-        <v>858</v>
+        <v>856</v>
       </c>
       <c r="C98" s="7">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="D98" s="7">
-        <v>273</v>
+        <v>275</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" s="6">
         <v>16</v>
       </c>
       <c r="B99" s="6" t="s">
-        <v>859</v>
+        <v>857</v>
       </c>
       <c r="C99" s="7">
-        <v>955</v>
-[...2 lines deleted...]
-        <v>996</v>
+        <v>960</v>
+      </c>
+      <c r="D99" s="7" t="s">
+        <v>858</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" s="6">
         <v>17</v>
       </c>
       <c r="B100" s="6" t="s">
-        <v>860</v>
+        <v>859</v>
       </c>
       <c r="C100" s="7">
         <v>233</v>
       </c>
       <c r="D100" s="7">
         <v>243</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" s="6">
         <v>18</v>
       </c>
       <c r="B101" s="6" t="s">
-        <v>861</v>
+        <v>860</v>
       </c>
       <c r="C101" s="7">
         <v>248</v>
       </c>
       <c r="D101" s="7">
         <v>258</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" s="6">
         <v>19</v>
       </c>
       <c r="B102" s="6" t="s">
-        <v>862</v>
+        <v>861</v>
       </c>
       <c r="C102" s="7">
         <v>466</v>
       </c>
       <c r="D102" s="7">
         <v>486</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" s="6">
         <v>20</v>
       </c>
       <c r="B103" s="6" t="s">
-        <v>863</v>
+        <v>862</v>
       </c>
       <c r="C103" s="7">
-        <v>192</v>
+        <v>216</v>
       </c>
       <c r="D103" s="7">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" s="6">
         <v>21</v>
       </c>
       <c r="B104" s="6" t="s">
-        <v>864</v>
+        <v>863</v>
       </c>
       <c r="C104" s="7">
         <v>367</v>
       </c>
       <c r="D104" s="7">
         <v>383</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" s="6">
         <v>22</v>
       </c>
       <c r="B105" s="6" t="s">
-        <v>865</v>
+        <v>864</v>
       </c>
       <c r="C105" s="7">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D105" s="7">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" s="6">
         <v>23</v>
       </c>
       <c r="B106" s="6" t="s">
-        <v>866</v>
+        <v>865</v>
       </c>
       <c r="C106" s="7">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="D106" s="7">
-        <v>76</v>
+        <v>86</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" s="6">
         <v>24</v>
       </c>
       <c r="B107" s="6" t="s">
-        <v>867</v>
+        <v>866</v>
       </c>
       <c r="C107" s="7">
         <v>206</v>
       </c>
       <c r="D107" s="7">
         <v>215</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" s="6">
         <v>25</v>
       </c>
       <c r="B108" s="6" t="s">
-        <v>868</v>
+        <v>867</v>
       </c>
       <c r="C108" s="7">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D108" s="7">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" s="6">
         <v>26</v>
       </c>
       <c r="B109" s="6" t="s">
+        <v>868</v>
+      </c>
+      <c r="C109" s="7" t="s">
         <v>869</v>
       </c>
-      <c r="C109" s="7" t="s">
+      <c r="D109" s="7" t="s">
         <v>870</v>
-      </c>
-[...1 lines deleted...]
-        <v>871</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" s="6">
         <v>27</v>
       </c>
       <c r="B110" s="6" t="s">
-        <v>872</v>
+        <v>871</v>
       </c>
       <c r="C110" s="7">
-        <v>154</v>
+        <v>188</v>
       </c>
       <c r="D110" s="7">
-        <v>160</v>
+        <v>196</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" s="6">
         <v>28</v>
       </c>
       <c r="B111" s="6" t="s">
-        <v>873</v>
+        <v>872</v>
       </c>
       <c r="C111" s="7">
-        <v>293</v>
+        <v>351</v>
       </c>
       <c r="D111" s="7">
-        <v>305</v>
+        <v>366</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" s="6">
         <v>29</v>
       </c>
       <c r="B112" s="6" t="s">
-        <v>874</v>
+        <v>873</v>
       </c>
       <c r="C112" s="7">
-        <v>199</v>
+        <v>293</v>
       </c>
       <c r="D112" s="7">
-        <v>208</v>
+        <v>305</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" s="4" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
       <c r="B113" s="5"/>
       <c r="C113" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D113" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" s="6">
         <v>1</v>
       </c>
       <c r="B114" s="6" t="s">
-        <v>876</v>
+        <v>875</v>
       </c>
       <c r="C114" s="7">
         <v>436</v>
       </c>
       <c r="D114" s="7">
         <v>454</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" s="6">
         <v>2</v>
       </c>
       <c r="B115" s="6" t="s">
+        <v>876</v>
+      </c>
+      <c r="C115" s="7" t="s">
         <v>877</v>
       </c>
-      <c r="C115" s="7" t="s">
+      <c r="D115" s="7" t="s">
         <v>878</v>
-      </c>
-[...1 lines deleted...]
-        <v>879</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" s="6">
         <v>3</v>
       </c>
       <c r="B116" s="6" t="s">
+        <v>879</v>
+      </c>
+      <c r="C116" s="7" t="s">
         <v>880</v>
       </c>
-      <c r="C116" s="7" t="s">
+      <c r="D116" s="7" t="s">
         <v>881</v>
-      </c>
-[...1 lines deleted...]
-        <v>882</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="6">
         <v>4</v>
       </c>
       <c r="B117" s="6" t="s">
+        <v>882</v>
+      </c>
+      <c r="C117" s="7" t="s">
         <v>883</v>
       </c>
-      <c r="C117" s="7" t="s">
+      <c r="D117" s="7" t="s">
         <v>884</v>
-      </c>
-[...1 lines deleted...]
-        <v>885</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="6">
         <v>5</v>
       </c>
       <c r="B118" s="6" t="s">
-        <v>886</v>
+        <v>885</v>
       </c>
       <c r="C118" s="7">
         <v>205</v>
       </c>
       <c r="D118" s="7">
         <v>214</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="6">
         <v>6</v>
       </c>
       <c r="B119" s="6" t="s">
-        <v>887</v>
+        <v>886</v>
       </c>
       <c r="C119" s="7">
         <v>760</v>
       </c>
       <c r="D119" s="7">
         <v>774</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="6">
         <v>7</v>
       </c>
       <c r="B120" s="6" t="s">
-        <v>888</v>
+        <v>887</v>
       </c>
       <c r="C120" s="7">
         <v>75</v>
       </c>
       <c r="D120" s="7">
         <v>79</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="6">
         <v>8</v>
       </c>
       <c r="B121" s="6" t="s">
-        <v>889</v>
+        <v>888</v>
       </c>
       <c r="C121" s="7">
         <v>140</v>
       </c>
       <c r="D121" s="7">
         <v>146</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="6">
         <v>9</v>
       </c>
       <c r="B122" s="6" t="s">
+        <v>889</v>
+      </c>
+      <c r="C122" s="7" t="s">
         <v>890</v>
       </c>
-      <c r="C122" s="7" t="s">
+      <c r="D122" s="7" t="s">
         <v>891</v>
-      </c>
-[...1 lines deleted...]
-        <v>892</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="6">
         <v>10</v>
       </c>
       <c r="B123" s="6" t="s">
-        <v>893</v>
+        <v>892</v>
       </c>
       <c r="C123" s="7">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="D123" s="7">
-        <v>68</v>
+        <v>80</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="6">
         <v>11</v>
       </c>
       <c r="B124" s="6" t="s">
-        <v>894</v>
+        <v>893</v>
       </c>
       <c r="C124" s="7">
-        <v>65</v>
+        <v>85</v>
       </c>
       <c r="D124" s="7">
-        <v>68</v>
+        <v>88</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" s="6">
         <v>12</v>
       </c>
       <c r="B125" s="6" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="C125" s="7">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D125" s="7">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" s="6">
         <v>13</v>
       </c>
       <c r="B126" s="6" t="s">
-        <v>896</v>
+        <v>895</v>
       </c>
       <c r="C126" s="7">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="D126" s="7">
-        <v>43</v>
+        <v>55</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" s="6"/>
       <c r="B127" s="6"/>
       <c r="C127" s="6"/>
       <c r="D127" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A4:B4"/>
     <mergeCell ref="A5:B5"/>
     <mergeCell ref="A18:B18"/>
     <mergeCell ref="A32:B32"/>
     <mergeCell ref="A52:B52"/>
     <mergeCell ref="A61:B61"/>
     <mergeCell ref="A67:B67"/>
     <mergeCell ref="A83:B83"/>
     <mergeCell ref="A113:B113"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B6" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_3"/>
@@ -41031,1185 +41315,1185 @@
   <dimension ref="A1:D232"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D232" sqref="D232"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="95.40527299999999" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.710938" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:4">
       <c r="B2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="B3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="4" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="B4" s="5"/>
       <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="4" t="s">
-        <v>898</v>
+        <v>897</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="6">
         <v>1</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>899</v>
+        <v>898</v>
       </c>
       <c r="C6" s="7">
         <v>75</v>
       </c>
       <c r="D6" s="7">
         <v>78</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="6">
         <v>2</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>900</v>
+        <v>899</v>
       </c>
       <c r="C7" s="7">
         <v>75</v>
       </c>
       <c r="D7" s="7">
         <v>78</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="6">
         <v>3</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>901</v>
+        <v>900</v>
       </c>
       <c r="C8" s="7">
         <v>144</v>
       </c>
       <c r="D8" s="7">
         <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="6">
         <v>4</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>902</v>
+        <v>901</v>
       </c>
       <c r="C9" s="7">
         <v>58</v>
       </c>
       <c r="D9" s="7">
         <v>60</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="6">
         <v>5</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>903</v>
+        <v>902</v>
       </c>
       <c r="C10" s="7">
         <v>38</v>
       </c>
       <c r="D10" s="7">
         <v>39</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="4" t="s">
-        <v>904</v>
+        <v>903</v>
       </c>
       <c r="B11" s="5"/>
       <c r="C11" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="6">
         <v>1</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>905</v>
+        <v>904</v>
       </c>
       <c r="C12" s="7">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="D12" s="7">
-        <v>396</v>
+        <v>393</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="4" t="s">
-        <v>906</v>
+        <v>905</v>
       </c>
       <c r="B13" s="5"/>
       <c r="C13" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="6">
         <v>1</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>907</v>
+        <v>906</v>
       </c>
       <c r="C14" s="7">
-        <v>655</v>
+        <v>675</v>
       </c>
       <c r="D14" s="7">
-        <v>682</v>
+        <v>702</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="6">
         <v>2</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>908</v>
+        <v>907</v>
       </c>
       <c r="C15" s="7">
-        <v>768</v>
+        <v>792</v>
       </c>
       <c r="D15" s="7">
-        <v>799</v>
+        <v>823</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="6">
         <v>3</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>909</v>
+        <v>908</v>
       </c>
       <c r="C16" s="7">
-        <v>910</v>
+        <v>938</v>
       </c>
       <c r="D16" s="7">
-        <v>947</v>
+        <v>975</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="6">
         <v>4</v>
       </c>
       <c r="B17" s="6" t="s">
+        <v>909</v>
+      </c>
+      <c r="C17" s="7" t="s">
         <v>910</v>
       </c>
-      <c r="C17" s="7" t="s">
+      <c r="D17" s="7" t="s">
         <v>911</v>
-      </c>
-[...1 lines deleted...]
-        <v>912</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="6">
         <v>5</v>
       </c>
       <c r="B18" s="6" t="s">
+        <v>912</v>
+      </c>
+      <c r="C18" s="7" t="s">
         <v>913</v>
       </c>
-      <c r="C18" s="7" t="s">
+      <c r="D18" s="7" t="s">
         <v>914</v>
-      </c>
-[...1 lines deleted...]
-        <v>915</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="6">
         <v>6</v>
       </c>
       <c r="B19" s="6" t="s">
+        <v>915</v>
+      </c>
+      <c r="C19" s="7" t="s">
         <v>916</v>
       </c>
-      <c r="C19" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D19" s="7" t="s">
-        <v>918</v>
+        <v>881</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="6">
         <v>7</v>
       </c>
       <c r="B20" s="6" t="s">
-        <v>905</v>
+        <v>904</v>
       </c>
       <c r="C20" s="7">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="D20" s="7">
-        <v>396</v>
+        <v>393</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="4" t="s">
-        <v>919</v>
+        <v>917</v>
       </c>
       <c r="B21" s="5"/>
       <c r="C21" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D21" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="6">
         <v>1</v>
       </c>
       <c r="B22" s="6" t="s">
-        <v>920</v>
+        <v>918</v>
       </c>
       <c r="C22" s="7">
-        <v>690</v>
+        <v>712</v>
       </c>
       <c r="D22" s="7">
-        <v>718</v>
+        <v>740</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="6">
         <v>2</v>
       </c>
       <c r="B23" s="6" t="s">
-        <v>921</v>
+        <v>919</v>
       </c>
       <c r="C23" s="7">
-        <v>739</v>
+        <v>762</v>
       </c>
       <c r="D23" s="7">
-        <v>769</v>
+        <v>792</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="6">
         <v>3</v>
       </c>
       <c r="B24" s="6" t="s">
-        <v>922</v>
+        <v>920</v>
       </c>
       <c r="C24" s="7">
-        <v>837</v>
+        <v>863</v>
       </c>
       <c r="D24" s="7">
-        <v>870</v>
+        <v>897</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="6">
         <v>4</v>
       </c>
       <c r="B25" s="6" t="s">
-        <v>923</v>
+        <v>921</v>
       </c>
       <c r="C25" s="7">
-        <v>967</v>
+        <v>997</v>
       </c>
       <c r="D25" s="7" t="s">
-        <v>924</v>
+        <v>922</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="6">
         <v>5</v>
       </c>
       <c r="B26" s="6" t="s">
+        <v>923</v>
+      </c>
+      <c r="C26" s="7" t="s">
+        <v>924</v>
+      </c>
+      <c r="D26" s="7" t="s">
         <v>925</v>
-      </c>
-[...4 lines deleted...]
-        <v>927</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="6">
         <v>6</v>
       </c>
       <c r="B27" s="6" t="s">
+        <v>926</v>
+      </c>
+      <c r="C27" s="7" t="s">
+        <v>927</v>
+      </c>
+      <c r="D27" s="7" t="s">
         <v>928</v>
-      </c>
-[...4 lines deleted...]
-        <v>930</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="6">
         <v>7</v>
       </c>
       <c r="B28" s="6" t="s">
+        <v>929</v>
+      </c>
+      <c r="C28" s="7" t="s">
+        <v>930</v>
+      </c>
+      <c r="D28" s="7" t="s">
         <v>931</v>
-      </c>
-[...4 lines deleted...]
-        <v>933</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="6">
         <v>8</v>
       </c>
       <c r="B29" s="6" t="s">
-        <v>905</v>
+        <v>904</v>
       </c>
       <c r="C29" s="7">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="D29" s="7">
-        <v>396</v>
+        <v>393</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="4" t="s">
-        <v>934</v>
+        <v>932</v>
       </c>
       <c r="B30" s="5"/>
       <c r="C30" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D30" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="6">
         <v>1</v>
       </c>
       <c r="B31" s="6" t="s">
-        <v>935</v>
+        <v>933</v>
       </c>
       <c r="C31" s="7">
-        <v>604</v>
+        <v>623</v>
       </c>
       <c r="D31" s="7">
-        <v>628</v>
+        <v>648</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="6">
         <v>2</v>
       </c>
       <c r="B32" s="6" t="s">
-        <v>936</v>
+        <v>934</v>
       </c>
       <c r="C32" s="7">
-        <v>712</v>
+        <v>734</v>
       </c>
       <c r="D32" s="7">
-        <v>740</v>
+        <v>764</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="6">
         <v>3</v>
       </c>
       <c r="B33" s="6" t="s">
-        <v>937</v>
+        <v>935</v>
       </c>
       <c r="C33" s="7">
-        <v>739</v>
+        <v>762</v>
       </c>
       <c r="D33" s="7">
-        <v>769</v>
+        <v>792</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="6">
         <v>4</v>
       </c>
       <c r="B34" s="6" t="s">
-        <v>938</v>
+        <v>936</v>
       </c>
       <c r="C34" s="7">
-        <v>779</v>
+        <v>803</v>
       </c>
       <c r="D34" s="7">
-        <v>810</v>
+        <v>835</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="6">
         <v>5</v>
       </c>
       <c r="B35" s="6" t="s">
-        <v>939</v>
+        <v>937</v>
       </c>
       <c r="C35" s="7" t="s">
+        <v>910</v>
+      </c>
+      <c r="D35" s="7" t="s">
         <v>911</v>
-      </c>
-[...1 lines deleted...]
-        <v>912</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="6">
         <v>6</v>
       </c>
       <c r="B36" s="6" t="s">
+        <v>938</v>
+      </c>
+      <c r="C36" s="7" t="s">
+        <v>939</v>
+      </c>
+      <c r="D36" s="7" t="s">
         <v>940</v>
-      </c>
-[...4 lines deleted...]
-        <v>942</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="6">
         <v>7</v>
       </c>
       <c r="B37" s="6" t="s">
+        <v>941</v>
+      </c>
+      <c r="C37" s="7" t="s">
+        <v>942</v>
+      </c>
+      <c r="D37" s="7" t="s">
         <v>943</v>
-      </c>
-[...4 lines deleted...]
-        <v>945</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="6">
         <v>8</v>
       </c>
       <c r="B38" s="6" t="s">
-        <v>905</v>
+        <v>904</v>
       </c>
       <c r="C38" s="7">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="D38" s="7">
-        <v>396</v>
+        <v>393</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="4" t="s">
-        <v>946</v>
+        <v>944</v>
       </c>
       <c r="B39" s="5"/>
       <c r="C39" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D39" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="6">
         <v>1</v>
       </c>
       <c r="B40" s="6" t="s">
-        <v>947</v>
+        <v>945</v>
       </c>
       <c r="C40" s="7">
-        <v>660</v>
+        <v>680</v>
       </c>
       <c r="D40" s="7">
-        <v>687</v>
+        <v>708</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="6">
         <v>2</v>
       </c>
       <c r="B41" s="6" t="s">
-        <v>948</v>
+        <v>946</v>
       </c>
       <c r="C41" s="7">
-        <v>678</v>
+        <v>699</v>
       </c>
       <c r="D41" s="7">
-        <v>705</v>
+        <v>727</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="6">
         <v>3</v>
       </c>
       <c r="B42" s="6" t="s">
-        <v>949</v>
+        <v>947</v>
       </c>
       <c r="C42" s="7">
-        <v>682</v>
+        <v>703</v>
       </c>
       <c r="D42" s="7">
-        <v>709</v>
+        <v>731</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="6">
         <v>4</v>
       </c>
       <c r="B43" s="6" t="s">
-        <v>950</v>
+        <v>948</v>
       </c>
       <c r="C43" s="7">
-        <v>752</v>
+        <v>775</v>
       </c>
       <c r="D43" s="7">
-        <v>782</v>
+        <v>806</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="6">
         <v>5</v>
       </c>
       <c r="B44" s="6" t="s">
-        <v>951</v>
+        <v>949</v>
       </c>
       <c r="C44" s="7">
-        <v>785</v>
+        <v>809</v>
       </c>
       <c r="D44" s="7">
-        <v>817</v>
+        <v>842</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="6">
         <v>6</v>
       </c>
       <c r="B45" s="6" t="s">
-        <v>952</v>
+        <v>950</v>
       </c>
       <c r="C45" s="7">
-        <v>827</v>
+        <v>852</v>
       </c>
       <c r="D45" s="7">
-        <v>860</v>
+        <v>886</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="6">
         <v>7</v>
       </c>
       <c r="B46" s="6" t="s">
+        <v>951</v>
+      </c>
+      <c r="C46" s="7" t="s">
+        <v>952</v>
+      </c>
+      <c r="D46" s="7" t="s">
         <v>953</v>
-      </c>
-[...4 lines deleted...]
-        <v>955</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="6">
         <v>8</v>
       </c>
       <c r="B47" s="6" t="s">
+        <v>954</v>
+      </c>
+      <c r="C47" s="7" t="s">
+        <v>955</v>
+      </c>
+      <c r="D47" s="7" t="s">
         <v>956</v>
-      </c>
-[...4 lines deleted...]
-        <v>958</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="6">
         <v>9</v>
       </c>
       <c r="B48" s="6" t="s">
-        <v>959</v>
+        <v>957</v>
       </c>
       <c r="C48" s="7" t="s">
-        <v>917</v>
+        <v>916</v>
       </c>
       <c r="D48" s="7" t="s">
-        <v>918</v>
+        <v>881</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="6">
         <v>10</v>
       </c>
       <c r="B49" s="6" t="s">
-        <v>960</v>
+        <v>958</v>
       </c>
       <c r="C49" s="7">
-        <v>967</v>
+        <v>997</v>
       </c>
       <c r="D49" s="7" t="s">
-        <v>924</v>
+        <v>922</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="6">
         <v>11</v>
       </c>
       <c r="B50" s="6" t="s">
-        <v>961</v>
+        <v>959</v>
       </c>
       <c r="C50" s="7" t="s">
-        <v>962</v>
+        <v>19</v>
       </c>
       <c r="D50" s="7" t="s">
-        <v>112</v>
+        <v>960</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="6">
         <v>12</v>
       </c>
       <c r="B51" s="6" t="s">
+        <v>961</v>
+      </c>
+      <c r="C51" s="7" t="s">
+        <v>962</v>
+      </c>
+      <c r="D51" s="7" t="s">
         <v>963</v>
-      </c>
-[...4 lines deleted...]
-        <v>965</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="6">
         <v>13</v>
       </c>
       <c r="B52" s="6" t="s">
-        <v>966</v>
+        <v>964</v>
       </c>
       <c r="C52" s="7" t="s">
-        <v>954</v>
+        <v>952</v>
       </c>
       <c r="D52" s="7" t="s">
-        <v>955</v>
+        <v>953</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="6">
         <v>14</v>
       </c>
       <c r="B53" s="6" t="s">
-        <v>967</v>
+        <v>965</v>
       </c>
       <c r="C53" s="7" t="s">
-        <v>957</v>
+        <v>955</v>
       </c>
       <c r="D53" s="7" t="s">
-        <v>958</v>
+        <v>956</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="6">
         <v>15</v>
       </c>
       <c r="B54" s="6" t="s">
-        <v>968</v>
+        <v>966</v>
       </c>
       <c r="C54" s="7" t="s">
-        <v>917</v>
+        <v>916</v>
       </c>
       <c r="D54" s="7" t="s">
-        <v>918</v>
+        <v>881</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="6">
         <v>16</v>
       </c>
       <c r="B55" s="6" t="s">
-        <v>905</v>
+        <v>904</v>
       </c>
       <c r="C55" s="7">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="D55" s="7">
-        <v>396</v>
+        <v>393</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="4" t="s">
-        <v>969</v>
+        <v>967</v>
       </c>
       <c r="B56" s="5"/>
       <c r="C56" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D56" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="6">
         <v>1</v>
       </c>
       <c r="B57" s="6" t="s">
-        <v>970</v>
+        <v>968</v>
       </c>
       <c r="C57" s="7" t="s">
+        <v>890</v>
+      </c>
+      <c r="D57" s="7" t="s">
         <v>891</v>
-      </c>
-[...1 lines deleted...]
-        <v>892</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="6">
         <v>2</v>
       </c>
       <c r="B58" s="6" t="s">
+        <v>969</v>
+      </c>
+      <c r="C58" s="7" t="s">
+        <v>970</v>
+      </c>
+      <c r="D58" s="7" t="s">
         <v>971</v>
-      </c>
-[...4 lines deleted...]
-        <v>973</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="6">
         <v>3</v>
       </c>
       <c r="B59" s="6" t="s">
+        <v>972</v>
+      </c>
+      <c r="C59" s="7" t="s">
+        <v>973</v>
+      </c>
+      <c r="D59" s="7" t="s">
         <v>974</v>
-      </c>
-[...4 lines deleted...]
-        <v>976</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="6">
         <v>4</v>
       </c>
       <c r="B60" s="6" t="s">
+        <v>975</v>
+      </c>
+      <c r="C60" s="7" t="s">
+        <v>976</v>
+      </c>
+      <c r="D60" s="7" t="s">
         <v>977</v>
-      </c>
-[...4 lines deleted...]
-        <v>979</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="6">
         <v>5</v>
       </c>
       <c r="B61" s="6" t="s">
+        <v>978</v>
+      </c>
+      <c r="C61" s="7" t="s">
+        <v>979</v>
+      </c>
+      <c r="D61" s="7" t="s">
         <v>980</v>
-      </c>
-[...4 lines deleted...]
-        <v>982</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="6">
         <v>6</v>
       </c>
       <c r="B62" s="6" t="s">
+        <v>981</v>
+      </c>
+      <c r="C62" s="7" t="s">
+        <v>982</v>
+      </c>
+      <c r="D62" s="7" t="s">
         <v>983</v>
-      </c>
-[...4 lines deleted...]
-        <v>985</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="6">
         <v>7</v>
       </c>
       <c r="B63" s="6" t="s">
+        <v>984</v>
+      </c>
+      <c r="C63" s="7" t="s">
+        <v>985</v>
+      </c>
+      <c r="D63" s="7" t="s">
         <v>986</v>
-      </c>
-[...4 lines deleted...]
-        <v>988</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="4" t="s">
-        <v>989</v>
+        <v>987</v>
       </c>
       <c r="B64" s="5"/>
       <c r="C64" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D64" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="6">
         <v>1</v>
       </c>
       <c r="B65" s="6" t="s">
-        <v>990</v>
+        <v>988</v>
       </c>
       <c r="C65" s="7">
-        <v>296</v>
+        <v>305</v>
       </c>
       <c r="D65" s="7">
-        <v>308</v>
+        <v>318</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="6">
         <v>2</v>
       </c>
       <c r="B66" s="6" t="s">
-        <v>991</v>
+        <v>989</v>
       </c>
       <c r="C66" s="7">
-        <v>625</v>
+        <v>644</v>
       </c>
       <c r="D66" s="7">
-        <v>650</v>
+        <v>670</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="6">
         <v>3</v>
       </c>
       <c r="B67" s="6" t="s">
-        <v>992</v>
+        <v>990</v>
       </c>
       <c r="C67" s="7">
-        <v>625</v>
+        <v>644</v>
       </c>
       <c r="D67" s="7">
-        <v>650</v>
+        <v>670</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="6">
         <v>4</v>
       </c>
       <c r="B68" s="6" t="s">
-        <v>993</v>
+        <v>991</v>
       </c>
       <c r="C68" s="7">
-        <v>625</v>
+        <v>644</v>
       </c>
       <c r="D68" s="7">
-        <v>650</v>
+        <v>670</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="6">
         <v>5</v>
       </c>
       <c r="B69" s="6" t="s">
-        <v>994</v>
+        <v>992</v>
       </c>
       <c r="C69" s="7">
-        <v>625</v>
+        <v>644</v>
       </c>
       <c r="D69" s="7">
-        <v>650</v>
+        <v>670</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="4" t="s">
-        <v>995</v>
+        <v>993</v>
       </c>
       <c r="B70" s="5"/>
       <c r="C70" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D70" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="6">
         <v>1</v>
       </c>
       <c r="B71" s="6" t="s">
+        <v>994</v>
+      </c>
+      <c r="C71" s="7" t="s">
+        <v>995</v>
+      </c>
+      <c r="D71" s="7" t="s">
         <v>996</v>
-      </c>
-[...4 lines deleted...]
-        <v>998</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="6">
         <v>2</v>
       </c>
       <c r="B72" s="6" t="s">
+        <v>997</v>
+      </c>
+      <c r="C72" s="7" t="s">
+        <v>998</v>
+      </c>
+      <c r="D72" s="7" t="s">
         <v>999</v>
-      </c>
-[...4 lines deleted...]
-        <v>1001</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="6">
         <v>3</v>
       </c>
       <c r="B73" s="6" t="s">
-        <v>1002</v>
+        <v>1000</v>
       </c>
       <c r="C73" s="7" t="s">
-        <v>1000</v>
+        <v>998</v>
       </c>
       <c r="D73" s="7" t="s">
-        <v>1001</v>
+        <v>999</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="6">
         <v>4</v>
       </c>
       <c r="B74" s="6" t="s">
+        <v>1001</v>
+      </c>
+      <c r="C74" s="7" t="s">
+        <v>1002</v>
+      </c>
+      <c r="D74" s="7" t="s">
         <v>1003</v>
-      </c>
-[...4 lines deleted...]
-        <v>1004</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="6">
         <v>5</v>
       </c>
       <c r="B75" s="6" t="s">
-        <v>1005</v>
+        <v>1004</v>
       </c>
       <c r="C75" s="7" t="s">
-        <v>404</v>
+        <v>1002</v>
       </c>
       <c r="D75" s="7" t="s">
-        <v>1004</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="6">
         <v>6</v>
       </c>
       <c r="B76" s="6" t="s">
-        <v>1006</v>
+        <v>1005</v>
       </c>
       <c r="C76" s="7" t="s">
-        <v>1000</v>
+        <v>998</v>
       </c>
       <c r="D76" s="7" t="s">
-        <v>1001</v>
+        <v>999</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="6">
         <v>7</v>
       </c>
       <c r="B77" s="6" t="s">
-        <v>1007</v>
+        <v>1006</v>
       </c>
       <c r="C77" s="7" t="s">
-        <v>1000</v>
+        <v>998</v>
       </c>
       <c r="D77" s="7" t="s">
-        <v>1001</v>
+        <v>999</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="6">
         <v>8</v>
       </c>
       <c r="B78" s="6" t="s">
-        <v>1008</v>
+        <v>1007</v>
       </c>
       <c r="C78" s="7" t="s">
-        <v>997</v>
+        <v>995</v>
       </c>
       <c r="D78" s="7" t="s">
-        <v>998</v>
+        <v>996</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="6">
         <v>9</v>
       </c>
       <c r="B79" s="6" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C79" s="7" t="s">
         <v>1009</v>
       </c>
-      <c r="C79" s="7" t="s">
+      <c r="D79" s="7" t="s">
         <v>1010</v>
-      </c>
-[...1 lines deleted...]
-        <v>1011</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="6">
         <v>10</v>
       </c>
       <c r="B80" s="6" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C80" s="7" t="s">
         <v>1012</v>
       </c>
-      <c r="C80" s="7" t="s">
+      <c r="D80" s="7" t="s">
         <v>1013</v>
-      </c>
-[...1 lines deleted...]
-        <v>1014</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="6">
         <v>11</v>
       </c>
       <c r="B81" s="6" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C81" s="7" t="s">
         <v>1015</v>
       </c>
-      <c r="C81" s="7" t="s">
+      <c r="D81" s="7" t="s">
         <v>1016</v>
-      </c>
-[...1 lines deleted...]
-        <v>1017</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="6">
         <v>12</v>
       </c>
       <c r="B82" s="6" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C82" s="7" t="s">
         <v>1018</v>
       </c>
-      <c r="C82" s="7" t="s">
+      <c r="D82" s="7" t="s">
         <v>1019</v>
-      </c>
-[...1 lines deleted...]
-        <v>1020</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="6">
         <v>13</v>
       </c>
       <c r="B83" s="6" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C83" s="7" t="s">
         <v>1021</v>
       </c>
-      <c r="C83" s="7" t="s">
+      <c r="D83" s="7" t="s">
         <v>1022</v>
-      </c>
-[...1 lines deleted...]
-        <v>1023</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="6">
         <v>14</v>
       </c>
       <c r="B84" s="6" t="s">
-        <v>1024</v>
+        <v>1023</v>
       </c>
       <c r="C84" s="7" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D84" s="7" t="s">
         <v>1022</v>
-      </c>
-[...1 lines deleted...]
-        <v>1023</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="6">
         <v>15</v>
       </c>
       <c r="B85" s="6" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C85" s="7" t="s">
         <v>1025</v>
-      </c>
-[...1 lines deleted...]
-        <v>352</v>
       </c>
       <c r="D85" s="7" t="s">
         <v>1026</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="6">
         <v>16</v>
       </c>
       <c r="B86" s="6" t="s">
         <v>1027</v>
       </c>
       <c r="C86" s="7" t="s">
-        <v>352</v>
+        <v>1025</v>
       </c>
       <c r="D86" s="7" t="s">
         <v>1026</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="6">
         <v>17</v>
       </c>
       <c r="B87" s="6" t="s">
         <v>1028</v>
       </c>
       <c r="C87" s="7" t="s">
         <v>1029</v>
       </c>
       <c r="D87" s="7" t="s">
         <v>1030</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="6">
         <v>18</v>
       </c>
       <c r="B88" s="6" t="s">
         <v>1031</v>
@@ -42738,534 +43022,534 @@
     <row r="126" spans="1:4">
       <c r="A126" s="6">
         <v>14</v>
       </c>
       <c r="B126" s="6" t="s">
         <v>1113</v>
       </c>
       <c r="C126" s="7" t="s">
         <v>1111</v>
       </c>
       <c r="D126" s="7" t="s">
         <v>1112</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" s="6">
         <v>15</v>
       </c>
       <c r="B127" s="6" t="s">
         <v>1114</v>
       </c>
       <c r="C127" s="7" t="s">
         <v>1115</v>
       </c>
       <c r="D127" s="7" t="s">
-        <v>1116</v>
+        <v>366</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" s="6">
         <v>16</v>
       </c>
       <c r="B128" s="6" t="s">
-        <v>1117</v>
+        <v>1116</v>
       </c>
       <c r="C128" s="7" t="s">
         <v>1115</v>
       </c>
       <c r="D128" s="7" t="s">
-        <v>1116</v>
+        <v>366</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" s="6">
         <v>17</v>
       </c>
       <c r="B129" s="6" t="s">
+        <v>1117</v>
+      </c>
+      <c r="C129" s="7" t="s">
         <v>1118</v>
       </c>
-      <c r="C129" s="7" t="s">
+      <c r="D129" s="7" t="s">
         <v>1119</v>
-      </c>
-[...1 lines deleted...]
-        <v>1120</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" s="6">
         <v>18</v>
       </c>
       <c r="B130" s="6" t="s">
-        <v>1121</v>
+        <v>1120</v>
       </c>
       <c r="C130" s="7" t="s">
+        <v>1118</v>
+      </c>
+      <c r="D130" s="7" t="s">
         <v>1119</v>
-      </c>
-[...1 lines deleted...]
-        <v>1120</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" s="6">
         <v>19</v>
       </c>
       <c r="B131" s="6" t="s">
+        <v>1121</v>
+      </c>
+      <c r="C131" s="7" t="s">
         <v>1122</v>
       </c>
-      <c r="C131" s="7" t="s">
+      <c r="D131" s="7" t="s">
         <v>1123</v>
-      </c>
-[...1 lines deleted...]
-        <v>1124</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" s="6">
         <v>20</v>
       </c>
       <c r="B132" s="6" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="C132" s="7" t="s">
+        <v>1122</v>
+      </c>
+      <c r="D132" s="7" t="s">
         <v>1123</v>
-      </c>
-[...1 lines deleted...]
-        <v>1124</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" s="4" t="s">
-        <v>1126</v>
+        <v>1125</v>
       </c>
       <c r="B133" s="5"/>
       <c r="C133" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D133" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" s="6">
         <v>1</v>
       </c>
       <c r="B134" s="6" t="s">
+        <v>1126</v>
+      </c>
+      <c r="C134" s="7" t="s">
         <v>1127</v>
       </c>
-      <c r="C134" s="7" t="s">
+      <c r="D134" s="7" t="s">
         <v>1128</v>
-      </c>
-[...1 lines deleted...]
-        <v>1129</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="6">
         <v>2</v>
       </c>
       <c r="B135" s="6" t="s">
+        <v>1129</v>
+      </c>
+      <c r="C135" s="7" t="s">
         <v>1130</v>
       </c>
-      <c r="C135" s="7" t="s">
+      <c r="D135" s="7" t="s">
         <v>1131</v>
-      </c>
-[...1 lines deleted...]
-        <v>1132</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="6">
         <v>3</v>
       </c>
       <c r="B136" s="6" t="s">
+        <v>1132</v>
+      </c>
+      <c r="C136" s="7" t="s">
         <v>1133</v>
       </c>
-      <c r="C136" s="7" t="s">
+      <c r="D136" s="7" t="s">
         <v>1134</v>
-      </c>
-[...1 lines deleted...]
-        <v>1135</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" s="6">
         <v>4</v>
       </c>
       <c r="B137" s="6" t="s">
+        <v>1135</v>
+      </c>
+      <c r="C137" s="7" t="s">
         <v>1136</v>
       </c>
-      <c r="C137" s="7" t="s">
+      <c r="D137" s="7" t="s">
         <v>1137</v>
-      </c>
-[...1 lines deleted...]
-        <v>1138</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" s="6">
         <v>5</v>
       </c>
       <c r="B138" s="6" t="s">
-        <v>1139</v>
+        <v>1138</v>
       </c>
       <c r="C138" s="7" t="s">
+        <v>1136</v>
+      </c>
+      <c r="D138" s="7" t="s">
         <v>1137</v>
-      </c>
-[...1 lines deleted...]
-        <v>1138</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="6">
         <v>6</v>
       </c>
       <c r="B139" s="6" t="s">
-        <v>1140</v>
+        <v>1139</v>
       </c>
       <c r="C139" s="7" t="s">
+        <v>1133</v>
+      </c>
+      <c r="D139" s="7" t="s">
         <v>1134</v>
-      </c>
-[...1 lines deleted...]
-        <v>1135</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" s="6">
         <v>7</v>
       </c>
       <c r="B140" s="6" t="s">
-        <v>1141</v>
+        <v>1140</v>
       </c>
       <c r="C140" s="7" t="s">
+        <v>1130</v>
+      </c>
+      <c r="D140" s="7" t="s">
         <v>1131</v>
-      </c>
-[...1 lines deleted...]
-        <v>1132</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="6">
         <v>8</v>
       </c>
       <c r="B141" s="6" t="s">
-        <v>1142</v>
+        <v>1141</v>
       </c>
       <c r="C141" s="7" t="s">
+        <v>1127</v>
+      </c>
+      <c r="D141" s="7" t="s">
         <v>1128</v>
-      </c>
-[...1 lines deleted...]
-        <v>1129</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="6">
         <v>9</v>
       </c>
       <c r="B142" s="6" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C142" s="7" t="s">
         <v>1143</v>
       </c>
-      <c r="C142" s="7" t="s">
+      <c r="D142" s="7" t="s">
         <v>1144</v>
-      </c>
-[...1 lines deleted...]
-        <v>1145</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="6">
         <v>10</v>
       </c>
       <c r="B143" s="6" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C143" s="7" t="s">
         <v>1146</v>
       </c>
-      <c r="C143" s="7" t="s">
+      <c r="D143" s="7" t="s">
         <v>1147</v>
-      </c>
-[...1 lines deleted...]
-        <v>1148</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="6">
         <v>11</v>
       </c>
       <c r="B144" s="6" t="s">
+        <v>1148</v>
+      </c>
+      <c r="C144" s="7" t="s">
         <v>1149</v>
       </c>
-      <c r="C144" s="7" t="s">
+      <c r="D144" s="7" t="s">
         <v>1150</v>
-      </c>
-[...1 lines deleted...]
-        <v>1151</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="6">
         <v>12</v>
       </c>
       <c r="B145" s="6" t="s">
+        <v>1151</v>
+      </c>
+      <c r="C145" s="7" t="s">
         <v>1152</v>
       </c>
-      <c r="C145" s="7" t="s">
+      <c r="D145" s="7" t="s">
         <v>1153</v>
-      </c>
-[...1 lines deleted...]
-        <v>1154</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" s="6">
         <v>13</v>
       </c>
       <c r="B146" s="6" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C146" s="7" t="s">
         <v>1155</v>
       </c>
-      <c r="C146" s="7" t="s">
+      <c r="D146" s="7" t="s">
         <v>1156</v>
-      </c>
-[...1 lines deleted...]
-        <v>1157</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" s="6">
         <v>14</v>
       </c>
       <c r="B147" s="6" t="s">
-        <v>1158</v>
+        <v>1157</v>
       </c>
       <c r="C147" s="7" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D147" s="7" t="s">
         <v>1156</v>
-      </c>
-[...1 lines deleted...]
-        <v>1157</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" s="6">
         <v>15</v>
       </c>
       <c r="B148" s="6" t="s">
+        <v>1158</v>
+      </c>
+      <c r="C148" s="7" t="s">
         <v>1159</v>
       </c>
-      <c r="C148" s="7" t="s">
+      <c r="D148" s="7" t="s">
         <v>1160</v>
-      </c>
-[...1 lines deleted...]
-        <v>1161</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" s="6">
         <v>16</v>
       </c>
       <c r="B149" s="6" t="s">
-        <v>1162</v>
+        <v>1161</v>
       </c>
       <c r="C149" s="7" t="s">
+        <v>1159</v>
+      </c>
+      <c r="D149" s="7" t="s">
         <v>1160</v>
-      </c>
-[...1 lines deleted...]
-        <v>1161</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" s="6">
         <v>17</v>
       </c>
       <c r="B150" s="6" t="s">
+        <v>1162</v>
+      </c>
+      <c r="C150" s="7" t="s">
         <v>1163</v>
       </c>
-      <c r="C150" s="7" t="s">
+      <c r="D150" s="7" t="s">
         <v>1164</v>
-      </c>
-[...1 lines deleted...]
-        <v>1165</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" s="6">
         <v>18</v>
       </c>
       <c r="B151" s="6" t="s">
-        <v>1166</v>
+        <v>1165</v>
       </c>
       <c r="C151" s="7" t="s">
+        <v>1163</v>
+      </c>
+      <c r="D151" s="7" t="s">
         <v>1164</v>
-      </c>
-[...1 lines deleted...]
-        <v>1165</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" s="6">
         <v>19</v>
       </c>
       <c r="B152" s="6" t="s">
+        <v>1166</v>
+      </c>
+      <c r="C152" s="7" t="s">
         <v>1167</v>
       </c>
-      <c r="C152" s="7" t="s">
+      <c r="D152" s="7" t="s">
         <v>1168</v>
-      </c>
-[...1 lines deleted...]
-        <v>1169</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" s="6">
         <v>20</v>
       </c>
       <c r="B153" s="6" t="s">
-        <v>1170</v>
+        <v>1169</v>
       </c>
       <c r="C153" s="7" t="s">
+        <v>1167</v>
+      </c>
+      <c r="D153" s="7" t="s">
         <v>1168</v>
-      </c>
-[...1 lines deleted...]
-        <v>1169</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" s="4" t="s">
-        <v>1171</v>
+        <v>1170</v>
       </c>
       <c r="B154" s="5"/>
       <c r="C154" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D154" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="6">
         <v>1</v>
       </c>
       <c r="B155" s="6" t="s">
+        <v>1171</v>
+      </c>
+      <c r="C155" s="7" t="s">
         <v>1172</v>
       </c>
-      <c r="C155" s="7" t="s">
+      <c r="D155" s="7" t="s">
         <v>1173</v>
-      </c>
-[...1 lines deleted...]
-        <v>1174</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="6">
         <v>2</v>
       </c>
       <c r="B156" s="6" t="s">
+        <v>1174</v>
+      </c>
+      <c r="C156" s="7" t="s">
         <v>1175</v>
       </c>
-      <c r="C156" s="7" t="s">
+      <c r="D156" s="7" t="s">
         <v>1176</v>
-      </c>
-[...1 lines deleted...]
-        <v>1177</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="6">
         <v>3</v>
       </c>
       <c r="B157" s="6" t="s">
+        <v>1177</v>
+      </c>
+      <c r="C157" s="7" t="s">
         <v>1178</v>
       </c>
-      <c r="C157" s="7" t="s">
+      <c r="D157" s="7" t="s">
         <v>1179</v>
-      </c>
-[...1 lines deleted...]
-        <v>1180</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="6">
         <v>4</v>
       </c>
       <c r="B158" s="6" t="s">
+        <v>1180</v>
+      </c>
+      <c r="C158" s="7" t="s">
         <v>1181</v>
-      </c>
-[...1 lines deleted...]
-        <v>979</v>
       </c>
       <c r="D158" s="7" t="s">
         <v>1182</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="6">
         <v>5</v>
       </c>
       <c r="B159" s="6" t="s">
         <v>1183</v>
       </c>
       <c r="C159" s="7" t="s">
+        <v>1172</v>
+      </c>
+      <c r="D159" s="7" t="s">
         <v>1173</v>
-      </c>
-[...1 lines deleted...]
-        <v>1174</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="6">
         <v>6</v>
       </c>
       <c r="B160" s="6" t="s">
         <v>1184</v>
       </c>
       <c r="C160" s="7" t="s">
+        <v>1175</v>
+      </c>
+      <c r="D160" s="7" t="s">
         <v>1176</v>
-      </c>
-[...1 lines deleted...]
-        <v>1177</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="6">
         <v>7</v>
       </c>
       <c r="B161" s="6" t="s">
         <v>1185</v>
       </c>
       <c r="C161" s="7" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D161" s="7" t="s">
         <v>1179</v>
-      </c>
-[...1 lines deleted...]
-        <v>1180</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" s="6">
         <v>8</v>
       </c>
       <c r="B162" s="6" t="s">
         <v>1186</v>
       </c>
       <c r="C162" s="7" t="s">
-        <v>979</v>
+        <v>1181</v>
       </c>
       <c r="D162" s="7" t="s">
         <v>1182</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" s="6">
         <v>9</v>
       </c>
       <c r="B163" s="6" t="s">
         <v>1187</v>
       </c>
       <c r="C163" s="7" t="s">
         <v>1188</v>
       </c>
       <c r="D163" s="7" t="s">
         <v>1189</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" s="6">
         <v>10</v>
       </c>
       <c r="B164" s="6" t="s">
         <v>1190</v>
@@ -43592,601 +43876,601 @@
         <v>1237</v>
       </c>
       <c r="D188" s="7" t="s">
         <v>1238</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" s="6">
         <v>14</v>
       </c>
       <c r="B189" s="6" t="s">
         <v>1239</v>
       </c>
       <c r="C189" s="7" t="s">
         <v>1237</v>
       </c>
       <c r="D189" s="7" t="s">
         <v>1238</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" s="6">
         <v>15</v>
       </c>
       <c r="B190" s="6" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="C190" s="7" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="D190" s="7" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" s="6">
         <v>16</v>
       </c>
       <c r="B191" s="6" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="C191" s="7" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="D191" s="7" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" s="6">
         <v>17</v>
       </c>
       <c r="B192" s="6" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C192" s="7" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="D192" s="7" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
     </row>
     <row r="193" spans="1:4">
-      <c r="A193" s="4" t="s">
+      <c r="A193" s="6">
+        <v>18</v>
+      </c>
+      <c r="B193" s="6" t="s">
         <v>1240</v>
       </c>
-      <c r="B193" s="5"/>
-[...5 lines deleted...]
-      </c>
+      <c r="C193" s="7"/>
+      <c r="D193" s="7"/>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" s="6">
-        <v>1</v>
+        <v>19</v>
       </c>
       <c r="B194" s="6" t="s">
         <v>1241</v>
       </c>
-      <c r="C194" s="7" t="s">
+      <c r="C194" s="7"/>
+      <c r="D194" s="7"/>
+    </row>
+    <row r="195" spans="1:4">
+      <c r="A195" s="4" t="s">
         <v>1242</v>
       </c>
-      <c r="D194" s="7" t="s">
-[...14 lines deleted...]
-        <v>1243</v>
+      <c r="B195" s="5"/>
+      <c r="C195" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="D195" s="5" t="s">
+        <v>5</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" s="6">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="B196" s="6" t="s">
+        <v>1243</v>
+      </c>
+      <c r="C196" s="7" t="s">
+        <v>1244</v>
+      </c>
+      <c r="D196" s="7" t="s">
         <v>1245</v>
-      </c>
-[...4 lines deleted...]
-        <v>1247</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" s="6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="B197" s="6" t="s">
-        <v>1248</v>
+        <v>1246</v>
       </c>
       <c r="C197" s="7" t="s">
-        <v>1246</v>
+        <v>1244</v>
       </c>
       <c r="D197" s="7" t="s">
-        <v>1247</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" s="6">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="B198" s="6" t="s">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="C198" s="7" t="s">
-        <v>1250</v>
+        <v>359</v>
       </c>
       <c r="D198" s="7" t="s">
-        <v>1251</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" s="6">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="B199" s="6" t="s">
+        <v>1249</v>
+      </c>
+      <c r="C199" s="7" t="s">
+        <v>359</v>
+      </c>
+      <c r="D199" s="7" t="s">
+        <v>1248</v>
+      </c>
+    </row>
+    <row r="200" spans="1:4">
+      <c r="A200" s="6">
+        <v>5</v>
+      </c>
+      <c r="B200" s="6" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C200" s="7" t="s">
+        <v>1251</v>
+      </c>
+      <c r="D200" s="7" t="s">
         <v>1252</v>
-      </c>
-[...16 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" s="6">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="B201" s="6" t="s">
+        <v>1253</v>
+      </c>
+      <c r="C201" s="7" t="s">
+        <v>1254</v>
+      </c>
+      <c r="D201" s="7" t="s">
+        <v>1255</v>
+      </c>
+    </row>
+    <row r="202" spans="1:4">
+      <c r="A202" s="4" t="s">
         <v>1256</v>
       </c>
-      <c r="C201" s="7"/>
-[...10 lines deleted...]
-      <c r="D202" s="7"/>
+      <c r="B202" s="5"/>
+      <c r="C202" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="D202" s="5" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" s="6">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="B203" s="6" t="s">
-        <v>1258</v>
+        <v>1257</v>
       </c>
       <c r="C203" s="7"/>
       <c r="D203" s="7"/>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" s="6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="B204" s="6" t="s">
-        <v>1259</v>
+        <v>1258</v>
       </c>
       <c r="C204" s="7"/>
       <c r="D204" s="7"/>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" s="6">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="B205" s="6" t="s">
-        <v>1260</v>
+        <v>1259</v>
       </c>
       <c r="C205" s="7"/>
       <c r="D205" s="7"/>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" s="6">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="B206" s="6" t="s">
-        <v>1261</v>
+        <v>1260</v>
       </c>
       <c r="C206" s="7"/>
       <c r="D206" s="7"/>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" s="6">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="B207" s="6" t="s">
-        <v>1262</v>
+        <v>1261</v>
       </c>
       <c r="C207" s="7"/>
       <c r="D207" s="7"/>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" s="6">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="B208" s="6" t="s">
-        <v>1263</v>
+        <v>1262</v>
       </c>
       <c r="C208" s="7"/>
       <c r="D208" s="7"/>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" s="6">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="B209" s="6" t="s">
-        <v>1264</v>
+        <v>1263</v>
       </c>
       <c r="C209" s="7"/>
       <c r="D209" s="7"/>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" s="6">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B210" s="6" t="s">
-        <v>1265</v>
+        <v>1264</v>
       </c>
       <c r="C210" s="7"/>
       <c r="D210" s="7"/>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" s="6">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="B211" s="6" t="s">
-        <v>1266</v>
+        <v>1265</v>
       </c>
       <c r="C211" s="7"/>
       <c r="D211" s="7"/>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" s="4" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="B212" s="5"/>
       <c r="C212" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D212" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" s="6">
         <v>1</v>
       </c>
       <c r="B213" s="6" t="s">
-        <v>1268</v>
+        <v>1267</v>
       </c>
       <c r="C213" s="7">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="D213" s="7">
-        <v>358</v>
+        <v>357</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" s="6">
         <v>2</v>
       </c>
       <c r="B214" s="6" t="s">
-        <v>1269</v>
+        <v>1268</v>
       </c>
       <c r="C214" s="7">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="D214" s="7">
-        <v>324</v>
+        <v>322</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" s="6">
         <v>3</v>
       </c>
       <c r="B215" s="6" t="s">
-        <v>1270</v>
+        <v>1269</v>
       </c>
       <c r="C215" s="7">
-        <v>660</v>
+        <v>680</v>
       </c>
       <c r="D215" s="7">
-        <v>686</v>
+        <v>708</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" s="6">
         <v>4</v>
       </c>
       <c r="B216" s="6" t="s">
-        <v>1271</v>
+        <v>1270</v>
       </c>
       <c r="C216" s="7"/>
       <c r="D216" s="7"/>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" s="6">
         <v>5</v>
       </c>
       <c r="B217" s="6" t="s">
-        <v>1272</v>
+        <v>1271</v>
       </c>
       <c r="C217" s="7"/>
       <c r="D217" s="7"/>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" s="6">
         <v>6</v>
       </c>
       <c r="B218" s="6" t="s">
-        <v>1273</v>
+        <v>1272</v>
       </c>
       <c r="C218" s="7">
-        <v>888</v>
+        <v>893</v>
       </c>
       <c r="D218" s="7">
-        <v>936</v>
+        <v>929</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" s="6">
         <v>7</v>
       </c>
       <c r="B219" s="6" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C219" s="7">
+        <v>983</v>
+      </c>
+      <c r="D219" s="7" t="s">
         <v>1274</v>
-      </c>
-[...4 lines deleted...]
-        <v>821</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" s="6">
         <v>8</v>
       </c>
       <c r="B220" s="6" t="s">
         <v>1275</v>
       </c>
       <c r="C220" s="7">
-        <v>829</v>
+        <v>834</v>
       </c>
       <c r="D220" s="7">
-        <v>874</v>
+        <v>868</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" s="6">
         <v>9</v>
       </c>
       <c r="B221" s="6" t="s">
         <v>1276</v>
       </c>
       <c r="C221" s="7">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="D221" s="7">
-        <v>658</v>
+        <v>653</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" s="6">
         <v>10</v>
       </c>
       <c r="B222" s="6" t="s">
         <v>1277</v>
       </c>
       <c r="C222" s="7" t="s">
         <v>1278</v>
       </c>
       <c r="D222" s="7" t="s">
-        <v>1279</v>
+        <v>499</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" s="6">
         <v>11</v>
       </c>
       <c r="B223" s="6" t="s">
+        <v>1279</v>
+      </c>
+      <c r="C223" s="7" t="s">
         <v>1280</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="D223" s="7" t="s">
         <v>1281</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" s="6">
         <v>12</v>
       </c>
       <c r="B224" s="6" t="s">
         <v>1282</v>
       </c>
       <c r="C224" s="7">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="D224" s="7">
-        <v>666</v>
+        <v>661</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" s="6">
         <v>13</v>
       </c>
       <c r="B225" s="6" t="s">
         <v>1283</v>
       </c>
       <c r="C225" s="7">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="D225" s="7">
-        <v>535</v>
+        <v>531</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" s="6">
         <v>14</v>
       </c>
       <c r="B226" s="6" t="s">
         <v>1284</v>
       </c>
       <c r="C226" s="7" t="s">
         <v>1285</v>
       </c>
       <c r="D226" s="7" t="s">
         <v>1286</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" s="6">
         <v>15</v>
       </c>
       <c r="B227" s="6" t="s">
         <v>1287</v>
       </c>
       <c r="C227" s="7">
-        <v>880</v>
+        <v>885</v>
       </c>
       <c r="D227" s="7">
-        <v>928</v>
+        <v>921</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" s="6">
         <v>16</v>
       </c>
       <c r="B228" s="6" t="s">
         <v>1288</v>
       </c>
       <c r="C228" s="7" t="s">
         <v>1289</v>
       </c>
       <c r="D228" s="7" t="s">
         <v>1290</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" s="6">
         <v>17</v>
       </c>
       <c r="B229" s="6" t="s">
         <v>1291</v>
       </c>
       <c r="C229" s="7">
-        <v>912</v>
+        <v>918</v>
       </c>
       <c r="D229" s="7">
-        <v>962</v>
+        <v>955</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" s="6">
         <v>18</v>
       </c>
       <c r="B230" s="6" t="s">
         <v>1292</v>
       </c>
       <c r="C230" s="7" t="s">
-        <v>742</v>
+        <v>1293</v>
       </c>
       <c r="D230" s="7" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" s="6">
         <v>19</v>
       </c>
       <c r="B231" s="6" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="C231" s="7">
-        <v>748</v>
+        <v>753</v>
       </c>
       <c r="D231" s="7">
-        <v>789</v>
+        <v>783</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" s="6"/>
       <c r="B232" s="6"/>
       <c r="C232" s="6"/>
       <c r="D232" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A4:B4"/>
     <mergeCell ref="A5:B5"/>
     <mergeCell ref="A11:B11"/>
     <mergeCell ref="A13:B13"/>
     <mergeCell ref="A21:B21"/>
     <mergeCell ref="A30:B30"/>
     <mergeCell ref="A39:B39"/>
     <mergeCell ref="A56:B56"/>
     <mergeCell ref="A64:B64"/>
     <mergeCell ref="A70:B70"/>
     <mergeCell ref="A91:B91"/>
     <mergeCell ref="A112:B112"/>
     <mergeCell ref="A133:B133"/>
     <mergeCell ref="A154:B154"/>
     <mergeCell ref="A175:B175"/>
-    <mergeCell ref="A193:B193"/>
-    <mergeCell ref="A200:B200"/>
+    <mergeCell ref="A195:B195"/>
+    <mergeCell ref="A202:B202"/>
     <mergeCell ref="A212:B212"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B6" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B23" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B24" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B25" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B26" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B27" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B28" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B29" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B31" r:id="rId_hyperlink_22"/>
@@ -44320,1462 +44604,1499 @@
     <hyperlink ref="B167" r:id="rId_hyperlink_150"/>
     <hyperlink ref="B168" r:id="rId_hyperlink_151"/>
     <hyperlink ref="B169" r:id="rId_hyperlink_152"/>
     <hyperlink ref="B170" r:id="rId_hyperlink_153"/>
     <hyperlink ref="B171" r:id="rId_hyperlink_154"/>
     <hyperlink ref="B172" r:id="rId_hyperlink_155"/>
     <hyperlink ref="B173" r:id="rId_hyperlink_156"/>
     <hyperlink ref="B174" r:id="rId_hyperlink_157"/>
     <hyperlink ref="B176" r:id="rId_hyperlink_158"/>
     <hyperlink ref="B177" r:id="rId_hyperlink_159"/>
     <hyperlink ref="B178" r:id="rId_hyperlink_160"/>
     <hyperlink ref="B179" r:id="rId_hyperlink_161"/>
     <hyperlink ref="B180" r:id="rId_hyperlink_162"/>
     <hyperlink ref="B181" r:id="rId_hyperlink_163"/>
     <hyperlink ref="B182" r:id="rId_hyperlink_164"/>
     <hyperlink ref="B183" r:id="rId_hyperlink_165"/>
     <hyperlink ref="B184" r:id="rId_hyperlink_166"/>
     <hyperlink ref="B185" r:id="rId_hyperlink_167"/>
     <hyperlink ref="B186" r:id="rId_hyperlink_168"/>
     <hyperlink ref="B187" r:id="rId_hyperlink_169"/>
     <hyperlink ref="B188" r:id="rId_hyperlink_170"/>
     <hyperlink ref="B189" r:id="rId_hyperlink_171"/>
     <hyperlink ref="B190" r:id="rId_hyperlink_172"/>
     <hyperlink ref="B191" r:id="rId_hyperlink_173"/>
     <hyperlink ref="B192" r:id="rId_hyperlink_174"/>
-    <hyperlink ref="B194" r:id="rId_hyperlink_175"/>
-    <hyperlink ref="B195" r:id="rId_hyperlink_176"/>
+    <hyperlink ref="B193" r:id="rId_hyperlink_175"/>
+    <hyperlink ref="B194" r:id="rId_hyperlink_176"/>
     <hyperlink ref="B196" r:id="rId_hyperlink_177"/>
     <hyperlink ref="B197" r:id="rId_hyperlink_178"/>
     <hyperlink ref="B198" r:id="rId_hyperlink_179"/>
     <hyperlink ref="B199" r:id="rId_hyperlink_180"/>
-    <hyperlink ref="B201" r:id="rId_hyperlink_181"/>
-    <hyperlink ref="B202" r:id="rId_hyperlink_182"/>
+    <hyperlink ref="B200" r:id="rId_hyperlink_181"/>
+    <hyperlink ref="B201" r:id="rId_hyperlink_182"/>
     <hyperlink ref="B203" r:id="rId_hyperlink_183"/>
     <hyperlink ref="B204" r:id="rId_hyperlink_184"/>
     <hyperlink ref="B205" r:id="rId_hyperlink_185"/>
     <hyperlink ref="B206" r:id="rId_hyperlink_186"/>
     <hyperlink ref="B207" r:id="rId_hyperlink_187"/>
     <hyperlink ref="B208" r:id="rId_hyperlink_188"/>
     <hyperlink ref="B209" r:id="rId_hyperlink_189"/>
     <hyperlink ref="B210" r:id="rId_hyperlink_190"/>
     <hyperlink ref="B211" r:id="rId_hyperlink_191"/>
     <hyperlink ref="B213" r:id="rId_hyperlink_192"/>
     <hyperlink ref="B214" r:id="rId_hyperlink_193"/>
     <hyperlink ref="B215" r:id="rId_hyperlink_194"/>
     <hyperlink ref="B216" r:id="rId_hyperlink_195"/>
     <hyperlink ref="B217" r:id="rId_hyperlink_196"/>
     <hyperlink ref="B218" r:id="rId_hyperlink_197"/>
     <hyperlink ref="B219" r:id="rId_hyperlink_198"/>
     <hyperlink ref="B220" r:id="rId_hyperlink_199"/>
     <hyperlink ref="B221" r:id="rId_hyperlink_200"/>
     <hyperlink ref="B222" r:id="rId_hyperlink_201"/>
     <hyperlink ref="B223" r:id="rId_hyperlink_202"/>
     <hyperlink ref="B224" r:id="rId_hyperlink_203"/>
     <hyperlink ref="B225" r:id="rId_hyperlink_204"/>
     <hyperlink ref="B226" r:id="rId_hyperlink_205"/>
     <hyperlink ref="B227" r:id="rId_hyperlink_206"/>
     <hyperlink ref="B228" r:id="rId_hyperlink_207"/>
     <hyperlink ref="B229" r:id="rId_hyperlink_208"/>
     <hyperlink ref="B230" r:id="rId_hyperlink_209"/>
     <hyperlink ref="B231" r:id="rId_hyperlink_210"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D73"/>
+  <dimension ref="A1:D76"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D73" sqref="D73"/>
+      <selection activeCell="D76" sqref="D76"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="94.26269499999999" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.710938" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:4">
       <c r="B2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="B3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="4" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="B4" s="5"/>
       <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="4" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="6">
         <v>1</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="C6" s="7" t="s">
-        <v>1044</v>
+        <v>1299</v>
       </c>
       <c r="D6" s="7" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="6">
         <v>2</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="C7" s="7" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
       <c r="D7" s="7" t="s">
-        <v>1301</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="6">
         <v>3</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>1302</v>
+        <v>1304</v>
       </c>
       <c r="C8" s="7" t="s">
-        <v>1303</v>
+        <v>1305</v>
       </c>
       <c r="D8" s="7" t="s">
-        <v>1304</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="6">
         <v>4</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
       <c r="C9" s="7" t="s">
-        <v>1306</v>
+        <v>1308</v>
       </c>
       <c r="D9" s="7" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="10" spans="1:4">
-      <c r="A10" s="4" t="s">
-[...6 lines deleted...]
-      <c r="D10" s="5" t="s">
+      <c r="A10" s="6">
         <v>5</v>
       </c>
+      <c r="B10" s="6" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C10" s="7"/>
+      <c r="D10" s="7"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="6">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>1309</v>
-[...4 lines deleted...]
-      <c r="D11" s="7" t="s">
         <v>1311</v>
       </c>
+      <c r="C11" s="7"/>
+      <c r="D11" s="7"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="6">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>1312</v>
       </c>
-      <c r="C12" s="7" t="s">
+      <c r="C12" s="7"/>
+      <c r="D12" s="7"/>
+    </row>
+    <row r="13" spans="1:4">
+      <c r="A13" s="4" t="s">
         <v>1313</v>
       </c>
-      <c r="D12" s="7" t="s">
+      <c r="B13" s="5"/>
+      <c r="C13" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="D13" s="5" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4">
+      <c r="A14" s="6">
+        <v>1</v>
+      </c>
+      <c r="B14" s="6" t="s">
         <v>1314</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B13" s="6" t="s">
+      <c r="C14" s="7" t="s">
         <v>1315</v>
       </c>
-      <c r="C13" s="7" t="s">
+      <c r="D14" s="7" t="s">
         <v>1316</v>
-      </c>
-[...13 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="6">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>454</v>
+        <v>1317</v>
       </c>
       <c r="C15" s="7" t="s">
-        <v>455</v>
+        <v>1318</v>
       </c>
       <c r="D15" s="7" t="s">
-        <v>456</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>457</v>
+        <v>1320</v>
       </c>
       <c r="C16" s="7" t="s">
-        <v>458</v>
+        <v>1321</v>
       </c>
       <c r="D16" s="7" t="s">
-        <v>459</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="17" spans="1:4">
-      <c r="A17" s="6">
-[...9 lines deleted...]
-        <v>461</v>
+      <c r="A17" s="4" t="s">
+        <v>1323</v>
+      </c>
+      <c r="B17" s="5"/>
+      <c r="C17" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="D17" s="5" t="s">
+        <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="6">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>462</v>
+        <v>454</v>
       </c>
       <c r="C18" s="7" t="s">
-        <v>463</v>
+        <v>455</v>
       </c>
       <c r="D18" s="7" t="s">
-        <v>464</v>
+        <v>456</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="6">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="B19" s="6" t="s">
-        <v>465</v>
+        <v>457</v>
       </c>
       <c r="C19" s="7" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="D19" s="7" t="s">
-        <v>467</v>
+        <v>459</v>
       </c>
     </row>
     <row r="20" spans="1:4">
-      <c r="A20" s="4" t="s">
-[...7 lines deleted...]
-        <v>5</v>
+      <c r="A20" s="6">
+        <v>3</v>
+      </c>
+      <c r="B20" s="6" t="s">
+        <v>460</v>
+      </c>
+      <c r="C20" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="D20" s="7" t="s">
+        <v>462</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="6">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="B21" s="6" t="s">
-        <v>1320</v>
-[...5 lines deleted...]
-        <v>136</v>
+        <v>463</v>
+      </c>
+      <c r="C21" s="7" t="s">
+        <v>464</v>
+      </c>
+      <c r="D21" s="7" t="s">
+        <v>465</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="6">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="B22" s="6" t="s">
-        <v>1321</v>
-[...5 lines deleted...]
-        <v>144</v>
+        <v>466</v>
+      </c>
+      <c r="C22" s="7" t="s">
+        <v>467</v>
+      </c>
+      <c r="D22" s="7" t="s">
+        <v>468</v>
       </c>
     </row>
     <row r="23" spans="1:4">
-      <c r="A23" s="6">
-[...9 lines deleted...]
-        <v>147</v>
+      <c r="A23" s="4" t="s">
+        <v>1324</v>
+      </c>
+      <c r="B23" s="5"/>
+      <c r="C23" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="D23" s="5" t="s">
+        <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="6">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="B24" s="6" t="s">
-        <v>1323</v>
-[...2 lines deleted...]
-      <c r="D24" s="7"/>
+        <v>1325</v>
+      </c>
+      <c r="C24" s="7">
+        <v>123</v>
+      </c>
+      <c r="D24" s="7">
+        <v>136</v>
+      </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="6">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="B25" s="6" t="s">
-        <v>1324</v>
+        <v>1326</v>
       </c>
       <c r="C25" s="7">
-        <v>137</v>
+        <v>131</v>
       </c>
       <c r="D25" s="7">
-        <v>151</v>
+        <v>144</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="6">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="B26" s="6" t="s">
-        <v>1325</v>
+        <v>1327</v>
       </c>
       <c r="C26" s="7">
-        <v>141</v>
+        <v>134</v>
       </c>
       <c r="D26" s="7">
-        <v>156</v>
+        <v>147</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="6">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B27" s="6" t="s">
-        <v>1326</v>
+        <v>1328</v>
       </c>
       <c r="C27" s="7">
-        <v>209</v>
+        <v>135</v>
       </c>
       <c r="D27" s="7">
-        <v>230</v>
+        <v>149</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="6">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="B28" s="6" t="s">
-        <v>1327</v>
+        <v>1329</v>
       </c>
       <c r="C28" s="7">
-        <v>209</v>
+        <v>137</v>
       </c>
       <c r="D28" s="7">
-        <v>230</v>
+        <v>151</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="6">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="B29" s="6" t="s">
-        <v>1328</v>
+        <v>1330</v>
       </c>
       <c r="C29" s="7">
-        <v>212</v>
+        <v>141</v>
       </c>
       <c r="D29" s="7">
-        <v>233</v>
+        <v>156</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="6">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="B30" s="6" t="s">
-        <v>1329</v>
+        <v>1331</v>
       </c>
       <c r="C30" s="7">
-        <v>216</v>
+        <v>209</v>
       </c>
       <c r="D30" s="7">
-        <v>238</v>
+        <v>230</v>
       </c>
     </row>
     <row r="31" spans="1:4">
-      <c r="A31" s="4" t="s">
-[...7 lines deleted...]
-        <v>5</v>
+      <c r="A31" s="6">
+        <v>8</v>
+      </c>
+      <c r="B31" s="6" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C31" s="7">
+        <v>209</v>
+      </c>
+      <c r="D31" s="7">
+        <v>230</v>
       </c>
     </row>
     <row r="32" spans="1:4">
-      <c r="A32" s="4" t="s">
-[...7 lines deleted...]
-        <v>5</v>
+      <c r="A32" s="6">
+        <v>9</v>
+      </c>
+      <c r="B32" s="6" t="s">
+        <v>1333</v>
+      </c>
+      <c r="C32" s="7">
+        <v>212</v>
+      </c>
+      <c r="D32" s="7">
+        <v>233</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="6">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="B33" s="6" t="s">
-        <v>1009</v>
-[...5 lines deleted...]
-        <v>1011</v>
+        <v>1334</v>
+      </c>
+      <c r="C33" s="7">
+        <v>216</v>
+      </c>
+      <c r="D33" s="7">
+        <v>238</v>
       </c>
     </row>
     <row r="34" spans="1:4">
-      <c r="A34" s="6">
-[...9 lines deleted...]
-        <v>1014</v>
+      <c r="A34" s="4" t="s">
+        <v>1335</v>
+      </c>
+      <c r="B34" s="5"/>
+      <c r="C34" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="D34" s="5" t="s">
+        <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:4">
-      <c r="A35" s="6">
-[...9 lines deleted...]
-        <v>1017</v>
+      <c r="A35" s="4" t="s">
+        <v>1336</v>
+      </c>
+      <c r="B35" s="5"/>
+      <c r="C35" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="D35" s="5" t="s">
+        <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="6">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="B36" s="6" t="s">
-        <v>1018</v>
+        <v>1008</v>
       </c>
       <c r="C36" s="7" t="s">
-        <v>1019</v>
+        <v>1009</v>
       </c>
       <c r="D36" s="7" t="s">
-        <v>1020</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="37" spans="1:4">
-      <c r="A37" s="4" t="s">
-[...7 lines deleted...]
-        <v>5</v>
+      <c r="A37" s="6">
+        <v>2</v>
+      </c>
+      <c r="B37" s="6" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C37" s="7" t="s">
+        <v>1012</v>
+      </c>
+      <c r="D37" s="7" t="s">
+        <v>1013</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="6">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="B38" s="6" t="s">
-        <v>1053</v>
+        <v>1014</v>
       </c>
       <c r="C38" s="7" t="s">
-        <v>1054</v>
+        <v>1015</v>
       </c>
       <c r="D38" s="7" t="s">
-        <v>1055</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="6">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="B39" s="6" t="s">
-        <v>1056</v>
+        <v>1017</v>
       </c>
       <c r="C39" s="7" t="s">
-        <v>1057</v>
+        <v>1018</v>
       </c>
       <c r="D39" s="7" t="s">
-        <v>1058</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="40" spans="1:4">
-      <c r="A40" s="6">
-[...9 lines deleted...]
-        <v>1061</v>
+      <c r="A40" s="4" t="s">
+        <v>1337</v>
+      </c>
+      <c r="B40" s="5"/>
+      <c r="C40" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="D40" s="5" t="s">
+        <v>5</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="6">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="B41" s="6" t="s">
-        <v>1062</v>
+        <v>1053</v>
       </c>
       <c r="C41" s="7" t="s">
-        <v>1063</v>
+        <v>1054</v>
       </c>
       <c r="D41" s="7" t="s">
-        <v>1064</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="42" spans="1:4">
-      <c r="A42" s="4" t="s">
-[...7 lines deleted...]
-        <v>5</v>
+      <c r="A42" s="6">
+        <v>2</v>
+      </c>
+      <c r="B42" s="6" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C42" s="7" t="s">
+        <v>1057</v>
+      </c>
+      <c r="D42" s="7" t="s">
+        <v>1058</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="6">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="B43" s="6" t="s">
-        <v>1098</v>
+        <v>1059</v>
       </c>
       <c r="C43" s="7" t="s">
-        <v>1099</v>
+        <v>1060</v>
       </c>
       <c r="D43" s="7" t="s">
-        <v>1100</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="6">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="B44" s="6" t="s">
-        <v>1101</v>
+        <v>1062</v>
       </c>
       <c r="C44" s="7" t="s">
-        <v>1102</v>
+        <v>1063</v>
       </c>
       <c r="D44" s="7" t="s">
-        <v>1103</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="45" spans="1:4">
-      <c r="A45" s="6">
-[...9 lines deleted...]
-        <v>1106</v>
+      <c r="A45" s="4" t="s">
+        <v>1338</v>
+      </c>
+      <c r="B45" s="5"/>
+      <c r="C45" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="D45" s="5" t="s">
+        <v>5</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="6">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="B46" s="6" t="s">
-        <v>1107</v>
+        <v>1098</v>
       </c>
       <c r="C46" s="7" t="s">
-        <v>1108</v>
+        <v>1099</v>
       </c>
       <c r="D46" s="7" t="s">
-        <v>1109</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="47" spans="1:4">
-      <c r="A47" s="4" t="s">
-[...7 lines deleted...]
-        <v>5</v>
+      <c r="A47" s="6">
+        <v>2</v>
+      </c>
+      <c r="B47" s="6" t="s">
+        <v>1101</v>
+      </c>
+      <c r="C47" s="7" t="s">
+        <v>1102</v>
+      </c>
+      <c r="D47" s="7" t="s">
+        <v>1103</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="6">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="B48" s="6" t="s">
-        <v>1143</v>
+        <v>1104</v>
       </c>
       <c r="C48" s="7" t="s">
-        <v>1144</v>
+        <v>1105</v>
       </c>
       <c r="D48" s="7" t="s">
-        <v>1145</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="6">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="B49" s="6" t="s">
-        <v>1146</v>
+        <v>1107</v>
       </c>
       <c r="C49" s="7" t="s">
-        <v>1147</v>
+        <v>1108</v>
       </c>
       <c r="D49" s="7" t="s">
-        <v>1148</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="50" spans="1:4">
-      <c r="A50" s="6">
-[...9 lines deleted...]
-        <v>1151</v>
+      <c r="A50" s="4" t="s">
+        <v>1339</v>
+      </c>
+      <c r="B50" s="5"/>
+      <c r="C50" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="D50" s="5" t="s">
+        <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="6">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="B51" s="6" t="s">
-        <v>1152</v>
+        <v>1142</v>
       </c>
       <c r="C51" s="7" t="s">
-        <v>1153</v>
+        <v>1143</v>
       </c>
       <c r="D51" s="7" t="s">
-        <v>1154</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="52" spans="1:4">
-      <c r="A52" s="4" t="s">
-[...7 lines deleted...]
-        <v>5</v>
+      <c r="A52" s="6">
+        <v>2</v>
+      </c>
+      <c r="B52" s="6" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C52" s="7" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D52" s="7" t="s">
+        <v>1147</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="6">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="B53" s="6" t="s">
-        <v>1187</v>
+        <v>1148</v>
       </c>
       <c r="C53" s="7" t="s">
-        <v>1188</v>
+        <v>1149</v>
       </c>
       <c r="D53" s="7" t="s">
-        <v>1189</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="6">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="B54" s="6" t="s">
-        <v>1190</v>
+        <v>1151</v>
       </c>
       <c r="C54" s="7" t="s">
-        <v>1191</v>
+        <v>1152</v>
       </c>
       <c r="D54" s="7" t="s">
-        <v>1192</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="55" spans="1:4">
-      <c r="A55" s="6">
-[...9 lines deleted...]
-        <v>1195</v>
+      <c r="A55" s="4" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B55" s="5"/>
+      <c r="C55" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="D55" s="5" t="s">
+        <v>5</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="6">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="B56" s="6" t="s">
-        <v>1196</v>
+        <v>1187</v>
       </c>
       <c r="C56" s="7" t="s">
-        <v>1197</v>
+        <v>1188</v>
       </c>
       <c r="D56" s="7" t="s">
-        <v>1198</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="57" spans="1:4">
-      <c r="A57" s="4" t="s">
-[...7 lines deleted...]
-        <v>5</v>
+      <c r="A57" s="6">
+        <v>2</v>
+      </c>
+      <c r="B57" s="6" t="s">
+        <v>1190</v>
+      </c>
+      <c r="C57" s="7" t="s">
+        <v>1191</v>
+      </c>
+      <c r="D57" s="7" t="s">
+        <v>1192</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="6">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="B58" s="6" t="s">
-        <v>1226</v>
+        <v>1193</v>
       </c>
       <c r="C58" s="7" t="s">
-        <v>1227</v>
+        <v>1194</v>
       </c>
       <c r="D58" s="7" t="s">
-        <v>1228</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="6">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="B59" s="6" t="s">
-        <v>1229</v>
+        <v>1196</v>
       </c>
       <c r="C59" s="7" t="s">
-        <v>1230</v>
+        <v>1197</v>
       </c>
       <c r="D59" s="7" t="s">
-        <v>1231</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="4" t="s">
-        <v>1337</v>
+        <v>1341</v>
       </c>
       <c r="B60" s="5"/>
       <c r="C60" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D60" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="6">
         <v>1</v>
       </c>
       <c r="B61" s="6" t="s">
-        <v>1249</v>
+        <v>1226</v>
       </c>
       <c r="C61" s="7" t="s">
-        <v>1250</v>
+        <v>1227</v>
       </c>
       <c r="D61" s="7" t="s">
-        <v>1251</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="6">
         <v>2</v>
       </c>
       <c r="B62" s="6" t="s">
-        <v>1252</v>
+        <v>1229</v>
       </c>
       <c r="C62" s="7" t="s">
-        <v>1253</v>
+        <v>1230</v>
       </c>
       <c r="D62" s="7" t="s">
-        <v>1254</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="4" t="s">
-        <v>1338</v>
+        <v>1342</v>
       </c>
       <c r="B63" s="5"/>
       <c r="C63" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D63" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="6">
         <v>1</v>
       </c>
       <c r="B64" s="6" t="s">
-        <v>1339</v>
+        <v>1250</v>
       </c>
       <c r="C64" s="7" t="s">
-        <v>1340</v>
+        <v>1251</v>
       </c>
       <c r="D64" s="7" t="s">
-        <v>1341</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="6">
         <v>2</v>
       </c>
       <c r="B65" s="6" t="s">
-        <v>1342</v>
+        <v>1253</v>
       </c>
       <c r="C65" s="7" t="s">
+        <v>1254</v>
+      </c>
+      <c r="D65" s="7" t="s">
+        <v>1255</v>
+      </c>
+    </row>
+    <row r="66" spans="1:4">
+      <c r="A66" s="4" t="s">
         <v>1343</v>
       </c>
-      <c r="D65" s="7" t="s">
-[...14 lines deleted...]
-        <v>1347</v>
+      <c r="B66" s="5"/>
+      <c r="C66" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="D66" s="5" t="s">
+        <v>5</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="6">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="B67" s="6" t="s">
-        <v>1348</v>
+        <v>1344</v>
       </c>
       <c r="C67" s="7" t="s">
-        <v>1349</v>
+        <v>1345</v>
       </c>
       <c r="D67" s="7" t="s">
-        <v>1350</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="6">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="B68" s="6" t="s">
-        <v>1351</v>
+        <v>1347</v>
       </c>
       <c r="C68" s="7" t="s">
-        <v>1352</v>
+        <v>1348</v>
       </c>
       <c r="D68" s="7" t="s">
-        <v>1353</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="6">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="B69" s="6" t="s">
-        <v>1354</v>
+        <v>1350</v>
       </c>
       <c r="C69" s="7" t="s">
-        <v>1355</v>
+        <v>1351</v>
       </c>
       <c r="D69" s="7" t="s">
-        <v>1356</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="6">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B70" s="6" t="s">
-        <v>1357</v>
+        <v>1353</v>
       </c>
       <c r="C70" s="7" t="s">
-        <v>1358</v>
+        <v>1354</v>
       </c>
       <c r="D70" s="7" t="s">
-        <v>1359</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="6">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="B71" s="6" t="s">
-        <v>1360</v>
+        <v>1356</v>
       </c>
       <c r="C71" s="7" t="s">
-        <v>1361</v>
+        <v>1357</v>
       </c>
       <c r="D71" s="7" t="s">
-        <v>1362</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="6">
+        <v>6</v>
+      </c>
+      <c r="B72" s="6" t="s">
+        <v>1359</v>
+      </c>
+      <c r="C72" s="7" t="s">
+        <v>1360</v>
+      </c>
+      <c r="D72" s="7" t="s">
+        <v>1361</v>
+      </c>
+    </row>
+    <row r="73" spans="1:4">
+      <c r="A73" s="6">
+        <v>7</v>
+      </c>
+      <c r="B73" s="6" t="s">
+        <v>1362</v>
+      </c>
+      <c r="C73" s="7" t="s">
+        <v>1363</v>
+      </c>
+      <c r="D73" s="7" t="s">
+        <v>1364</v>
+      </c>
+    </row>
+    <row r="74" spans="1:4">
+      <c r="A74" s="6">
+        <v>8</v>
+      </c>
+      <c r="B74" s="6" t="s">
+        <v>1365</v>
+      </c>
+      <c r="C74" s="7" t="s">
+        <v>1366</v>
+      </c>
+      <c r="D74" s="7" t="s">
+        <v>1367</v>
+      </c>
+    </row>
+    <row r="75" spans="1:4">
+      <c r="A75" s="6">
         <v>9</v>
       </c>
-      <c r="B72" s="6" t="s">
-[...13 lines deleted...]
-      <c r="D73" s="6"/>
+      <c r="B75" s="6" t="s">
+        <v>1368</v>
+      </c>
+      <c r="C75" s="7" t="s">
+        <v>1366</v>
+      </c>
+      <c r="D75" s="7" t="s">
+        <v>1367</v>
+      </c>
+    </row>
+    <row r="76" spans="1:4">
+      <c r="A76" s="6"/>
+      <c r="B76" s="6"/>
+      <c r="C76" s="6"/>
+      <c r="D76" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A4:B4"/>
     <mergeCell ref="A5:B5"/>
-    <mergeCell ref="A10:B10"/>
-[...8 lines deleted...]
-    <mergeCell ref="A57:B57"/>
+    <mergeCell ref="A13:B13"/>
+    <mergeCell ref="A17:B17"/>
+    <mergeCell ref="A23:B23"/>
+    <mergeCell ref="A34:B34"/>
+    <mergeCell ref="A35:B35"/>
+    <mergeCell ref="A40:B40"/>
+    <mergeCell ref="A45:B45"/>
+    <mergeCell ref="A50:B50"/>
+    <mergeCell ref="A55:B55"/>
     <mergeCell ref="A60:B60"/>
     <mergeCell ref="A63:B63"/>
+    <mergeCell ref="A66:B66"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B6" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_4"/>
-    <hyperlink ref="B11" r:id="rId_hyperlink_5"/>
-[...4 lines deleted...]
-    <hyperlink ref="B17" r:id="rId_hyperlink_10"/>
+    <hyperlink ref="B10" r:id="rId_hyperlink_5"/>
+    <hyperlink ref="B11" r:id="rId_hyperlink_6"/>
+    <hyperlink ref="B12" r:id="rId_hyperlink_7"/>
+    <hyperlink ref="B14" r:id="rId_hyperlink_8"/>
+    <hyperlink ref="B15" r:id="rId_hyperlink_9"/>
+    <hyperlink ref="B16" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_12"/>
-    <hyperlink ref="B21" r:id="rId_hyperlink_13"/>
-[...1 lines deleted...]
-    <hyperlink ref="B23" r:id="rId_hyperlink_15"/>
+    <hyperlink ref="B20" r:id="rId_hyperlink_13"/>
+    <hyperlink ref="B21" r:id="rId_hyperlink_14"/>
+    <hyperlink ref="B22" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B24" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B25" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B26" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B27" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B28" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B29" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B30" r:id="rId_hyperlink_22"/>
-    <hyperlink ref="B33" r:id="rId_hyperlink_23"/>
-[...1 lines deleted...]
-    <hyperlink ref="B35" r:id="rId_hyperlink_25"/>
+    <hyperlink ref="B31" r:id="rId_hyperlink_23"/>
+    <hyperlink ref="B32" r:id="rId_hyperlink_24"/>
+    <hyperlink ref="B33" r:id="rId_hyperlink_25"/>
     <hyperlink ref="B36" r:id="rId_hyperlink_26"/>
-    <hyperlink ref="B38" r:id="rId_hyperlink_27"/>
-[...1 lines deleted...]
-    <hyperlink ref="B40" r:id="rId_hyperlink_29"/>
+    <hyperlink ref="B37" r:id="rId_hyperlink_27"/>
+    <hyperlink ref="B38" r:id="rId_hyperlink_28"/>
+    <hyperlink ref="B39" r:id="rId_hyperlink_29"/>
     <hyperlink ref="B41" r:id="rId_hyperlink_30"/>
-    <hyperlink ref="B43" r:id="rId_hyperlink_31"/>
-[...1 lines deleted...]
-    <hyperlink ref="B45" r:id="rId_hyperlink_33"/>
+    <hyperlink ref="B42" r:id="rId_hyperlink_31"/>
+    <hyperlink ref="B43" r:id="rId_hyperlink_32"/>
+    <hyperlink ref="B44" r:id="rId_hyperlink_33"/>
     <hyperlink ref="B46" r:id="rId_hyperlink_34"/>
-    <hyperlink ref="B48" r:id="rId_hyperlink_35"/>
-[...1 lines deleted...]
-    <hyperlink ref="B50" r:id="rId_hyperlink_37"/>
+    <hyperlink ref="B47" r:id="rId_hyperlink_35"/>
+    <hyperlink ref="B48" r:id="rId_hyperlink_36"/>
+    <hyperlink ref="B49" r:id="rId_hyperlink_37"/>
     <hyperlink ref="B51" r:id="rId_hyperlink_38"/>
-    <hyperlink ref="B53" r:id="rId_hyperlink_39"/>
-[...1 lines deleted...]
-    <hyperlink ref="B55" r:id="rId_hyperlink_41"/>
+    <hyperlink ref="B52" r:id="rId_hyperlink_39"/>
+    <hyperlink ref="B53" r:id="rId_hyperlink_40"/>
+    <hyperlink ref="B54" r:id="rId_hyperlink_41"/>
     <hyperlink ref="B56" r:id="rId_hyperlink_42"/>
-    <hyperlink ref="B58" r:id="rId_hyperlink_43"/>
-[...5 lines deleted...]
-    <hyperlink ref="B66" r:id="rId_hyperlink_49"/>
+    <hyperlink ref="B57" r:id="rId_hyperlink_43"/>
+    <hyperlink ref="B58" r:id="rId_hyperlink_44"/>
+    <hyperlink ref="B59" r:id="rId_hyperlink_45"/>
+    <hyperlink ref="B61" r:id="rId_hyperlink_46"/>
+    <hyperlink ref="B62" r:id="rId_hyperlink_47"/>
+    <hyperlink ref="B64" r:id="rId_hyperlink_48"/>
+    <hyperlink ref="B65" r:id="rId_hyperlink_49"/>
     <hyperlink ref="B67" r:id="rId_hyperlink_50"/>
     <hyperlink ref="B68" r:id="rId_hyperlink_51"/>
     <hyperlink ref="B69" r:id="rId_hyperlink_52"/>
     <hyperlink ref="B70" r:id="rId_hyperlink_53"/>
     <hyperlink ref="B71" r:id="rId_hyperlink_54"/>
     <hyperlink ref="B72" r:id="rId_hyperlink_55"/>
+    <hyperlink ref="B73" r:id="rId_hyperlink_56"/>
+    <hyperlink ref="B74" r:id="rId_hyperlink_57"/>
+    <hyperlink ref="B75" r:id="rId_hyperlink_58"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D24"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D24" sqref="D24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="49.416504" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.710938" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:4">
       <c r="B2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="B3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="4" t="s">
-        <v>1364</v>
+        <v>1369</v>
       </c>
       <c r="B4" s="5"/>
       <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="6">
         <v>1</v>
       </c>
       <c r="B5" s="6" t="s">
-        <v>1365</v>
+        <v>1370</v>
       </c>
       <c r="C5" s="7" t="s">
-        <v>1366</v>
+        <v>1371</v>
       </c>
       <c r="D5" s="7" t="s">
-        <v>1367</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="6">
         <v>2</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>1368</v>
+        <v>1373</v>
       </c>
       <c r="C6" s="7" t="s">
-        <v>1369</v>
+        <v>1374</v>
       </c>
       <c r="D6" s="7" t="s">
-        <v>1370</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="6">
         <v>3</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>1371</v>
+        <v>1376</v>
       </c>
       <c r="C7" s="7" t="s">
-        <v>1372</v>
+        <v>1377</v>
       </c>
       <c r="D7" s="7" t="s">
-        <v>1373</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="6">
         <v>4</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>1374</v>
+        <v>1379</v>
       </c>
       <c r="C8" s="7" t="s">
-        <v>1375</v>
+        <v>1380</v>
       </c>
       <c r="D8" s="7" t="s">
-        <v>1376</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="6">
         <v>5</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>1377</v>
+        <v>1382</v>
       </c>
       <c r="C9" s="7" t="s">
-        <v>1378</v>
+        <v>1383</v>
       </c>
       <c r="D9" s="7" t="s">
-        <v>1379</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="6">
         <v>6</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>1380</v>
+        <v>1385</v>
       </c>
       <c r="C10" s="7" t="s">
-        <v>1381</v>
+        <v>1386</v>
       </c>
       <c r="D10" s="7" t="s">
-        <v>1382</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="6">
         <v>7</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>1383</v>
+        <v>1388</v>
       </c>
       <c r="C11" s="7" t="s">
-        <v>1384</v>
+        <v>1389</v>
       </c>
       <c r="D11" s="7" t="s">
-        <v>1385</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="6">
         <v>8</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>1386</v>
+        <v>1391</v>
       </c>
       <c r="C12" s="7" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="D12" s="7" t="s">
-        <v>1387</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="6">
         <v>9</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>1388</v>
+        <v>1393</v>
       </c>
       <c r="C13" s="7">
-        <v>837</v>
+        <v>863</v>
       </c>
       <c r="D13" s="7">
-        <v>870</v>
+        <v>897</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="6">
         <v>10</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>1389</v>
+        <v>1394</v>
       </c>
       <c r="C14" s="7" t="s">
-        <v>1390</v>
+        <v>1395</v>
       </c>
       <c r="D14" s="7" t="s">
         <v>1216</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="6">
         <v>11</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>1391</v>
+        <v>1396</v>
       </c>
       <c r="C15" s="7" t="s">
-        <v>1392</v>
+        <v>1397</v>
       </c>
       <c r="D15" s="7" t="s">
-        <v>1393</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="6">
         <v>12</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>1394</v>
+        <v>1399</v>
       </c>
       <c r="C16" s="7" t="s">
-        <v>1395</v>
+        <v>1400</v>
       </c>
       <c r="D16" s="7" t="s">
-        <v>1396</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="6">
         <v>13</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>1397</v>
+        <v>1402</v>
       </c>
       <c r="C17" s="7" t="s">
-        <v>1398</v>
+        <v>1403</v>
       </c>
       <c r="D17" s="7" t="s">
-        <v>1399</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="6">
         <v>14</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>1400</v>
+        <v>1405</v>
       </c>
       <c r="C18" s="7" t="s">
-        <v>1366</v>
+        <v>1371</v>
       </c>
       <c r="D18" s="7" t="s">
-        <v>1367</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="6">
         <v>15</v>
       </c>
       <c r="B19" s="6" t="s">
-        <v>1401</v>
+        <v>1406</v>
       </c>
       <c r="C19" s="7" t="s">
-        <v>1402</v>
+        <v>1407</v>
       </c>
       <c r="D19" s="7" t="s">
-        <v>1403</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="6">
         <v>16</v>
       </c>
       <c r="B20" s="6" t="s">
-        <v>1404</v>
+        <v>1409</v>
       </c>
       <c r="C20" s="7">
-        <v>960</v>
-[...2 lines deleted...]
-        <v>998</v>
+        <v>989</v>
+      </c>
+      <c r="D20" s="7" t="s">
+        <v>1410</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="6">
         <v>17</v>
       </c>
       <c r="B21" s="6" t="s">
-        <v>1405</v>
+        <v>1411</v>
       </c>
       <c r="C21" s="7" t="s">
-        <v>1406</v>
+        <v>1412</v>
       </c>
       <c r="D21" s="7" t="s">
-        <v>822</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="6">
         <v>18</v>
       </c>
       <c r="B22" s="6" t="s">
-        <v>1407</v>
+        <v>1414</v>
       </c>
       <c r="C22" s="7" t="s">
-        <v>1408</v>
+        <v>1415</v>
       </c>
       <c r="D22" s="7" t="s">
-        <v>1409</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="6">
         <v>19</v>
       </c>
       <c r="B23" s="6" t="s">
-        <v>1410</v>
+        <v>1417</v>
       </c>
       <c r="C23" s="7" t="s">
-        <v>1411</v>
+        <v>844</v>
       </c>
       <c r="D23" s="7" t="s">
-        <v>1412</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="6"/>
       <c r="B24" s="6"/>
       <c r="C24" s="6"/>
       <c r="D24" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A4:B4"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_11"/>
@@ -45810,506 +46131,506 @@
   <dimension ref="A1:D37"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D37" sqref="D37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="41.132813" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.710938" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:4">
       <c r="B2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="B3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="4" t="s">
-        <v>1413</v>
+        <v>1419</v>
       </c>
       <c r="B4" s="5"/>
       <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="6">
         <v>1</v>
       </c>
       <c r="B5" s="6" t="s">
-        <v>1414</v>
+        <v>1420</v>
       </c>
       <c r="C5" s="7">
         <v>63</v>
       </c>
       <c r="D5" s="7">
         <v>67</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="6">
         <v>2</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>1415</v>
+        <v>1421</v>
       </c>
       <c r="C6" s="7" t="s">
-        <v>1416</v>
+        <v>799</v>
       </c>
       <c r="D6" s="7" t="s">
-        <v>1417</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="6">
         <v>3</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>1418</v>
+        <v>1423</v>
       </c>
       <c r="C7" s="7">
         <v>188</v>
       </c>
       <c r="D7" s="7">
         <v>195</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="6">
         <v>4</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>1419</v>
+        <v>1424</v>
       </c>
       <c r="C8" s="7">
         <v>250</v>
       </c>
       <c r="D8" s="7">
         <v>260</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="6">
         <v>5</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>1420</v>
+        <v>1425</v>
       </c>
       <c r="C9" s="7" t="s">
-        <v>1421</v>
+        <v>1426</v>
       </c>
       <c r="D9" s="7" t="s">
-        <v>1422</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="6">
         <v>6</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>1423</v>
+        <v>1428</v>
       </c>
       <c r="C10" s="7" t="s">
-        <v>1424</v>
+        <v>1429</v>
       </c>
       <c r="D10" s="7" t="s">
-        <v>1425</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="6">
         <v>7</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>1426</v>
+        <v>1431</v>
       </c>
       <c r="C11" s="7" t="s">
-        <v>979</v>
+        <v>1432</v>
       </c>
       <c r="D11" s="7" t="s">
-        <v>1182</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="6">
         <v>8</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>1427</v>
+        <v>1434</v>
       </c>
       <c r="C12" s="7" t="s">
-        <v>1428</v>
+        <v>1435</v>
       </c>
       <c r="D12" s="7" t="s">
-        <v>1429</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="6">
         <v>9</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>1430</v>
+        <v>1437</v>
       </c>
       <c r="C13" s="7" t="s">
-        <v>1431</v>
+        <v>1438</v>
       </c>
       <c r="D13" s="7" t="s">
-        <v>1432</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="6">
         <v>10</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>1433</v>
+        <v>1440</v>
       </c>
       <c r="C14" s="7" t="s">
-        <v>1434</v>
+        <v>1441</v>
       </c>
       <c r="D14" s="7" t="s">
-        <v>1435</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="6">
         <v>11</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>1436</v>
+        <v>1443</v>
       </c>
       <c r="C15" s="7" t="s">
-        <v>1437</v>
+        <v>1444</v>
       </c>
       <c r="D15" s="7" t="s">
-        <v>1438</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="6">
         <v>12</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>1439</v>
+        <v>1446</v>
       </c>
       <c r="C16" s="7" t="s">
-        <v>1440</v>
+        <v>1447</v>
       </c>
       <c r="D16" s="7" t="s">
-        <v>1441</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="6">
         <v>13</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>1442</v>
+        <v>1449</v>
       </c>
       <c r="C17" s="7" t="s">
-        <v>1443</v>
+        <v>1450</v>
       </c>
       <c r="D17" s="7" t="s">
-        <v>1444</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="6">
         <v>14</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>1445</v>
+        <v>1452</v>
       </c>
       <c r="C18" s="7">
         <v>73</v>
       </c>
       <c r="D18" s="7">
         <v>77</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="6">
         <v>15</v>
       </c>
       <c r="B19" s="6" t="s">
-        <v>1446</v>
+        <v>1453</v>
       </c>
       <c r="C19" s="7" t="s">
-        <v>1447</v>
+        <v>1454</v>
       </c>
       <c r="D19" s="7" t="s">
-        <v>1448</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="6">
         <v>16</v>
       </c>
       <c r="B20" s="6" t="s">
-        <v>1449</v>
+        <v>1456</v>
       </c>
       <c r="C20" s="7" t="s">
-        <v>1450</v>
+        <v>1457</v>
       </c>
       <c r="D20" s="7" t="s">
-        <v>1451</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="6">
         <v>17</v>
       </c>
       <c r="B21" s="6" t="s">
-        <v>1452</v>
+        <v>1459</v>
       </c>
       <c r="C21" s="7" t="s">
-        <v>1453</v>
+        <v>1460</v>
       </c>
       <c r="D21" s="7" t="s">
-        <v>1454</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="6">
         <v>18</v>
       </c>
       <c r="B22" s="6" t="s">
-        <v>1455</v>
+        <v>1462</v>
       </c>
       <c r="C22" s="7" t="s">
-        <v>1456</v>
+        <v>1463</v>
       </c>
       <c r="D22" s="7" t="s">
-        <v>807</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="6">
         <v>19</v>
       </c>
       <c r="B23" s="6" t="s">
-        <v>1457</v>
+        <v>1465</v>
       </c>
       <c r="C23" s="7" t="s">
-        <v>1458</v>
+        <v>1466</v>
       </c>
       <c r="D23" s="7" t="s">
-        <v>1459</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="6">
         <v>20</v>
       </c>
       <c r="B24" s="6" t="s">
-        <v>1460</v>
+        <v>1468</v>
       </c>
       <c r="C24" s="7" t="s">
-        <v>1461</v>
+        <v>1469</v>
       </c>
       <c r="D24" s="7" t="s">
-        <v>1462</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="6">
         <v>21</v>
       </c>
       <c r="B25" s="6" t="s">
-        <v>1463</v>
+        <v>1471</v>
       </c>
       <c r="C25" s="7" t="s">
-        <v>1464</v>
+        <v>1472</v>
       </c>
       <c r="D25" s="7" t="s">
-        <v>406</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="6">
         <v>22</v>
       </c>
       <c r="B26" s="6" t="s">
-        <v>1465</v>
+        <v>1474</v>
       </c>
       <c r="C26" s="7" t="s">
-        <v>1466</v>
+        <v>1475</v>
       </c>
       <c r="D26" s="7" t="s">
-        <v>1467</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="6">
         <v>23</v>
       </c>
       <c r="B27" s="6" t="s">
-        <v>1468</v>
+        <v>1477</v>
       </c>
       <c r="C27" s="7">
         <v>75</v>
       </c>
       <c r="D27" s="7">
         <v>78</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="6">
         <v>24</v>
       </c>
       <c r="B28" s="6" t="s">
-        <v>1469</v>
+        <v>1478</v>
       </c>
       <c r="C28" s="7">
         <v>113</v>
       </c>
       <c r="D28" s="7">
         <v>117</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="6">
         <v>25</v>
       </c>
       <c r="B29" s="6" t="s">
-        <v>1470</v>
+        <v>1479</v>
       </c>
       <c r="C29" s="7">
         <v>188</v>
       </c>
       <c r="D29" s="7">
         <v>195</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="6">
         <v>26</v>
       </c>
       <c r="B30" s="6" t="s">
-        <v>1471</v>
+        <v>1480</v>
       </c>
       <c r="C30" s="7">
-        <v>775</v>
+        <v>830</v>
       </c>
       <c r="D30" s="7">
-        <v>819</v>
+        <v>877</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="6">
         <v>27</v>
       </c>
       <c r="B31" s="6" t="s">
-        <v>1472</v>
-[...2 lines deleted...]
-        <v>954</v>
+        <v>1481</v>
+      </c>
+      <c r="C31" s="7" t="s">
+        <v>1482</v>
       </c>
       <c r="D31" s="7" t="s">
-        <v>1473</v>
+        <v>41</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="6">
         <v>28</v>
       </c>
       <c r="B32" s="6" t="s">
-        <v>1474</v>
+        <v>1483</v>
       </c>
       <c r="C32" s="7" t="s">
-        <v>1475</v>
+        <v>1484</v>
       </c>
       <c r="D32" s="7" t="s">
-        <v>1476</v>
+        <v>779</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="6">
         <v>29</v>
       </c>
       <c r="B33" s="6" t="s">
-        <v>1477</v>
+        <v>1485</v>
       </c>
       <c r="C33" s="7" t="s">
-        <v>1478</v>
+        <v>1486</v>
       </c>
       <c r="D33" s="7" t="s">
-        <v>1479</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="6">
         <v>30</v>
       </c>
       <c r="B34" s="6" t="s">
-        <v>1480</v>
+        <v>1488</v>
       </c>
       <c r="C34" s="7" t="s">
-        <v>1481</v>
+        <v>1489</v>
       </c>
       <c r="D34" s="7" t="s">
-        <v>1482</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="6">
         <v>31</v>
       </c>
       <c r="B35" s="6" t="s">
-        <v>1483</v>
+        <v>1491</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>1484</v>
+        <v>1492</v>
       </c>
       <c r="D35" s="7" t="s">
-        <v>1485</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="6">
         <v>32</v>
       </c>
       <c r="B36" s="6" t="s">
-        <v>1486</v>
+        <v>1494</v>
       </c>
       <c r="C36" s="7" t="s">
-        <v>1487</v>
+        <v>1467</v>
       </c>
       <c r="D36" s="7" t="s">
-        <v>1488</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="6"/>
       <c r="B37" s="6"/>
       <c r="C37" s="6"/>
       <c r="D37" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A4:B4"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_11"/>
@@ -46332,2502 +46653,2390 @@
     <hyperlink ref="B32" r:id="rId_hyperlink_28"/>
     <hyperlink ref="B33" r:id="rId_hyperlink_29"/>
     <hyperlink ref="B34" r:id="rId_hyperlink_30"/>
     <hyperlink ref="B35" r:id="rId_hyperlink_31"/>
     <hyperlink ref="B36" r:id="rId_hyperlink_32"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D178"/>
+  <dimension ref="A1:D170"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D178" sqref="D178"/>
+      <selection activeCell="D170" sqref="D170"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="94.26269499999999" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.710938" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:4">
       <c r="B2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="B3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="4" t="s">
-        <v>1489</v>
+        <v>1496</v>
       </c>
       <c r="B4" s="5"/>
       <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="4" t="s">
-        <v>1490</v>
+        <v>1497</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="6">
         <v>1</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>1491</v>
+        <v>1498</v>
       </c>
       <c r="C6" s="7" t="s">
-        <v>1492</v>
+        <v>1499</v>
       </c>
       <c r="D6" s="7" t="s">
-        <v>1493</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="6">
         <v>2</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>1494</v>
+        <v>1501</v>
       </c>
       <c r="C7" s="7" t="s">
-        <v>1495</v>
+        <v>819</v>
       </c>
       <c r="D7" s="7" t="s">
-        <v>1496</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="6">
         <v>3</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>1497</v>
+        <v>1503</v>
       </c>
       <c r="C8" s="7" t="s">
-        <v>1498</v>
+        <v>1285</v>
       </c>
       <c r="D8" s="7" t="s">
-        <v>1499</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="6">
         <v>4</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>1500</v>
+        <v>1505</v>
       </c>
       <c r="C9" s="7" t="s">
-        <v>1501</v>
+        <v>1216</v>
       </c>
       <c r="D9" s="7" t="s">
-        <v>1502</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="6">
         <v>5</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>1503</v>
+        <v>1507</v>
       </c>
       <c r="C10" s="7" t="s">
-        <v>1504</v>
+        <v>1508</v>
       </c>
       <c r="D10" s="7" t="s">
-        <v>1505</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="6">
         <v>6</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>1506</v>
+        <v>1510</v>
       </c>
       <c r="C11" s="7" t="s">
-        <v>1507</v>
+        <v>1511</v>
       </c>
       <c r="D11" s="7" t="s">
-        <v>1508</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="6">
         <v>7</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>1509</v>
+        <v>1513</v>
       </c>
       <c r="C12" s="7" t="s">
-        <v>1510</v>
+        <v>1514</v>
       </c>
       <c r="D12" s="7" t="s">
-        <v>1511</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="6">
         <v>8</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>1512</v>
+        <v>1516</v>
       </c>
       <c r="C13" s="7" t="s">
-        <v>1513</v>
+        <v>1517</v>
       </c>
       <c r="D13" s="7" t="s">
-        <v>1514</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="6">
         <v>9</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>1515</v>
+        <v>1519</v>
       </c>
       <c r="C14" s="7" t="s">
-        <v>1516</v>
+        <v>1520</v>
       </c>
       <c r="D14" s="7" t="s">
-        <v>1517</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="6">
         <v>10</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>1518</v>
+        <v>1522</v>
       </c>
       <c r="C15" s="7" t="s">
-        <v>1519</v>
+        <v>1523</v>
       </c>
       <c r="D15" s="7" t="s">
-        <v>1520</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="6">
         <v>11</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>1521</v>
+        <v>1525</v>
       </c>
       <c r="C16" s="7" t="s">
-        <v>1522</v>
+        <v>1526</v>
       </c>
       <c r="D16" s="7" t="s">
-        <v>1523</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="6">
         <v>12</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>1524</v>
+        <v>1528</v>
       </c>
       <c r="C17" s="7" t="s">
-        <v>1525</v>
+        <v>1529</v>
       </c>
       <c r="D17" s="7" t="s">
-        <v>1526</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="6">
         <v>13</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>1527</v>
+        <v>1531</v>
       </c>
       <c r="C18" s="7" t="s">
-        <v>1528</v>
+        <v>1532</v>
       </c>
       <c r="D18" s="7" t="s">
-        <v>1529</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="6">
         <v>14</v>
       </c>
       <c r="B19" s="6" t="s">
-        <v>1530</v>
+        <v>1534</v>
       </c>
       <c r="C19" s="7" t="s">
-        <v>1531</v>
+        <v>842</v>
       </c>
       <c r="D19" s="7" t="s">
-        <v>1532</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="6">
         <v>15</v>
       </c>
       <c r="B20" s="6" t="s">
-        <v>1533</v>
+        <v>1536</v>
       </c>
       <c r="C20" s="7" t="s">
-        <v>1534</v>
+        <v>1537</v>
       </c>
       <c r="D20" s="7" t="s">
-        <v>1535</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="6">
         <v>16</v>
       </c>
       <c r="B21" s="6" t="s">
-        <v>1536</v>
+        <v>1539</v>
       </c>
       <c r="C21" s="7" t="s">
-        <v>523</v>
+        <v>1540</v>
       </c>
       <c r="D21" s="7" t="s">
-        <v>1537</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="6">
         <v>17</v>
       </c>
       <c r="B22" s="6" t="s">
-        <v>1538</v>
+        <v>1542</v>
       </c>
       <c r="C22" s="7" t="s">
-        <v>1539</v>
+        <v>1543</v>
       </c>
       <c r="D22" s="7" t="s">
-        <v>1540</v>
+        <v>995</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="6">
         <v>18</v>
       </c>
       <c r="B23" s="6" t="s">
-        <v>1541</v>
+        <v>1544</v>
       </c>
       <c r="C23" s="7" t="s">
-        <v>1542</v>
+        <v>1545</v>
       </c>
       <c r="D23" s="7" t="s">
-        <v>1543</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="6">
         <v>19</v>
       </c>
       <c r="B24" s="6" t="s">
-        <v>1544</v>
+        <v>1546</v>
       </c>
       <c r="C24" s="7" t="s">
-        <v>1545</v>
+        <v>1547</v>
       </c>
       <c r="D24" s="7" t="s">
-        <v>1546</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="6">
         <v>20</v>
       </c>
       <c r="B25" s="6" t="s">
-        <v>1547</v>
+        <v>1549</v>
       </c>
       <c r="C25" s="7" t="s">
-        <v>1548</v>
+        <v>1550</v>
       </c>
       <c r="D25" s="7" t="s">
-        <v>1549</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="6">
         <v>21</v>
       </c>
       <c r="B26" s="6" t="s">
-        <v>1550</v>
+        <v>1552</v>
       </c>
       <c r="C26" s="7" t="s">
-        <v>1551</v>
+        <v>1553</v>
       </c>
       <c r="D26" s="7" t="s">
-        <v>1552</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="6">
         <v>22</v>
       </c>
       <c r="B27" s="6" t="s">
-        <v>1553</v>
+        <v>1555</v>
       </c>
       <c r="C27" s="7" t="s">
-        <v>1554</v>
+        <v>11</v>
       </c>
       <c r="D27" s="7" t="s">
-        <v>1066</v>
+        <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="6">
         <v>23</v>
       </c>
       <c r="B28" s="6" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
       <c r="C28" s="7" t="s">
-        <v>1556</v>
+        <v>1557</v>
       </c>
       <c r="D28" s="7" t="s">
-        <v>1557</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="6">
         <v>24</v>
       </c>
       <c r="B29" s="6" t="s">
-        <v>1558</v>
+        <v>1559</v>
       </c>
       <c r="C29" s="7" t="s">
-        <v>1559</v>
+        <v>1560</v>
       </c>
       <c r="D29" s="7" t="s">
-        <v>1560</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="6">
         <v>25</v>
       </c>
       <c r="B30" s="6" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
       <c r="C30" s="7" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="D30" s="7" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="6">
         <v>26</v>
       </c>
       <c r="B31" s="6" t="s">
-        <v>1564</v>
+        <v>1565</v>
       </c>
       <c r="C31" s="7" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="D31" s="7" t="s">
-        <v>918</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="6">
         <v>27</v>
       </c>
       <c r="B32" s="6" t="s">
-        <v>1566</v>
+        <v>1568</v>
       </c>
       <c r="C32" s="7" t="s">
-        <v>1567</v>
+        <v>1569</v>
       </c>
       <c r="D32" s="7" t="s">
-        <v>1568</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="6">
         <v>28</v>
       </c>
       <c r="B33" s="6" t="s">
-        <v>1569</v>
+        <v>1571</v>
       </c>
       <c r="C33" s="7">
         <v>984</v>
       </c>
       <c r="D33" s="7" t="s">
-        <v>470</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="6">
         <v>29</v>
       </c>
       <c r="B34" s="6" t="s">
-        <v>1570</v>
+        <v>1573</v>
       </c>
       <c r="C34" s="7" t="s">
-        <v>1475</v>
+        <v>1574</v>
       </c>
       <c r="D34" s="7" t="s">
-        <v>1476</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="6">
         <v>30</v>
       </c>
       <c r="B35" s="6" t="s">
-        <v>1571</v>
+        <v>1576</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>926</v>
+        <v>1577</v>
       </c>
       <c r="D35" s="7" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="6">
         <v>31</v>
       </c>
       <c r="B36" s="6" t="s">
-        <v>1572</v>
+        <v>1578</v>
       </c>
       <c r="C36" s="7" t="s">
-        <v>1573</v>
+        <v>1579</v>
       </c>
       <c r="D36" s="7" t="s">
-        <v>892</v>
+        <v>891</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="6">
         <v>32</v>
       </c>
       <c r="B37" s="6" t="s">
-        <v>1574</v>
+        <v>1580</v>
       </c>
       <c r="C37" s="7" t="s">
-        <v>1575</v>
+        <v>1581</v>
       </c>
       <c r="D37" s="7" t="s">
-        <v>1576</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="6">
         <v>33</v>
       </c>
       <c r="B38" s="6" t="s">
-        <v>1577</v>
+        <v>1583</v>
       </c>
       <c r="C38" s="7" t="s">
-        <v>1578</v>
+        <v>1584</v>
       </c>
       <c r="D38" s="7" t="s">
-        <v>1247</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="6">
         <v>34</v>
       </c>
       <c r="B39" s="6" t="s">
-        <v>1579</v>
+        <v>1586</v>
       </c>
       <c r="C39" s="7" t="s">
-        <v>1580</v>
+        <v>1587</v>
       </c>
       <c r="D39" s="7" t="s">
-        <v>1581</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="6">
         <v>35</v>
       </c>
       <c r="B40" s="6" t="s">
-        <v>1582</v>
+        <v>1589</v>
       </c>
       <c r="C40" s="7" t="s">
-        <v>1578</v>
+        <v>1584</v>
       </c>
       <c r="D40" s="7" t="s">
-        <v>1247</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="6">
         <v>36</v>
       </c>
       <c r="B41" s="6" t="s">
-        <v>1583</v>
+        <v>1590</v>
       </c>
       <c r="C41" s="7" t="s">
-        <v>1584</v>
+        <v>1591</v>
       </c>
       <c r="D41" s="7" t="s">
-        <v>1585</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="6">
         <v>37</v>
       </c>
       <c r="B42" s="6" t="s">
-        <v>1586</v>
+        <v>1593</v>
       </c>
       <c r="C42" s="7" t="s">
-        <v>1587</v>
+        <v>1594</v>
       </c>
       <c r="D42" s="7" t="s">
-        <v>1588</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="6">
         <v>38</v>
       </c>
       <c r="B43" s="6" t="s">
-        <v>1589</v>
+        <v>1596</v>
       </c>
       <c r="C43" s="7" t="s">
-        <v>1590</v>
+        <v>1597</v>
       </c>
       <c r="D43" s="7" t="s">
-        <v>1591</v>
+        <v>356</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="6">
         <v>39</v>
       </c>
       <c r="B44" s="6" t="s">
-        <v>1592</v>
+        <v>1598</v>
       </c>
       <c r="C44" s="7" t="s">
-        <v>1593</v>
+        <v>1599</v>
       </c>
       <c r="D44" s="7" t="s">
-        <v>1594</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="6">
         <v>40</v>
       </c>
       <c r="B45" s="6" t="s">
-        <v>1595</v>
+        <v>1601</v>
       </c>
       <c r="C45" s="7" t="s">
-        <v>1596</v>
+        <v>1602</v>
       </c>
       <c r="D45" s="7" t="s">
-        <v>806</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="6">
         <v>41</v>
       </c>
       <c r="B46" s="6" t="s">
-        <v>1597</v>
+        <v>1604</v>
       </c>
       <c r="C46" s="7" t="s">
-        <v>1598</v>
+        <v>1605</v>
       </c>
       <c r="D46" s="7" t="s">
-        <v>1599</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="4" t="s">
-        <v>1600</v>
+        <v>1607</v>
       </c>
       <c r="B47" s="5"/>
       <c r="C47" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D47" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="6">
         <v>1</v>
       </c>
       <c r="B48" s="6" t="s">
-        <v>1601</v>
+        <v>1608</v>
       </c>
       <c r="C48" s="7" t="s">
-        <v>1602</v>
+        <v>1231</v>
       </c>
       <c r="D48" s="7" t="s">
-        <v>1603</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="6">
         <v>2</v>
       </c>
       <c r="B49" s="6" t="s">
-        <v>1604</v>
+        <v>1609</v>
       </c>
       <c r="C49" s="7" t="s">
-        <v>1605</v>
+        <v>1610</v>
       </c>
       <c r="D49" s="7" t="s">
-        <v>1606</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="6">
         <v>3</v>
       </c>
       <c r="B50" s="6" t="s">
-        <v>1607</v>
+        <v>1612</v>
       </c>
       <c r="C50" s="7" t="s">
-        <v>1608</v>
+        <v>1613</v>
       </c>
       <c r="D50" s="7" t="s">
-        <v>1609</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="6">
         <v>4</v>
       </c>
       <c r="B51" s="6" t="s">
-        <v>1610</v>
+        <v>1615</v>
       </c>
       <c r="C51" s="7" t="s">
-        <v>1611</v>
+        <v>1616</v>
       </c>
       <c r="D51" s="7" t="s">
-        <v>1612</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="6">
         <v>5</v>
       </c>
       <c r="B52" s="6" t="s">
-        <v>1613</v>
+        <v>1618</v>
       </c>
       <c r="C52" s="7" t="s">
-        <v>1614</v>
+        <v>1619</v>
       </c>
       <c r="D52" s="7" t="s">
-        <v>1615</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="6">
         <v>6</v>
       </c>
       <c r="B53" s="6" t="s">
-        <v>1616</v>
+        <v>1621</v>
       </c>
       <c r="C53" s="7" t="s">
-        <v>1617</v>
+        <v>1622</v>
       </c>
       <c r="D53" s="7" t="s">
-        <v>1618</v>
+        <v>1623</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="6">
         <v>7</v>
       </c>
       <c r="B54" s="6" t="s">
-        <v>1619</v>
+        <v>1624</v>
       </c>
       <c r="C54" s="7" t="s">
-        <v>1620</v>
+        <v>1625</v>
       </c>
       <c r="D54" s="7" t="s">
-        <v>1621</v>
+        <v>977</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="6">
         <v>8</v>
       </c>
       <c r="B55" s="6" t="s">
-        <v>1622</v>
+        <v>1626</v>
       </c>
       <c r="C55" s="7" t="s">
-        <v>1623</v>
+        <v>797</v>
       </c>
       <c r="D55" s="7" t="s">
-        <v>1624</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="6">
         <v>9</v>
       </c>
       <c r="B56" s="6" t="s">
-        <v>1625</v>
+        <v>1628</v>
       </c>
       <c r="C56" s="7" t="s">
-        <v>1626</v>
+        <v>1629</v>
       </c>
       <c r="D56" s="7" t="s">
-        <v>1627</v>
+        <v>1630</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="6">
         <v>10</v>
       </c>
       <c r="B57" s="6" t="s">
-        <v>1628</v>
+        <v>1631</v>
       </c>
       <c r="C57" s="7" t="s">
-        <v>1629</v>
+        <v>1632</v>
       </c>
       <c r="D57" s="7" t="s">
-        <v>1630</v>
+        <v>385</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="6">
         <v>11</v>
       </c>
       <c r="B58" s="6" t="s">
-        <v>1631</v>
+        <v>1633</v>
       </c>
       <c r="C58" s="7" t="s">
-        <v>1632</v>
+        <v>1634</v>
       </c>
       <c r="D58" s="7" t="s">
-        <v>1633</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="6">
         <v>12</v>
       </c>
       <c r="B59" s="6" t="s">
-        <v>1634</v>
+        <v>1636</v>
       </c>
       <c r="C59" s="7" t="s">
-        <v>1635</v>
+        <v>1637</v>
       </c>
       <c r="D59" s="7" t="s">
-        <v>1636</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="6">
         <v>13</v>
       </c>
       <c r="B60" s="6" t="s">
-        <v>1637</v>
+        <v>1639</v>
       </c>
       <c r="C60" s="7" t="s">
-        <v>1638</v>
+        <v>1640</v>
       </c>
       <c r="D60" s="7" t="s">
-        <v>1639</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="6">
         <v>14</v>
       </c>
       <c r="B61" s="6" t="s">
-        <v>1640</v>
+        <v>1642</v>
       </c>
       <c r="C61" s="7" t="s">
-        <v>1641</v>
+        <v>1643</v>
       </c>
       <c r="D61" s="7" t="s">
-        <v>1642</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="6">
         <v>15</v>
       </c>
       <c r="B62" s="6" t="s">
-        <v>1643</v>
+        <v>1645</v>
       </c>
       <c r="C62" s="7" t="s">
-        <v>1644</v>
+        <v>1646</v>
       </c>
       <c r="D62" s="7" t="s">
-        <v>1645</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="6">
         <v>16</v>
       </c>
       <c r="B63" s="6" t="s">
-        <v>1646</v>
+        <v>1648</v>
       </c>
       <c r="C63" s="7" t="s">
-        <v>1647</v>
+        <v>1649</v>
       </c>
       <c r="D63" s="7" t="s">
-        <v>1648</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="6">
         <v>17</v>
       </c>
       <c r="B64" s="6" t="s">
-        <v>1649</v>
+        <v>1651</v>
       </c>
       <c r="C64" s="7" t="s">
-        <v>1650</v>
+        <v>1652</v>
       </c>
       <c r="D64" s="7" t="s">
-        <v>1651</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="6">
         <v>18</v>
       </c>
       <c r="B65" s="6" t="s">
-        <v>1652</v>
+        <v>1654</v>
       </c>
       <c r="C65" s="7" t="s">
-        <v>926</v>
+        <v>1655</v>
       </c>
       <c r="D65" s="7" t="s">
-        <v>126</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="6">
         <v>19</v>
       </c>
       <c r="B66" s="6" t="s">
-        <v>1653</v>
+        <v>1657</v>
       </c>
       <c r="C66" s="7" t="s">
-        <v>1654</v>
+        <v>1658</v>
       </c>
       <c r="D66" s="7" t="s">
-        <v>1655</v>
+        <v>1659</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="6">
         <v>20</v>
       </c>
       <c r="B67" s="6" t="s">
-        <v>1656</v>
+        <v>1660</v>
       </c>
       <c r="C67" s="7" t="s">
-        <v>1657</v>
+        <v>1661</v>
       </c>
       <c r="D67" s="7" t="s">
-        <v>286</v>
+        <v>809</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="6">
         <v>21</v>
       </c>
       <c r="B68" s="6" t="s">
-        <v>1658</v>
+        <v>1662</v>
       </c>
       <c r="C68" s="7" t="s">
-        <v>1659</v>
+        <v>1663</v>
       </c>
       <c r="D68" s="7" t="s">
-        <v>1660</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="6">
         <v>22</v>
       </c>
       <c r="B69" s="6" t="s">
-        <v>1661</v>
+        <v>1665</v>
       </c>
       <c r="C69" s="7" t="s">
-        <v>1662</v>
+        <v>1666</v>
       </c>
       <c r="D69" s="7" t="s">
-        <v>1663</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="6">
         <v>23</v>
       </c>
       <c r="B70" s="6" t="s">
-        <v>1664</v>
+        <v>1668</v>
       </c>
       <c r="C70" s="7" t="s">
-        <v>1665</v>
+        <v>1669</v>
       </c>
       <c r="D70" s="7" t="s">
-        <v>1666</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="6">
         <v>24</v>
       </c>
       <c r="B71" s="6" t="s">
-        <v>1667</v>
+        <v>1671</v>
       </c>
       <c r="C71" s="7" t="s">
-        <v>1668</v>
+        <v>1672</v>
       </c>
       <c r="D71" s="7" t="s">
-        <v>1669</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="72" spans="1:4">
-      <c r="A72" s="6">
-[...9 lines deleted...]
-        <v>1594</v>
+      <c r="A72" s="4" t="s">
+        <v>1674</v>
+      </c>
+      <c r="B72" s="5"/>
+      <c r="C72" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="D72" s="5" t="s">
+        <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="6">
-        <v>26</v>
+        <v>1</v>
       </c>
       <c r="B73" s="6" t="s">
-        <v>1671</v>
+        <v>1675</v>
       </c>
       <c r="C73" s="7" t="s">
-        <v>1672</v>
+        <v>1676</v>
       </c>
       <c r="D73" s="7" t="s">
-        <v>1673</v>
+        <v>1677</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="6">
-        <v>27</v>
+        <v>2</v>
       </c>
       <c r="B74" s="6" t="s">
-        <v>1674</v>
+        <v>1678</v>
       </c>
       <c r="C74" s="7" t="s">
-        <v>1675</v>
+        <v>1679</v>
       </c>
       <c r="D74" s="7" t="s">
-        <v>1676</v>
+        <v>809</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="6">
-        <v>28</v>
+        <v>3</v>
       </c>
       <c r="B75" s="6" t="s">
-        <v>1677</v>
+        <v>1680</v>
       </c>
       <c r="C75" s="7" t="s">
-        <v>1678</v>
+        <v>1681</v>
       </c>
       <c r="D75" s="7" t="s">
-        <v>1679</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="6">
-        <v>29</v>
+        <v>4</v>
       </c>
       <c r="B76" s="6" t="s">
-        <v>1680</v>
+        <v>1683</v>
       </c>
       <c r="C76" s="7" t="s">
-        <v>1681</v>
+        <v>1684</v>
       </c>
       <c r="D76" s="7" t="s">
-        <v>1682</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="6">
-        <v>30</v>
+        <v>5</v>
       </c>
       <c r="B77" s="6" t="s">
-        <v>1683</v>
+        <v>1686</v>
       </c>
       <c r="C77" s="7" t="s">
-        <v>1684</v>
+        <v>1687</v>
       </c>
       <c r="D77" s="7" t="s">
-        <v>1685</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="6">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="B78" s="6" t="s">
-        <v>1686</v>
+        <v>1689</v>
       </c>
       <c r="C78" s="7" t="s">
-        <v>1687</v>
+        <v>1690</v>
       </c>
       <c r="D78" s="7" t="s">
-        <v>298</v>
+        <v>1691</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="6">
-        <v>32</v>
+        <v>7</v>
       </c>
       <c r="B79" s="6" t="s">
-        <v>1688</v>
+        <v>1692</v>
       </c>
       <c r="C79" s="7" t="s">
-        <v>1689</v>
+        <v>1693</v>
       </c>
       <c r="D79" s="7" t="s">
-        <v>1690</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="6">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="B80" s="6" t="s">
-        <v>1691</v>
+        <v>1695</v>
       </c>
       <c r="C80" s="7" t="s">
-        <v>1692</v>
+        <v>1696</v>
       </c>
       <c r="D80" s="7" t="s">
-        <v>1693</v>
+        <v>1697</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="6">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="B81" s="6" t="s">
-        <v>1694</v>
+        <v>1698</v>
       </c>
       <c r="C81" s="7" t="s">
-        <v>1695</v>
+        <v>1699</v>
       </c>
       <c r="D81" s="7" t="s">
-        <v>1696</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="6">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="B82" s="6" t="s">
-        <v>1697</v>
+        <v>1701</v>
       </c>
       <c r="C82" s="7" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="D82" s="7" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="6">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="B83" s="6" t="s">
-        <v>1700</v>
+        <v>1704</v>
       </c>
       <c r="C83" s="7" t="s">
-        <v>1701</v>
+        <v>1705</v>
       </c>
       <c r="D83" s="7" t="s">
-        <v>1702</v>
+        <v>1706</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="6">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="B84" s="6" t="s">
-        <v>1703</v>
+        <v>1707</v>
       </c>
       <c r="C84" s="7" t="s">
-        <v>1704</v>
+        <v>1708</v>
       </c>
       <c r="D84" s="7" t="s">
-        <v>1705</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="6">
-        <v>38</v>
+        <v>13</v>
       </c>
       <c r="B85" s="6" t="s">
-        <v>1706</v>
+        <v>1710</v>
       </c>
       <c r="C85" s="7" t="s">
-        <v>666</v>
+        <v>1711</v>
       </c>
       <c r="D85" s="7" t="s">
-        <v>667</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="6">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="B86" s="6" t="s">
-        <v>1707</v>
+        <v>1713</v>
       </c>
       <c r="C86" s="7" t="s">
-        <v>1708</v>
+        <v>1714</v>
       </c>
       <c r="D86" s="7" t="s">
-        <v>1709</v>
+        <v>1715</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="6">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="B87" s="6" t="s">
-        <v>1710</v>
+        <v>1716</v>
       </c>
       <c r="C87" s="7" t="s">
-        <v>1711</v>
+        <v>1717</v>
       </c>
       <c r="D87" s="7" t="s">
-        <v>1712</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="6">
-        <v>41</v>
+        <v>16</v>
       </c>
       <c r="B88" s="6" t="s">
-        <v>1713</v>
+        <v>1719</v>
       </c>
       <c r="C88" s="7" t="s">
-        <v>591</v>
+        <v>1720</v>
       </c>
       <c r="D88" s="7" t="s">
-        <v>592</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="6">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="B89" s="6" t="s">
-        <v>1714</v>
+        <v>1722</v>
       </c>
       <c r="C89" s="7" t="s">
-        <v>1715</v>
+        <v>1723</v>
       </c>
       <c r="D89" s="7" t="s">
-        <v>1716</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="6">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="B90" s="6" t="s">
-        <v>1717</v>
+        <v>1724</v>
       </c>
       <c r="C90" s="7" t="s">
-        <v>1718</v>
+        <v>1725</v>
       </c>
       <c r="D90" s="7" t="s">
-        <v>1719</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="91" spans="1:4">
-      <c r="A91" s="4" t="s">
-[...7 lines deleted...]
-        <v>5</v>
+      <c r="A91" s="6">
+        <v>19</v>
+      </c>
+      <c r="B91" s="6" t="s">
+        <v>1727</v>
+      </c>
+      <c r="C91" s="7" t="s">
+        <v>1728</v>
+      </c>
+      <c r="D91" s="7" t="s">
+        <v>1729</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="6">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="B92" s="6" t="s">
-        <v>1721</v>
+        <v>1730</v>
       </c>
       <c r="C92" s="7" t="s">
-        <v>1722</v>
+        <v>1731</v>
       </c>
       <c r="D92" s="7" t="s">
-        <v>1723</v>
+        <v>1732</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="6">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="B93" s="6" t="s">
-        <v>1724</v>
+        <v>1733</v>
       </c>
       <c r="C93" s="7" t="s">
-        <v>1725</v>
+        <v>1731</v>
       </c>
       <c r="D93" s="7" t="s">
-        <v>1726</v>
+        <v>1732</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="6">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="B94" s="6" t="s">
-        <v>1727</v>
+        <v>1734</v>
       </c>
       <c r="C94" s="7" t="s">
-        <v>1019</v>
+        <v>930</v>
       </c>
       <c r="D94" s="7" t="s">
-        <v>1728</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="6">
-        <v>4</v>
+        <v>23</v>
       </c>
       <c r="B95" s="6" t="s">
-        <v>1729</v>
+        <v>1736</v>
       </c>
       <c r="C95" s="7" t="s">
-        <v>1730</v>
+        <v>1737</v>
       </c>
       <c r="D95" s="7" t="s">
-        <v>427</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" s="6">
-        <v>5</v>
+        <v>24</v>
       </c>
       <c r="B96" s="6" t="s">
-        <v>1731</v>
+        <v>1739</v>
       </c>
       <c r="C96" s="7" t="s">
-        <v>1732</v>
+        <v>1740</v>
       </c>
       <c r="D96" s="7" t="s">
-        <v>1733</v>
+        <v>1741</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" s="6">
-        <v>6</v>
+        <v>25</v>
       </c>
       <c r="B97" s="6" t="s">
-        <v>1734</v>
+        <v>1742</v>
       </c>
       <c r="C97" s="7" t="s">
-        <v>1735</v>
+        <v>1743</v>
       </c>
       <c r="D97" s="7" t="s">
-        <v>1736</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" s="6">
-        <v>7</v>
+        <v>26</v>
       </c>
       <c r="B98" s="6" t="s">
-        <v>1737</v>
+        <v>1745</v>
       </c>
       <c r="C98" s="7" t="s">
-        <v>1738</v>
+        <v>1746</v>
       </c>
       <c r="D98" s="7" t="s">
-        <v>1739</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" s="6">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="B99" s="6" t="s">
-        <v>1740</v>
+        <v>1748</v>
       </c>
       <c r="C99" s="7" t="s">
-        <v>1741</v>
+        <v>1577</v>
       </c>
       <c r="D99" s="7" t="s">
-        <v>1593</v>
+        <v>126</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" s="6">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="B100" s="6" t="s">
-        <v>1742</v>
+        <v>1749</v>
       </c>
       <c r="C100" s="7" t="s">
-        <v>1743</v>
+        <v>1750</v>
       </c>
       <c r="D100" s="7" t="s">
-        <v>1744</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" s="6">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="B101" s="6" t="s">
-        <v>1745</v>
+        <v>1752</v>
       </c>
       <c r="C101" s="7" t="s">
-        <v>1746</v>
+        <v>1753</v>
       </c>
       <c r="D101" s="7" t="s">
-        <v>1747</v>
+        <v>1754</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" s="6">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="B102" s="6" t="s">
-        <v>1748</v>
+        <v>1755</v>
       </c>
       <c r="C102" s="7" t="s">
-        <v>1749</v>
+        <v>1756</v>
       </c>
       <c r="D102" s="7" t="s">
-        <v>1750</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" s="6">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="B103" s="6" t="s">
-        <v>1751</v>
+        <v>1758</v>
       </c>
       <c r="C103" s="7" t="s">
-        <v>1752</v>
+        <v>1759</v>
       </c>
       <c r="D103" s="7" t="s">
-        <v>803</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" s="6">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="B104" s="6" t="s">
-        <v>1753</v>
+        <v>1761</v>
       </c>
       <c r="C104" s="7" t="s">
-        <v>1752</v>
+        <v>1762</v>
       </c>
       <c r="D104" s="7" t="s">
-        <v>803</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" s="6">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="B105" s="6" t="s">
-        <v>1754</v>
+        <v>1764</v>
       </c>
       <c r="C105" s="7" t="s">
-        <v>1755</v>
+        <v>869</v>
       </c>
       <c r="D105" s="7" t="s">
-        <v>1756</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" s="6">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="B106" s="6" t="s">
-        <v>1757</v>
+        <v>1765</v>
       </c>
       <c r="C106" s="7" t="s">
-        <v>1758</v>
+        <v>1766</v>
       </c>
       <c r="D106" s="7" t="s">
-        <v>1759</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" s="6">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="B107" s="6" t="s">
-        <v>1760</v>
+        <v>1768</v>
       </c>
       <c r="C107" s="7" t="s">
-        <v>1761</v>
+        <v>587</v>
       </c>
       <c r="D107" s="7" t="s">
-        <v>1762</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" s="6">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="B108" s="6" t="s">
-        <v>1763</v>
+        <v>1770</v>
       </c>
       <c r="C108" s="7" t="s">
-        <v>1764</v>
+        <v>1771</v>
       </c>
       <c r="D108" s="7" t="s">
-        <v>1765</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" s="6">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="B109" s="6" t="s">
-        <v>1766</v>
+        <v>1773</v>
       </c>
       <c r="C109" s="7" t="s">
-        <v>1767</v>
+        <v>1774</v>
       </c>
       <c r="D109" s="7" t="s">
-        <v>1768</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="110" spans="1:4">
-      <c r="A110" s="4" t="s">
-[...7 lines deleted...]
-        <v>5</v>
+      <c r="A110" s="6">
+        <v>38</v>
+      </c>
+      <c r="B110" s="6" t="s">
+        <v>1776</v>
+      </c>
+      <c r="C110" s="7" t="s">
+        <v>1777</v>
+      </c>
+      <c r="D110" s="7" t="s">
+        <v>1778</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" s="6">
-        <v>1</v>
+        <v>39</v>
       </c>
       <c r="B111" s="6" t="s">
-        <v>1770</v>
+        <v>1779</v>
       </c>
       <c r="C111" s="7" t="s">
-        <v>1771</v>
+        <v>1780</v>
       </c>
       <c r="D111" s="7" t="s">
-        <v>1772</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" s="6">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="B112" s="6" t="s">
-        <v>1773</v>
+        <v>1782</v>
       </c>
       <c r="C112" s="7" t="s">
-        <v>1774</v>
+        <v>1783</v>
       </c>
       <c r="D112" s="7" t="s">
-        <v>1775</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" s="6">
-        <v>3</v>
+        <v>41</v>
       </c>
       <c r="B113" s="6" t="s">
-        <v>1776</v>
+        <v>1785</v>
       </c>
       <c r="C113" s="7" t="s">
-        <v>1777</v>
+        <v>1786</v>
       </c>
       <c r="D113" s="7" t="s">
-        <v>1778</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" s="6">
-        <v>4</v>
+        <v>42</v>
       </c>
       <c r="B114" s="6" t="s">
-        <v>1779</v>
+        <v>1788</v>
       </c>
       <c r="C114" s="7" t="s">
-        <v>1780</v>
+        <v>1789</v>
       </c>
       <c r="D114" s="7" t="s">
-        <v>1781</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" s="6">
-        <v>5</v>
+        <v>43</v>
       </c>
       <c r="B115" s="6" t="s">
-        <v>1782</v>
+        <v>1791</v>
       </c>
       <c r="C115" s="7" t="s">
-        <v>1783</v>
+        <v>1792</v>
       </c>
       <c r="D115" s="7" t="s">
-        <v>1784</v>
+        <v>1793</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" s="6">
-        <v>6</v>
+        <v>44</v>
       </c>
       <c r="B116" s="6" t="s">
-        <v>1785</v>
+        <v>1794</v>
       </c>
       <c r="C116" s="7" t="s">
-        <v>1786</v>
+        <v>1795</v>
       </c>
       <c r="D116" s="7" t="s">
-        <v>1787</v>
+        <v>1796</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="6">
-        <v>7</v>
+        <v>45</v>
       </c>
       <c r="B117" s="6" t="s">
-        <v>1788</v>
+        <v>1797</v>
       </c>
       <c r="C117" s="7" t="s">
-        <v>1789</v>
+        <v>1798</v>
       </c>
       <c r="D117" s="7" t="s">
-        <v>1790</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="6">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="B118" s="6" t="s">
-        <v>1791</v>
+        <v>1800</v>
       </c>
       <c r="C118" s="7" t="s">
-        <v>1792</v>
+        <v>1801</v>
       </c>
       <c r="D118" s="7" t="s">
-        <v>1793</v>
+        <v>1802</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="6">
-        <v>9</v>
+        <v>47</v>
       </c>
       <c r="B119" s="6" t="s">
-        <v>1794</v>
+        <v>1803</v>
       </c>
       <c r="C119" s="7" t="s">
-        <v>1795</v>
+        <v>667</v>
       </c>
       <c r="D119" s="7" t="s">
-        <v>1758</v>
+        <v>668</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="6">
-        <v>10</v>
+        <v>48</v>
       </c>
       <c r="B120" s="6" t="s">
-        <v>1796</v>
+        <v>1804</v>
       </c>
       <c r="C120" s="7" t="s">
-        <v>1797</v>
+        <v>1805</v>
       </c>
       <c r="D120" s="7" t="s">
-        <v>425</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="6">
-        <v>11</v>
+        <v>49</v>
       </c>
       <c r="B121" s="6" t="s">
-        <v>1798</v>
+        <v>1807</v>
       </c>
       <c r="C121" s="7" t="s">
-        <v>1799</v>
+        <v>1808</v>
       </c>
       <c r="D121" s="7" t="s">
-        <v>1800</v>
+        <v>1809</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="6">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="B122" s="6" t="s">
-        <v>1801</v>
+        <v>1810</v>
       </c>
       <c r="C122" s="7" t="s">
-        <v>1802</v>
+        <v>1811</v>
       </c>
       <c r="D122" s="7" t="s">
-        <v>979</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="6">
-        <v>13</v>
+        <v>51</v>
       </c>
       <c r="B123" s="6" t="s">
-        <v>1803</v>
+        <v>1813</v>
       </c>
       <c r="C123" s="7" t="s">
-        <v>1804</v>
+        <v>1814</v>
       </c>
       <c r="D123" s="7" t="s">
-        <v>1805</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="6">
-        <v>14</v>
+        <v>52</v>
       </c>
       <c r="B124" s="6" t="s">
-        <v>1806</v>
+        <v>1816</v>
       </c>
       <c r="C124" s="7" t="s">
-        <v>1807</v>
+        <v>1817</v>
       </c>
       <c r="D124" s="7" t="s">
-        <v>1808</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="125" spans="1:4">
-      <c r="A125" s="6">
-[...9 lines deleted...]
-        <v>1811</v>
+      <c r="A125" s="4" t="s">
+        <v>1819</v>
+      </c>
+      <c r="B125" s="5"/>
+      <c r="C125" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="D125" s="5" t="s">
+        <v>5</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" s="6">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="B126" s="6" t="s">
-        <v>1812</v>
+        <v>1820</v>
       </c>
       <c r="C126" s="7" t="s">
-        <v>1813</v>
+        <v>1821</v>
       </c>
       <c r="D126" s="7" t="s">
-        <v>1814</v>
+        <v>1822</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" s="6">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="B127" s="6" t="s">
-        <v>1815</v>
+        <v>1823</v>
       </c>
       <c r="C127" s="7" t="s">
-        <v>1816</v>
+        <v>1824</v>
       </c>
       <c r="D127" s="7" t="s">
-        <v>1817</v>
+        <v>1825</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" s="6">
-        <v>18</v>
+        <v>3</v>
       </c>
       <c r="B128" s="6" t="s">
-        <v>1818</v>
+        <v>1826</v>
       </c>
       <c r="C128" s="7" t="s">
-        <v>1819</v>
+        <v>1827</v>
       </c>
       <c r="D128" s="7" t="s">
-        <v>1820</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" s="6">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="B129" s="6" t="s">
-        <v>1821</v>
+        <v>1829</v>
       </c>
       <c r="C129" s="7" t="s">
-        <v>1822</v>
+        <v>1830</v>
       </c>
       <c r="D129" s="7" t="s">
-        <v>1823</v>
+        <v>1831</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" s="6">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="B130" s="6" t="s">
-        <v>1824</v>
+        <v>1832</v>
       </c>
       <c r="C130" s="7" t="s">
-        <v>1825</v>
+        <v>1833</v>
       </c>
       <c r="D130" s="7" t="s">
-        <v>1826</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" s="6">
-        <v>21</v>
+        <v>6</v>
       </c>
       <c r="B131" s="6" t="s">
-        <v>1827</v>
+        <v>1835</v>
       </c>
       <c r="C131" s="7" t="s">
-        <v>1828</v>
+        <v>1836</v>
       </c>
       <c r="D131" s="7" t="s">
-        <v>1829</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="132" spans="1:4">
-      <c r="A132" s="6">
-[...9 lines deleted...]
-        <v>1832</v>
+      <c r="A132" s="4" t="s">
+        <v>1838</v>
+      </c>
+      <c r="B132" s="5"/>
+      <c r="C132" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="D132" s="5" t="s">
+        <v>5</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" s="6">
-        <v>23</v>
+        <v>1</v>
       </c>
       <c r="B133" s="6" t="s">
-        <v>1833</v>
+        <v>1839</v>
       </c>
       <c r="C133" s="7" t="s">
-        <v>1834</v>
+        <v>1792</v>
       </c>
       <c r="D133" s="7" t="s">
-        <v>1835</v>
+        <v>1793</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" s="6">
-        <v>24</v>
+        <v>2</v>
       </c>
       <c r="B134" s="6" t="s">
-        <v>1836</v>
+        <v>1840</v>
       </c>
       <c r="C134" s="7" t="s">
-        <v>1837</v>
+        <v>1841</v>
       </c>
       <c r="D134" s="7" t="s">
-        <v>1838</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="6">
-        <v>25</v>
+        <v>3</v>
       </c>
       <c r="B135" s="6" t="s">
-        <v>1839</v>
+        <v>1843</v>
       </c>
       <c r="C135" s="7" t="s">
-        <v>1840</v>
+        <v>1844</v>
       </c>
       <c r="D135" s="7" t="s">
-        <v>810</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="6">
-        <v>26</v>
+        <v>4</v>
       </c>
       <c r="B136" s="6" t="s">
-        <v>1841</v>
+        <v>1846</v>
       </c>
       <c r="C136" s="7" t="s">
-        <v>1842</v>
+        <v>1847</v>
       </c>
       <c r="D136" s="7" t="s">
-        <v>1843</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" s="6">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="B137" s="6" t="s">
-        <v>1844</v>
+        <v>1849</v>
       </c>
       <c r="C137" s="7" t="s">
-        <v>1845</v>
+        <v>1850</v>
       </c>
       <c r="D137" s="7" t="s">
-        <v>658</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" s="6">
-        <v>28</v>
+        <v>6</v>
       </c>
       <c r="B138" s="6" t="s">
-        <v>1846</v>
+        <v>1852</v>
       </c>
       <c r="C138" s="7" t="s">
-        <v>1847</v>
+        <v>1853</v>
       </c>
       <c r="D138" s="7" t="s">
-        <v>1848</v>
+        <v>1854</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="6">
-        <v>29</v>
+        <v>7</v>
       </c>
       <c r="B139" s="6" t="s">
-        <v>1849</v>
+        <v>1855</v>
       </c>
       <c r="C139" s="7" t="s">
-        <v>1850</v>
+        <v>1856</v>
       </c>
       <c r="D139" s="7" t="s">
-        <v>1851</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="140" spans="1:4">
-      <c r="A140" s="4" t="s">
-[...7 lines deleted...]
-        <v>5</v>
+      <c r="A140" s="6">
+        <v>8</v>
+      </c>
+      <c r="B140" s="6" t="s">
+        <v>1858</v>
+      </c>
+      <c r="C140" s="7" t="s">
+        <v>1836</v>
+      </c>
+      <c r="D140" s="7" t="s">
+        <v>1837</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="6">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="B141" s="6" t="s">
-        <v>1853</v>
+        <v>1859</v>
       </c>
       <c r="C141" s="7" t="s">
-        <v>1659</v>
+        <v>1860</v>
       </c>
       <c r="D141" s="7" t="s">
-        <v>1854</v>
+        <v>1861</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="6">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="B142" s="6" t="s">
-        <v>1855</v>
+        <v>1862</v>
       </c>
       <c r="C142" s="7" t="s">
-        <v>1856</v>
+        <v>1630</v>
       </c>
       <c r="D142" s="7" t="s">
-        <v>1857</v>
+        <v>1863</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="6">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="B143" s="6" t="s">
-        <v>1858</v>
+        <v>1864</v>
       </c>
       <c r="C143" s="7" t="s">
-        <v>1859</v>
+        <v>1602</v>
       </c>
       <c r="D143" s="7" t="s">
-        <v>1860</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="6">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="B144" s="6" t="s">
-        <v>1861</v>
+        <v>1865</v>
       </c>
       <c r="C144" s="7" t="s">
-        <v>1375</v>
+        <v>1866</v>
       </c>
       <c r="D144" s="7" t="s">
-        <v>387</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="6">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="B145" s="6" t="s">
-        <v>1862</v>
+        <v>1868</v>
       </c>
       <c r="C145" s="7" t="s">
-        <v>930</v>
+        <v>1869</v>
       </c>
       <c r="D145" s="7" t="s">
-        <v>1863</v>
+        <v>1870</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" s="6">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="B146" s="6" t="s">
-        <v>1864</v>
+        <v>1871</v>
       </c>
       <c r="C146" s="7" t="s">
-        <v>1865</v>
+        <v>1872</v>
       </c>
       <c r="D146" s="7" t="s">
-        <v>1866</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" s="6">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B147" s="6" t="s">
-        <v>1867</v>
+        <v>1874</v>
       </c>
       <c r="C147" s="7" t="s">
-        <v>1868</v>
+        <v>1875</v>
       </c>
       <c r="D147" s="7" t="s">
-        <v>1869</v>
+        <v>1876</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" s="6">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B148" s="6" t="s">
-        <v>1870</v>
+        <v>1877</v>
       </c>
       <c r="C148" s="7" t="s">
-        <v>1871</v>
+        <v>1878</v>
       </c>
       <c r="D148" s="7" t="s">
-        <v>1872</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="149" spans="1:4">
-      <c r="A149" s="6">
-[...9 lines deleted...]
-        <v>1875</v>
+      <c r="A149" s="4" t="s">
+        <v>1880</v>
+      </c>
+      <c r="B149" s="5"/>
+      <c r="C149" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="D149" s="5" t="s">
+        <v>5</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" s="6">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="B150" s="6" t="s">
-        <v>1876</v>
-[...5 lines deleted...]
-        <v>1878</v>
+        <v>1881</v>
+      </c>
+      <c r="C150" s="7">
+        <v>400</v>
+      </c>
+      <c r="D150" s="7">
+        <v>423</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" s="6">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="B151" s="6" t="s">
-        <v>1879</v>
-[...5 lines deleted...]
-        <v>1881</v>
+        <v>1882</v>
+      </c>
+      <c r="C151" s="7">
+        <v>121</v>
+      </c>
+      <c r="D151" s="7">
+        <v>128</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" s="6">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="B152" s="6" t="s">
-        <v>1882</v>
-[...1 lines deleted...]
-      <c r="C152" s="7" t="s">
         <v>1883</v>
       </c>
-      <c r="D152" s="7" t="s">
-        <v>1884</v>
+      <c r="C152" s="7">
+        <v>123</v>
+      </c>
+      <c r="D152" s="7">
+        <v>130</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" s="6">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="B153" s="6" t="s">
+        <v>1884</v>
+      </c>
+      <c r="C153" s="7">
+        <v>954</v>
+      </c>
+      <c r="D153" s="7" t="s">
         <v>1885</v>
-      </c>
-[...4 lines deleted...]
-        <v>1887</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" s="6">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B154" s="6" t="s">
-        <v>1888</v>
-[...5 lines deleted...]
-        <v>1890</v>
+        <v>1886</v>
+      </c>
+      <c r="C154" s="7">
+        <v>351</v>
+      </c>
+      <c r="D154" s="7">
+        <v>371</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="6">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="B155" s="6" t="s">
-        <v>1891</v>
-[...5 lines deleted...]
-        <v>1893</v>
+        <v>1887</v>
+      </c>
+      <c r="C155" s="7">
+        <v>702</v>
+      </c>
+      <c r="D155" s="7">
+        <v>741</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="6">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="B156" s="6" t="s">
-        <v>1894</v>
-[...5 lines deleted...]
-        <v>1896</v>
+        <v>1888</v>
+      </c>
+      <c r="C156" s="7">
+        <v>679</v>
+      </c>
+      <c r="D156" s="7">
+        <v>717</v>
       </c>
     </row>
     <row r="157" spans="1:4">
-      <c r="A157" s="4" t="s">
-[...3 lines deleted...]
-      <c r="C157" s="5" t="s">
+      <c r="A157" s="6">
+        <v>8</v>
+      </c>
+      <c r="B157" s="6" t="s">
+        <v>1889</v>
+      </c>
+      <c r="C157" s="7" t="s">
+        <v>1890</v>
+      </c>
+      <c r="D157" s="7" t="s">
+        <v>1891</v>
+      </c>
+    </row>
+    <row r="158" spans="1:4">
+      <c r="A158" s="4" t="s">
+        <v>1892</v>
+      </c>
+      <c r="B158" s="5"/>
+      <c r="C158" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="D157" s="5" t="s">
+      <c r="D158" s="5" t="s">
         <v>5</v>
-      </c>
-[...12 lines deleted...]
-        <v>423</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="6">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="B159" s="6" t="s">
-        <v>1899</v>
+        <v>1893</v>
       </c>
       <c r="C159" s="7">
-        <v>121</v>
+        <v>200</v>
       </c>
       <c r="D159" s="7">
-        <v>128</v>
+        <v>208</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="B160" s="6" t="s">
-        <v>1900</v>
+        <v>1894</v>
       </c>
       <c r="C160" s="7">
-        <v>123</v>
+        <v>263</v>
       </c>
       <c r="D160" s="7">
-        <v>130</v>
+        <v>273</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="B161" s="6" t="s">
-        <v>1901</v>
-[...6 lines deleted...]
-      </c>
+        <v>1895</v>
+      </c>
+      <c r="C161" s="7"/>
+      <c r="D161" s="7"/>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" s="6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="B162" s="6" t="s">
-        <v>1902</v>
-[...6 lines deleted...]
-      </c>
+        <v>1896</v>
+      </c>
+      <c r="C162" s="7"/>
+      <c r="D162" s="7"/>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" s="6">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B163" s="6" t="s">
-        <v>1903</v>
+        <v>1897</v>
       </c>
       <c r="C163" s="7">
-        <v>702</v>
+        <v>454</v>
       </c>
       <c r="D163" s="7">
-        <v>741</v>
+        <v>472</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" s="6">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B164" s="6" t="s">
-        <v>1904</v>
+        <v>1898</v>
       </c>
       <c r="C164" s="7">
-        <v>679</v>
+        <v>619</v>
       </c>
       <c r="D164" s="7">
-        <v>717</v>
+        <v>644</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" s="6">
+        <v>7</v>
+      </c>
+      <c r="B165" s="6" t="s">
+        <v>1899</v>
+      </c>
+      <c r="C165" s="7" t="s">
+        <v>1900</v>
+      </c>
+      <c r="D165" s="7" t="s">
+        <v>1870</v>
+      </c>
+    </row>
+    <row r="166" spans="1:4">
+      <c r="A166" s="6">
         <v>8</v>
       </c>
-      <c r="B165" s="6" t="s">
-[...18 lines deleted...]
-        <v>5</v>
+      <c r="B166" s="6" t="s">
+        <v>1901</v>
+      </c>
+      <c r="C166" s="7" t="s">
+        <v>1902</v>
+      </c>
+      <c r="D166" s="7" t="s">
+        <v>1903</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" s="6">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="B167" s="6" t="s">
-        <v>1909</v>
+        <v>1904</v>
       </c>
       <c r="C167" s="7">
-        <v>200</v>
+        <v>432</v>
       </c>
       <c r="D167" s="7">
-        <v>208</v>
+        <v>449</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" s="6">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="B168" s="6" t="s">
-        <v>1910</v>
+        <v>1905</v>
       </c>
       <c r="C168" s="7">
-        <v>263</v>
+        <v>525</v>
       </c>
       <c r="D168" s="7">
-        <v>273</v>
+        <v>546</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" s="6">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="B169" s="6" t="s">
-        <v>1911</v>
-[...2 lines deleted...]
-      <c r="D169" s="7"/>
+        <v>1906</v>
+      </c>
+      <c r="C169" s="7">
+        <v>475</v>
+      </c>
+      <c r="D169" s="7">
+        <v>494</v>
+      </c>
     </row>
     <row r="170" spans="1:4">
-      <c r="A170" s="6">
-[...110 lines deleted...]
-      <c r="D178" s="6"/>
+      <c r="A170" s="6"/>
+      <c r="B170" s="6"/>
+      <c r="C170" s="6"/>
+      <c r="D170" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A4:B4"/>
     <mergeCell ref="A5:B5"/>
     <mergeCell ref="A47:B47"/>
-    <mergeCell ref="A91:B91"/>
-[...3 lines deleted...]
-    <mergeCell ref="A166:B166"/>
+    <mergeCell ref="A72:B72"/>
+    <mergeCell ref="A125:B125"/>
+    <mergeCell ref="A132:B132"/>
+    <mergeCell ref="A149:B149"/>
+    <mergeCell ref="A158:B158"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B6" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B23" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B24" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B25" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B26" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B27" r:id="rId_hyperlink_22"/>
     <hyperlink ref="B28" r:id="rId_hyperlink_23"/>
@@ -48851,649 +49060,686 @@
     <hyperlink ref="B46" r:id="rId_hyperlink_41"/>
     <hyperlink ref="B48" r:id="rId_hyperlink_42"/>
     <hyperlink ref="B49" r:id="rId_hyperlink_43"/>
     <hyperlink ref="B50" r:id="rId_hyperlink_44"/>
     <hyperlink ref="B51" r:id="rId_hyperlink_45"/>
     <hyperlink ref="B52" r:id="rId_hyperlink_46"/>
     <hyperlink ref="B53" r:id="rId_hyperlink_47"/>
     <hyperlink ref="B54" r:id="rId_hyperlink_48"/>
     <hyperlink ref="B55" r:id="rId_hyperlink_49"/>
     <hyperlink ref="B56" r:id="rId_hyperlink_50"/>
     <hyperlink ref="B57" r:id="rId_hyperlink_51"/>
     <hyperlink ref="B58" r:id="rId_hyperlink_52"/>
     <hyperlink ref="B59" r:id="rId_hyperlink_53"/>
     <hyperlink ref="B60" r:id="rId_hyperlink_54"/>
     <hyperlink ref="B61" r:id="rId_hyperlink_55"/>
     <hyperlink ref="B62" r:id="rId_hyperlink_56"/>
     <hyperlink ref="B63" r:id="rId_hyperlink_57"/>
     <hyperlink ref="B64" r:id="rId_hyperlink_58"/>
     <hyperlink ref="B65" r:id="rId_hyperlink_59"/>
     <hyperlink ref="B66" r:id="rId_hyperlink_60"/>
     <hyperlink ref="B67" r:id="rId_hyperlink_61"/>
     <hyperlink ref="B68" r:id="rId_hyperlink_62"/>
     <hyperlink ref="B69" r:id="rId_hyperlink_63"/>
     <hyperlink ref="B70" r:id="rId_hyperlink_64"/>
     <hyperlink ref="B71" r:id="rId_hyperlink_65"/>
-    <hyperlink ref="B72" r:id="rId_hyperlink_66"/>
-[...17 lines deleted...]
-    <hyperlink ref="B90" r:id="rId_hyperlink_84"/>
+    <hyperlink ref="B73" r:id="rId_hyperlink_66"/>
+    <hyperlink ref="B74" r:id="rId_hyperlink_67"/>
+    <hyperlink ref="B75" r:id="rId_hyperlink_68"/>
+    <hyperlink ref="B76" r:id="rId_hyperlink_69"/>
+    <hyperlink ref="B77" r:id="rId_hyperlink_70"/>
+    <hyperlink ref="B78" r:id="rId_hyperlink_71"/>
+    <hyperlink ref="B79" r:id="rId_hyperlink_72"/>
+    <hyperlink ref="B80" r:id="rId_hyperlink_73"/>
+    <hyperlink ref="B81" r:id="rId_hyperlink_74"/>
+    <hyperlink ref="B82" r:id="rId_hyperlink_75"/>
+    <hyperlink ref="B83" r:id="rId_hyperlink_76"/>
+    <hyperlink ref="B84" r:id="rId_hyperlink_77"/>
+    <hyperlink ref="B85" r:id="rId_hyperlink_78"/>
+    <hyperlink ref="B86" r:id="rId_hyperlink_79"/>
+    <hyperlink ref="B87" r:id="rId_hyperlink_80"/>
+    <hyperlink ref="B88" r:id="rId_hyperlink_81"/>
+    <hyperlink ref="B89" r:id="rId_hyperlink_82"/>
+    <hyperlink ref="B90" r:id="rId_hyperlink_83"/>
+    <hyperlink ref="B91" r:id="rId_hyperlink_84"/>
     <hyperlink ref="B92" r:id="rId_hyperlink_85"/>
     <hyperlink ref="B93" r:id="rId_hyperlink_86"/>
     <hyperlink ref="B94" r:id="rId_hyperlink_87"/>
     <hyperlink ref="B95" r:id="rId_hyperlink_88"/>
     <hyperlink ref="B96" r:id="rId_hyperlink_89"/>
     <hyperlink ref="B97" r:id="rId_hyperlink_90"/>
     <hyperlink ref="B98" r:id="rId_hyperlink_91"/>
     <hyperlink ref="B99" r:id="rId_hyperlink_92"/>
     <hyperlink ref="B100" r:id="rId_hyperlink_93"/>
     <hyperlink ref="B101" r:id="rId_hyperlink_94"/>
     <hyperlink ref="B102" r:id="rId_hyperlink_95"/>
     <hyperlink ref="B103" r:id="rId_hyperlink_96"/>
     <hyperlink ref="B104" r:id="rId_hyperlink_97"/>
     <hyperlink ref="B105" r:id="rId_hyperlink_98"/>
     <hyperlink ref="B106" r:id="rId_hyperlink_99"/>
     <hyperlink ref="B107" r:id="rId_hyperlink_100"/>
     <hyperlink ref="B108" r:id="rId_hyperlink_101"/>
     <hyperlink ref="B109" r:id="rId_hyperlink_102"/>
-    <hyperlink ref="B111" r:id="rId_hyperlink_103"/>
-[...13 lines deleted...]
-    <hyperlink ref="B125" r:id="rId_hyperlink_117"/>
+    <hyperlink ref="B110" r:id="rId_hyperlink_103"/>
+    <hyperlink ref="B111" r:id="rId_hyperlink_104"/>
+    <hyperlink ref="B112" r:id="rId_hyperlink_105"/>
+    <hyperlink ref="B113" r:id="rId_hyperlink_106"/>
+    <hyperlink ref="B114" r:id="rId_hyperlink_107"/>
+    <hyperlink ref="B115" r:id="rId_hyperlink_108"/>
+    <hyperlink ref="B116" r:id="rId_hyperlink_109"/>
+    <hyperlink ref="B117" r:id="rId_hyperlink_110"/>
+    <hyperlink ref="B118" r:id="rId_hyperlink_111"/>
+    <hyperlink ref="B119" r:id="rId_hyperlink_112"/>
+    <hyperlink ref="B120" r:id="rId_hyperlink_113"/>
+    <hyperlink ref="B121" r:id="rId_hyperlink_114"/>
+    <hyperlink ref="B122" r:id="rId_hyperlink_115"/>
+    <hyperlink ref="B123" r:id="rId_hyperlink_116"/>
+    <hyperlink ref="B124" r:id="rId_hyperlink_117"/>
     <hyperlink ref="B126" r:id="rId_hyperlink_118"/>
     <hyperlink ref="B127" r:id="rId_hyperlink_119"/>
     <hyperlink ref="B128" r:id="rId_hyperlink_120"/>
     <hyperlink ref="B129" r:id="rId_hyperlink_121"/>
     <hyperlink ref="B130" r:id="rId_hyperlink_122"/>
     <hyperlink ref="B131" r:id="rId_hyperlink_123"/>
-    <hyperlink ref="B132" r:id="rId_hyperlink_124"/>
-[...6 lines deleted...]
-    <hyperlink ref="B139" r:id="rId_hyperlink_131"/>
+    <hyperlink ref="B133" r:id="rId_hyperlink_124"/>
+    <hyperlink ref="B134" r:id="rId_hyperlink_125"/>
+    <hyperlink ref="B135" r:id="rId_hyperlink_126"/>
+    <hyperlink ref="B136" r:id="rId_hyperlink_127"/>
+    <hyperlink ref="B137" r:id="rId_hyperlink_128"/>
+    <hyperlink ref="B138" r:id="rId_hyperlink_129"/>
+    <hyperlink ref="B139" r:id="rId_hyperlink_130"/>
+    <hyperlink ref="B140" r:id="rId_hyperlink_131"/>
     <hyperlink ref="B141" r:id="rId_hyperlink_132"/>
     <hyperlink ref="B142" r:id="rId_hyperlink_133"/>
     <hyperlink ref="B143" r:id="rId_hyperlink_134"/>
     <hyperlink ref="B144" r:id="rId_hyperlink_135"/>
     <hyperlink ref="B145" r:id="rId_hyperlink_136"/>
     <hyperlink ref="B146" r:id="rId_hyperlink_137"/>
     <hyperlink ref="B147" r:id="rId_hyperlink_138"/>
     <hyperlink ref="B148" r:id="rId_hyperlink_139"/>
-    <hyperlink ref="B149" r:id="rId_hyperlink_140"/>
-[...14 lines deleted...]
-    <hyperlink ref="B165" r:id="rId_hyperlink_155"/>
+    <hyperlink ref="B150" r:id="rId_hyperlink_140"/>
+    <hyperlink ref="B151" r:id="rId_hyperlink_141"/>
+    <hyperlink ref="B152" r:id="rId_hyperlink_142"/>
+    <hyperlink ref="B153" r:id="rId_hyperlink_143"/>
+    <hyperlink ref="B154" r:id="rId_hyperlink_144"/>
+    <hyperlink ref="B155" r:id="rId_hyperlink_145"/>
+    <hyperlink ref="B156" r:id="rId_hyperlink_146"/>
+    <hyperlink ref="B157" r:id="rId_hyperlink_147"/>
+    <hyperlink ref="B159" r:id="rId_hyperlink_148"/>
+    <hyperlink ref="B160" r:id="rId_hyperlink_149"/>
+    <hyperlink ref="B161" r:id="rId_hyperlink_150"/>
+    <hyperlink ref="B162" r:id="rId_hyperlink_151"/>
+    <hyperlink ref="B163" r:id="rId_hyperlink_152"/>
+    <hyperlink ref="B164" r:id="rId_hyperlink_153"/>
+    <hyperlink ref="B165" r:id="rId_hyperlink_154"/>
+    <hyperlink ref="B166" r:id="rId_hyperlink_155"/>
     <hyperlink ref="B167" r:id="rId_hyperlink_156"/>
     <hyperlink ref="B168" r:id="rId_hyperlink_157"/>
     <hyperlink ref="B169" r:id="rId_hyperlink_158"/>
-    <hyperlink ref="B170" r:id="rId_hyperlink_159"/>
-[...6 lines deleted...]
-    <hyperlink ref="B177" r:id="rId_hyperlink_166"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D34"/>
+  <dimension ref="A1:D37"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D34" sqref="D34"/>
+      <selection activeCell="D37" sqref="D37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="108.4021" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.710938" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:4">
       <c r="B2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="B3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="4" t="s">
-        <v>1923</v>
+        <v>1907</v>
       </c>
       <c r="B4" s="5"/>
       <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="6">
         <v>1</v>
       </c>
       <c r="B5" s="6" t="s">
-        <v>1924</v>
+        <v>1908</v>
       </c>
       <c r="C5" s="7" t="s">
-        <v>1925</v>
+        <v>1909</v>
       </c>
       <c r="D5" s="7" t="s">
-        <v>1926</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="6">
         <v>2</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>1927</v>
+        <v>1911</v>
       </c>
       <c r="C6" s="7" t="s">
-        <v>1928</v>
+        <v>1912</v>
       </c>
       <c r="D6" s="7" t="s">
-        <v>1929</v>
+        <v>1913</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="6">
         <v>3</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>1930</v>
+        <v>1914</v>
       </c>
       <c r="C7" s="7" t="s">
-        <v>1931</v>
+        <v>1915</v>
       </c>
       <c r="D7" s="7" t="s">
-        <v>1932</v>
+        <v>1916</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="6">
         <v>4</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>1933</v>
+        <v>1917</v>
       </c>
       <c r="C8" s="7" t="s">
-        <v>1934</v>
+        <v>1918</v>
       </c>
       <c r="D8" s="7" t="s">
-        <v>1935</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="6">
         <v>5</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>1936</v>
+        <v>1920</v>
       </c>
       <c r="C9" s="7" t="s">
-        <v>1937</v>
+        <v>1921</v>
       </c>
       <c r="D9" s="7" t="s">
-        <v>1938</v>
+        <v>1922</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="6">
         <v>6</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>1939</v>
+        <v>1923</v>
       </c>
       <c r="C10" s="7" t="s">
-        <v>1940</v>
+        <v>1924</v>
       </c>
       <c r="D10" s="7" t="s">
-        <v>1941</v>
+        <v>1925</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="6">
         <v>7</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>1942</v>
+        <v>1926</v>
       </c>
       <c r="C11" s="7" t="s">
-        <v>1943</v>
+        <v>1927</v>
       </c>
       <c r="D11" s="7" t="s">
-        <v>1944</v>
+        <v>1928</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="6">
         <v>8</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>1945</v>
+        <v>1929</v>
       </c>
       <c r="C12" s="7" t="s">
-        <v>1946</v>
+        <v>1930</v>
       </c>
       <c r="D12" s="7" t="s">
-        <v>1947</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="6">
         <v>9</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>1948</v>
+        <v>1932</v>
       </c>
       <c r="C13" s="7" t="s">
-        <v>1949</v>
+        <v>1933</v>
       </c>
       <c r="D13" s="7" t="s">
-        <v>1950</v>
+        <v>1934</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="6">
         <v>10</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>1951</v>
+        <v>1935</v>
       </c>
       <c r="C14" s="7" t="s">
-        <v>1952</v>
+        <v>1936</v>
       </c>
       <c r="D14" s="7" t="s">
-        <v>1953</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="6">
         <v>11</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>1954</v>
+        <v>1938</v>
       </c>
       <c r="C15" s="7" t="s">
-        <v>1955</v>
+        <v>1939</v>
       </c>
       <c r="D15" s="7" t="s">
-        <v>1956</v>
+        <v>1940</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="6">
         <v>12</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>1957</v>
+        <v>1941</v>
       </c>
       <c r="C16" s="7" t="s">
-        <v>1958</v>
+        <v>1942</v>
       </c>
       <c r="D16" s="7" t="s">
-        <v>1959</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="6">
         <v>13</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>1960</v>
+        <v>1944</v>
       </c>
       <c r="C17" s="7" t="s">
-        <v>1961</v>
+        <v>1945</v>
       </c>
       <c r="D17" s="7" t="s">
-        <v>1962</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="6">
         <v>14</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>1963</v>
+        <v>1947</v>
       </c>
       <c r="C18" s="7" t="s">
-        <v>1964</v>
+        <v>1948</v>
       </c>
       <c r="D18" s="7" t="s">
-        <v>1965</v>
+        <v>1949</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="6">
         <v>15</v>
       </c>
       <c r="B19" s="6" t="s">
-        <v>1966</v>
+        <v>1950</v>
       </c>
       <c r="C19" s="7" t="s">
-        <v>1967</v>
+        <v>1951</v>
       </c>
       <c r="D19" s="7" t="s">
-        <v>1968</v>
+        <v>1952</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="6">
         <v>16</v>
       </c>
       <c r="B20" s="6" t="s">
-        <v>1969</v>
+        <v>1953</v>
       </c>
       <c r="C20" s="7" t="s">
-        <v>1970</v>
+        <v>1954</v>
       </c>
       <c r="D20" s="7" t="s">
-        <v>1971</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="6">
         <v>17</v>
       </c>
       <c r="B21" s="6" t="s">
-        <v>1972</v>
+        <v>1956</v>
       </c>
       <c r="C21" s="7" t="s">
-        <v>1973</v>
+        <v>1957</v>
       </c>
       <c r="D21" s="7" t="s">
-        <v>1974</v>
+        <v>1958</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="6">
         <v>18</v>
       </c>
       <c r="B22" s="6" t="s">
-        <v>1975</v>
+        <v>1959</v>
       </c>
       <c r="C22" s="7" t="s">
-        <v>1976</v>
+        <v>1960</v>
       </c>
       <c r="D22" s="7" t="s">
-        <v>1977</v>
+        <v>1961</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="6">
         <v>19</v>
       </c>
       <c r="B23" s="6" t="s">
-        <v>1978</v>
+        <v>1962</v>
       </c>
       <c r="C23" s="7" t="s">
-        <v>1979</v>
+        <v>1963</v>
       </c>
       <c r="D23" s="7" t="s">
-        <v>1980</v>
+        <v>1964</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="6">
         <v>20</v>
       </c>
       <c r="B24" s="6" t="s">
-        <v>1981</v>
+        <v>1965</v>
       </c>
       <c r="C24" s="7" t="s">
-        <v>1982</v>
+        <v>1966</v>
       </c>
       <c r="D24" s="7" t="s">
-        <v>1983</v>
+        <v>1967</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="6">
         <v>21</v>
       </c>
       <c r="B25" s="6" t="s">
-        <v>1984</v>
+        <v>1968</v>
       </c>
       <c r="C25" s="7" t="s">
-        <v>1985</v>
+        <v>1969</v>
       </c>
       <c r="D25" s="7" t="s">
-        <v>1986</v>
+        <v>1970</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="6">
         <v>22</v>
       </c>
       <c r="B26" s="6" t="s">
-        <v>1987</v>
+        <v>1971</v>
       </c>
       <c r="C26" s="7" t="s">
-        <v>1988</v>
+        <v>1972</v>
       </c>
       <c r="D26" s="7" t="s">
-        <v>1989</v>
+        <v>1973</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="6">
         <v>23</v>
       </c>
       <c r="B27" s="6" t="s">
-        <v>1990</v>
+        <v>1974</v>
       </c>
       <c r="C27" s="7" t="s">
-        <v>1991</v>
+        <v>1975</v>
       </c>
       <c r="D27" s="7" t="s">
-        <v>1992</v>
+        <v>1976</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="6">
         <v>24</v>
       </c>
       <c r="B28" s="6" t="s">
-        <v>1993</v>
+        <v>1977</v>
       </c>
       <c r="C28" s="7" t="s">
-        <v>1994</v>
+        <v>1978</v>
       </c>
       <c r="D28" s="7" t="s">
-        <v>1995</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="6">
         <v>25</v>
       </c>
       <c r="B29" s="6" t="s">
-        <v>1996</v>
+        <v>1980</v>
       </c>
       <c r="C29" s="7" t="s">
-        <v>1997</v>
+        <v>1981</v>
       </c>
       <c r="D29" s="7" t="s">
-        <v>1998</v>
+        <v>1982</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="6">
         <v>26</v>
       </c>
       <c r="B30" s="6" t="s">
-        <v>1999</v>
+        <v>1983</v>
       </c>
       <c r="C30" s="7" t="s">
-        <v>2000</v>
+        <v>1984</v>
       </c>
       <c r="D30" s="7" t="s">
-        <v>262</v>
+        <v>1985</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="6">
         <v>27</v>
       </c>
       <c r="B31" s="6" t="s">
-        <v>2001</v>
+        <v>1986</v>
       </c>
       <c r="C31" s="7" t="s">
-        <v>2002</v>
+        <v>1987</v>
       </c>
       <c r="D31" s="7" t="s">
-        <v>2003</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="6">
         <v>28</v>
       </c>
       <c r="B32" s="6" t="s">
-        <v>2004</v>
+        <v>1989</v>
       </c>
       <c r="C32" s="7" t="s">
-        <v>2005</v>
+        <v>1990</v>
       </c>
       <c r="D32" s="7" t="s">
-        <v>2006</v>
+        <v>1991</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="6">
         <v>29</v>
       </c>
       <c r="B33" s="6" t="s">
-        <v>2007</v>
-[...2 lines deleted...]
-      <c r="D33" s="7"/>
+        <v>1992</v>
+      </c>
+      <c r="C33" s="7" t="s">
+        <v>1993</v>
+      </c>
+      <c r="D33" s="7" t="s">
+        <v>1994</v>
+      </c>
     </row>
     <row r="34" spans="1:4">
-      <c r="A34" s="6"/>
-[...2 lines deleted...]
-      <c r="D34" s="6"/>
+      <c r="A34" s="6">
+        <v>30</v>
+      </c>
+      <c r="B34" s="6" t="s">
+        <v>1995</v>
+      </c>
+      <c r="C34" s="7" t="s">
+        <v>1996</v>
+      </c>
+      <c r="D34" s="7" t="s">
+        <v>1997</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4">
+      <c r="A35" s="6">
+        <v>31</v>
+      </c>
+      <c r="B35" s="6" t="s">
+        <v>1998</v>
+      </c>
+      <c r="C35" s="7"/>
+      <c r="D35" s="7"/>
+    </row>
+    <row r="36" spans="1:4">
+      <c r="A36" s="6">
+        <v>32</v>
+      </c>
+      <c r="B36" s="6" t="s">
+        <v>1999</v>
+      </c>
+      <c r="C36" s="7" t="s">
+        <v>681</v>
+      </c>
+      <c r="D36" s="7" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4">
+      <c r="A37" s="6"/>
+      <c r="B37" s="6"/>
+      <c r="C37" s="6"/>
+      <c r="D37" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A4:B4"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B23" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B24" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B25" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B26" r:id="rId_hyperlink_22"/>
     <hyperlink ref="B27" r:id="rId_hyperlink_23"/>
     <hyperlink ref="B28" r:id="rId_hyperlink_24"/>
     <hyperlink ref="B29" r:id="rId_hyperlink_25"/>
     <hyperlink ref="B30" r:id="rId_hyperlink_26"/>
     <hyperlink ref="B31" r:id="rId_hyperlink_27"/>
     <hyperlink ref="B32" r:id="rId_hyperlink_28"/>
     <hyperlink ref="B33" r:id="rId_hyperlink_29"/>
+    <hyperlink ref="B34" r:id="rId_hyperlink_30"/>
+    <hyperlink ref="B35" r:id="rId_hyperlink_31"/>
+    <hyperlink ref="B36" r:id="rId_hyperlink_32"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>